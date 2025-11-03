--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,1581 +1,1608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdddfec859684e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84f51c3af74248f3b347172edd701142.psmdcp" Id="R6b7aa97329da48f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6040a7c0ac45ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f75f71f1ec0d4fa7a5938e398bae2dc1.psmdcp" Id="R2d21a93adeb94187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="511">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="520" uniqueCount="520">
   <x:si>
     <x:t>Holdings - U.S. Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/13/2025 (%)</x:t>
+    <x:t>As of 11/03/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
-    <x:t>JOHNSON + JOHNSON COMMON STOCK USD1.0</x:t>
+    <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>XOM</x:t>
   </x:si>
   <x:si>
-    <x:t>EXXON MOBIL CORP COMMON STOCK</x:t>
+    <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>30231G102</x:t>
   </x:si>
   <x:si>
+    <x:t>CSCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17275R102</x:t>
+  </x:si>
+  <x:si>
     <x:t>META</x:t>
   </x:si>
   <x:si>
-    <x:t>META PLATFORMS INC CLASS A COMMON STOCK USD.000006</x:t>
+    <x:t>Meta Platforms Inc-Class A</x:t>
   </x:si>
   <x:si>
     <x:t>30303M102</x:t>
   </x:si>
   <x:si>
-    <x:t>CSCO</x:t>
-[...5 lines deleted...]
-    <x:t>17275R102</x:t>
+    <x:t>QCOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>747525103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166764100</x:t>
   </x:si>
   <x:si>
     <x:t>MRK</x:t>
   </x:si>
   <x:si>
-    <x:t>MERCK + CO. INC. COMMON STOCK USD.5</x:t>
+    <x:t>Merck &amp; Co. Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>58933Y105</x:t>
   </x:si>
   <x:si>
-    <x:t>CVX</x:t>
-[...14 lines deleted...]
-    <x:t>747525103</x:t>
+    <x:t>JPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46625H100</x:t>
   </x:si>
   <x:si>
     <x:t>PFE</x:t>
   </x:si>
   <x:si>
-    <x:t>PFIZER INC COMMON STOCK USD.05</x:t>
+    <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>717081103</x:t>
   </x:si>
   <x:si>
-    <x:t>JPM</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>VZ</x:t>
   </x:si>
   <x:si>
-    <x:t>VERIZON COMMUNICATIONS INC COMMON STOCK USD.1</x:t>
+    <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>92343V104</x:t>
   </x:si>
   <x:si>
+    <x:t>CVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cvs Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>060505104</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMCSA</x:t>
   </x:si>
   <x:si>
-    <x:t>COMCAST CORP CLASS A COMMON STOCK USD.01</x:t>
+    <x:t>Comcast Corp-Class A</x:t>
   </x:si>
   <x:si>
     <x:t>20030N101</x:t>
   </x:si>
   <x:si>
-    <x:t>CVS</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BMY</x:t>
   </x:si>
   <x:si>
-    <x:t>BRISTOL MYERS SQUIBB CO COMMON STOCK USD.1</x:t>
+    <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>110122108</x:t>
   </x:si>
   <x:si>
+    <x:t>AXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Express Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
     <x:t>CI</x:t>
   </x:si>
   <x:si>
-    <x:t>THE CIGNA GROUP COMMON STOCK USD.01</x:t>
+    <x:t>The Cigna Group</x:t>
   </x:si>
   <x:si>
     <x:t>125523100</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>COF</x:t>
   </x:si>
   <x:si>
-    <x:t>CAPITAL ONE FINANCIAL CORP COMMON STOCK USD.01</x:t>
+    <x:t>Capital One Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>14040H105</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
-    <x:t>CITIGROUP INC COMMON STOCK USD.01</x:t>
+    <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>172967424</x:t>
   </x:si>
   <x:si>
     <x:t>USB</x:t>
   </x:si>
   <x:si>
-    <x:t>US BANCORP COMMON STOCK USD.01</x:t>
+    <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>902973304</x:t>
   </x:si>
   <x:si>
+    <x:t>GM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612E106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75886F107</x:t>
+  </x:si>
+  <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
-    <x:t>ELEVANCE HEALTH INC COMMON STOCK USD.01</x:t>
+    <x:t>Elevance Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
+    <x:t>CTSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Tech Solutions-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192446102</x:t>
+  </x:si>
+  <x:si>
     <x:t>CB</x:t>
   </x:si>
   <x:si>
-    <x:t>CHUBB LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>H1467J104</x:t>
+    <x:t>Chubb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSYM86Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H&amp;r Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>093671105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693475105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fox Corp - Class B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aflac Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001055102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713448108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416515104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70450Y103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375558103</x:t>
   </x:si>
   <x:si>
     <x:t>PGR</x:t>
   </x:si>
   <x:si>
-    <x:t>PROGRESSIVE CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Progressive Corp</x:t>
   </x:si>
   <x:si>
     <x:t>743315103</x:t>
   </x:si>
   <x:si>
-    <x:t>HRB</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>KR</x:t>
   </x:si>
   <x:si>
-    <x:t>KROGER CO COMMON STOCK USD1.0</x:t>
+    <x:t>Kroger Co</x:t>
   </x:si>
   <x:si>
     <x:t>501044101</x:t>
   </x:si>
   <x:si>
-    <x:t>PYPL</x:t>
-[...50 lines deleted...]
-    <x:t>35137L204</x:t>
+    <x:t>UPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service-Cl B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911312106</x:t>
   </x:si>
   <x:si>
     <x:t>HUM</x:t>
   </x:si>
   <x:si>
-    <x:t>HUMANA INC COMMON STOCK USD.1666666</x:t>
+    <x:t>Humana Inc</x:t>
   </x:si>
   <x:si>
     <x:t>444859102</x:t>
   </x:si>
   <x:si>
+    <x:t>TRIXX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Str Instl Invt Tr Treas Mmkt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSYEKQM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141G104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222105</x:t>
+  </x:si>
+  <x:si>
     <x:t>T</x:t>
   </x:si>
   <x:si>
-    <x:t>AT+T INC COMMON STOCK USD1.0</x:t>
+    <x:t>At&amp;t Inc</x:t>
   </x:si>
   <x:si>
     <x:t>00206R102</x:t>
   </x:si>
   <x:si>
+    <x:t>CMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021106</x:t>
+  </x:si>
+  <x:si>
     <x:t>EBAY</x:t>
   </x:si>
   <x:si>
-    <x:t>EBAY INC COMMON STOCK USD.001</x:t>
+    <x:t>Ebay Inc</x:t>
   </x:si>
   <x:si>
     <x:t>278642103</x:t>
   </x:si>
   <x:si>
-    <x:t>COP</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>MTG</x:t>
   </x:si>
   <x:si>
-    <x:t>MGIC INVESTMENT CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Mgic Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>552848103</x:t>
   </x:si>
   <x:si>
+    <x:t>FDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fedex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428X106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857477103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radian Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750236101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23331A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345370860</x:t>
+  </x:si>
+  <x:si>
     <x:t>VICI</x:t>
   </x:si>
   <x:si>
-    <x:t>VICI PROPERTIES INC REIT USD.01</x:t>
+    <x:t>Vici Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>925652109</x:t>
   </x:si>
   <x:si>
-    <x:t>RDN</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>AVT</x:t>
   </x:si>
   <x:si>
-    <x:t>AVNET INC COMMON STOCK USD1.0</x:t>
+    <x:t>Avnet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>053807103</x:t>
   </x:si>
   <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc-Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travelers Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89417E109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc-Cl C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYY88Y78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42824C109</x:t>
+  </x:si>
+  <x:si>
     <x:t>GIS</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL MILLS INC COMMON STOCK USD.1</x:t>
+    <x:t>General Mills Inc</x:t>
   </x:si>
   <x:si>
     <x:t>370334104</x:t>
   </x:si>
   <x:si>
-    <x:t>FDX</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ACGL</x:t>
   </x:si>
   <x:si>
-    <x:t>ARCH CAPITAL GROUP LTD COMMON STOCK USD.01</x:t>
+    <x:t>Arch Capital Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>G0450A105</x:t>
   </x:si>
   <x:si>
-    <x:t>NUE</x:t>
-[...14 lines deleted...]
-    <x:t>42824C109</x:t>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>617446448</x:t>
   </x:si>
   <x:si>
     <x:t>ALL</x:t>
   </x:si>
   <x:si>
-    <x:t>ALLSTATE CORP COMMON STOCK USD.01</x:t>
+    <x:t>Allstate Corp</x:t>
   </x:si>
   <x:si>
     <x:t>020002101</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ</x:t>
   </x:si>
   <x:si>
-    <x:t>MONDELEZ INTERNATIONAL INC A COMMON STOCK</x:t>
+    <x:t>Mondelez International Inc-A</x:t>
   </x:si>
   <x:si>
     <x:t>609207105</x:t>
   </x:si>
   <x:si>
-    <x:t>PG</x:t>
-[...50 lines deleted...]
-    <x:t>949746101</x:t>
+    <x:t>LEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lear Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521865204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40434L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165B103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crocs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227046109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kb Home</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48666K109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arrow Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>042735100</x:t>
   </x:si>
   <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
-    <x:t>NORTHROP GRUMMAN CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Northrop Grumman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
+    <x:t>LEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lennar Corp-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526057104</x:t>
+  </x:si>
+  <x:si>
     <x:t>AN</x:t>
   </x:si>
   <x:si>
-    <x:t>AUTONATION INC COMMON STOCK USD.01</x:t>
+    <x:t>Autonation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05329W102</x:t>
   </x:si>
   <x:si>
-    <x:t>ARW</x:t>
-[...32 lines deleted...]
-    <x:t>227046109</x:t>
+    <x:t>PCAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paccar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693718108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M &amp; T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55261F104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimberly-Clark Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494368103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlife Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59156R108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Group 1 Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398905109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49177J102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Truist Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89832Q109</x:t>
   </x:si>
   <x:si>
     <x:t>MO</x:t>
   </x:si>
   <x:si>
-    <x:t>ALTRIA GROUP INC COMMON STOCK USD.333</x:t>
+    <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02209S103</x:t>
   </x:si>
   <x:si>
-    <x:t>KVUE</x:t>
-[...77 lines deleted...]
-    <x:t>59156R108</x:t>
+    <x:t>DAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Air Lines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247361702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745867101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oshkosh Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688239201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49456B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98980L101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74144T108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78442P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57667L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer-Daniels-Midland Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039483102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pvh Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693656100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Academy Sports &amp; Outdoors In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00402L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB28XP766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49271V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYPZJQ64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55616P104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enova International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29357K103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bread Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>018581108</x:t>
   </x:si>
   <x:si>
     <x:t>OGN</x:t>
   </x:si>
   <x:si>
-    <x:t>ORGANON + CO COMMON STOCK USD.01</x:t>
+    <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>68622V106</x:t>
   </x:si>
   <x:si>
-    <x:t>DAL</x:t>
-[...131 lines deleted...]
-    <x:t>49271V100</x:t>
+    <x:t>MTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meritage Homes Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59001A102</x:t>
   </x:si>
   <x:si>
     <x:t>CNC</x:t>
   </x:si>
   <x:si>
-    <x:t>CENTENE CORP COMMON STOCK USD.001</x:t>
+    <x:t>Centene Corp</x:t>
   </x:si>
   <x:si>
     <x:t>15135B101</x:t>
   </x:si>
   <x:si>
+    <x:t>BK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064058100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81211K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signet Jewelers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB3CTNK61</x:t>
+  </x:si>
+  <x:si>
     <x:t>MDT</x:t>
   </x:si>
   <x:si>
-    <x:t>MEDTRONIC PLC COMMON STOCK USD.1</x:t>
-[...56 lines deleted...]
-    <x:t>018581108</x:t>
+    <x:t>Medtronic Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBTN1Y117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Union Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959802109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086516101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA-WI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Affiliated Managers Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>008252108</x:t>
   </x:si>
   <x:si>
     <x:t>DG</x:t>
   </x:si>
   <x:si>
-    <x:t>DOLLAR GENERAL CORP COMMON STOCK USD.875</x:t>
+    <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>256677105</x:t>
   </x:si>
   <x:si>
-    <x:t>SIG</x:t>
-[...41 lines deleted...]
-    <x:t>086516101</x:t>
+    <x:t>BG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBQ6BPG92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB505PN71</x:t>
   </x:si>
   <x:si>
     <x:t>EA</x:t>
   </x:si>
   <x:si>
-    <x:t>ELECTRONIC ARTS INC COMMON STOCK USD.01</x:t>
+    <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>285512109</x:t>
   </x:si>
   <x:si>
+    <x:t>HON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438516106</x:t>
+  </x:si>
+  <x:si>
     <x:t>HBAN</x:t>
   </x:si>
   <x:si>
-    <x:t>HUNTINGTON BANCSHARES INC COMMON STOCK USD.01</x:t>
+    <x:t>Huntington Bancshares Inc</x:t>
   </x:si>
   <x:si>
     <x:t>446150104</x:t>
   </x:si>
   <x:si>
-    <x:t>NXPI</x:t>
-[...14 lines deleted...]
-    <x:t>438516106</x:t>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial Metals Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201723103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borgwarner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptiv Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBTDN8H15</x:t>
   </x:si>
   <x:si>
     <x:t>EXC</x:t>
   </x:si>
   <x:si>
-    <x:t>EXELON CORP COMMON STOCK</x:t>
+    <x:t>Exelon Corp</x:t>
   </x:si>
   <x:si>
     <x:t>30161N101</x:t>
   </x:si>
   <x:si>
-    <x:t>CMC</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>PPG</x:t>
   </x:si>
   <x:si>
-    <x:t>PPG INDUSTRIES INC COMMON STOCK USD1.66666</x:t>
+    <x:t>Ppg Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>693506107</x:t>
   </x:si>
   <x:si>
     <x:t>AIG</x:t>
   </x:si>
   <x:si>
-    <x:t>AMERICAN INTERNATIONAL GROUP COMMON STOCK USD2.5</x:t>
+    <x:t>American International Group</x:t>
   </x:si>
   <x:si>
     <x:t>026874784</x:t>
   </x:si>
   <x:si>
+    <x:t>TSN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc-Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902494103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354613101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albertsons Cos Inc - Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>013091103</x:t>
+  </x:si>
+  <x:si>
     <x:t>PRDO</x:t>
   </x:si>
   <x:si>
-    <x:t>PERDOCEO EDUCATION CORP COMMON STOCK USD.01</x:t>
+    <x:t>Perdoceo Education Corp</x:t>
   </x:si>
   <x:si>
     <x:t>71363P106</x:t>
   </x:si>
   <x:si>
-    <x:t>BG</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>AOS</x:t>
   </x:si>
   <x:si>
-    <x:t>SMITH (A.O.) CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Smith (a.o.) Corp</x:t>
   </x:si>
   <x:si>
     <x:t>831865209</x:t>
   </x:si>
   <x:si>
-    <x:t>ACI</x:t>
-[...5 lines deleted...]
-    <x:t>013091103</x:t>
+    <x:t>Trade Date Cash (USD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XUSD00000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>FITB</x:t>
   </x:si>
   <x:si>
-    <x:t>FIFTH THIRD BANCORP COMMON STOCK</x:t>
+    <x:t>Fifth Third Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>316773100</x:t>
   </x:si>
   <x:si>
+    <x:t>LKQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lkq Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501889208</x:t>
+  </x:si>
+  <x:si>
     <x:t>TPH</x:t>
   </x:si>
   <x:si>
-    <x:t>TRI POINTE HOMES INC COMMON STOCK USD.01</x:t>
+    <x:t>Tri Pointe Homes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>87265H109</x:t>
   </x:si>
   <x:si>
     <x:t>FHI</x:t>
   </x:si>
   <x:si>
-    <x:t>FEDERATED HERMES INC COMMON STOCK</x:t>
+    <x:t>Federated Hermes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>314211103</x:t>
   </x:si>
   <x:si>
+    <x:t>OMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681919106</x:t>
+  </x:si>
+  <x:si>
     <x:t>G</x:t>
   </x:si>
   <x:si>
-    <x:t>GENPACT LTD COMMON STOCK USD.01</x:t>
+    <x:t>Genpact Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>G3922B107</x:t>
   </x:si>
   <x:si>
-    <x:t>OMC</x:t>
-[...14 lines deleted...]
-    <x:t>501889208</x:t>
+    <x:t>LRCX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512807306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crh Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB01ZKD65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mueller Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>624756102</x:t>
   </x:si>
   <x:si>
     <x:t>BBWI</x:t>
   </x:si>
   <x:si>
-    <x:t>BATH + BODY WORKS INC COMMON STOCK USD.5</x:t>
+    <x:t>Bath &amp; Body Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>070830104</x:t>
   </x:si>
   <x:si>
+    <x:t>CL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colgate-Palmolive Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194162103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7591EP100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polaris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coterra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127097103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191216100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carrier Global Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14448C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmarket Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651587107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concentrix Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20602D101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lyondellbasell Indu-Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB3SPXZ39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sixth Street Specialty Lendi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83012A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yeti Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98585X104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126408103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29275Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690742101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBRE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbre Group Inc - A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12504L109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ovintiv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69047Q102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928881101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHOO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steven Madden Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>556269108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28176E108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Republic Intl Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680223104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Timken Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887389104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00971T101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69121K104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500754106</x:t>
+  </x:si>
+  <x:si>
     <x:t>FMC</x:t>
   </x:si>
   <x:si>
-    <x:t>FMC CORP COMMON STOCK USD.1</x:t>
+    <x:t>Fmc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>302491303</x:t>
   </x:si>
   <x:si>
-    <x:t>CL</x:t>
-[...259 lines deleted...]
-  <x:si>
     <x:t>MHK</x:t>
   </x:si>
   <x:si>
-    <x:t>MOHAWK INDUSTRIES INC COMMON STOCK USD.01</x:t>
+    <x:t>Mohawk Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>608190104</x:t>
   </x:si>
   <x:si>
     <x:t>MHO</x:t>
   </x:si>
   <x:si>
-    <x:t>M/I HOMES INC COMMON STOCK USD.01</x:t>
+    <x:t>M/I Homes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>55305B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCRUED EXPENSES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRWA0JXZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOLS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solstice Adv Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83443Q103</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1925,3927 +1952,3994 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G175"/>
+  <x:dimension ref="A1:G178"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="54.890625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10735</x:v>
+        <x:v>11155</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>2047379.2</x:v>
+        <x:v>2106844.9</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>16905</x:v>
+        <x:v>17567</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1871890.7</x:v>
+        <x:v>2008962.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2304</x:v>
+        <x:v>22929</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1625011.2</x:v>
+        <x:v>1676339.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>22063</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1498960.2</x:v>
+        <x:v>1552149.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>14933</x:v>
+        <x:v>8321</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1284088.7</x:v>
+        <x:v>1505268.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8325</x:v>
+        <x:v>8651</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1239592.5</x:v>
+        <x:v>1364435.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8007</x:v>
+        <x:v>15519</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1229795.1</x:v>
+        <x:v>1334323.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>49420</x:v>
+        <x:v>4111</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1224627.6</x:v>
+        <x:v>1279014.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3955</x:v>
+        <x:v>51358</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1190020</x:v>
+        <x:v>1265974.7</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>29802</x:v>
+        <x:v>30970</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1187609.7</x:v>
+        <x:v>1230747.8</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>38263</x:v>
+        <x:v>14670</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1127228</x:v>
+        <x:v>1146460.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>14116</x:v>
+        <x:v>21211</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1099636.4</x:v>
+        <x:v>1133728</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>20411</x:v>
+        <x:v>39763</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>992995.2</x:v>
+        <x:v>1106803.1</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>22333</x:v>
+        <x:v>23209</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>981758.7</x:v>
+        <x:v>1069238.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2911</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>875425</x:v>
+        <x:v>830400.5</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6951</x:v>
+        <x:v>7223</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>751194.6</x:v>
+        <x:v>764482.3</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2216</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>700832.2</x:v>
+        <x:v>739340.3</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3216</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>651207.8</x:v>
+        <x:v>735206.6</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>6799</x:v>
+        <x:v>7065</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>638630.1</x:v>
+        <x:v>715190</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>13140</x:v>
+        <x:v>13656</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>594979.2</x:v>
+        <x:v>637462.1</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1677</x:v>
+        <x:v>9055</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>592383.5</x:v>
+        <x:v>625610</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1913</x:v>
+        <x:v>6262</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>541398.1</x:v>
+        <x:v>580612.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2235</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>536400</x:v>
+        <x:v>563155.2</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>10402</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>528525.6</x:v>
+        <x:v>552879.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2830</x:v>
+        <x:v>7564</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>520578.5</x:v>
+        <x:v>551264.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>6026</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>515403.8</x:v>
+        <x:v>550833.7</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3898</x:v>
+        <x:v>10810</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>502920</x:v>
+        <x:v>537689.4</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4525</x:v>
+        <x:v>2940</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>502048.8</x:v>
+        <x:v>536697</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3316</x:v>
+        <x:v>9030</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>497665.3</x:v>
+        <x:v>527442.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>7224</x:v>
+        <x:v>4703</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>489642.7</x:v>
+        <x:v>504114.6</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6960</x:v>
+        <x:v>3446</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>486086.4</x:v>
+        <x:v>503426.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>8713</x:v>
+        <x:v>4050</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>482264.6</x:v>
+        <x:v>502929</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>7278</x:v>
+        <x:v>7232</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>478892.4</x:v>
+        <x:v>500960.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>832</x:v>
+        <x:v>4111</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>469772.2</x:v>
+        <x:v>492456.7</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3955</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>463446.9</x:v>
+        <x:v>478538</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>8690</x:v>
+        <x:v>7508</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>446666</x:v>
+        <x:v>477734</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1590</x:v>
+        <x:v>4782</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>445549.8</x:v>
+        <x:v>461080.4</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>16741</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>433089.7</x:v>
+        <x:v>459569.9</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4816</x:v>
+        <x:v>459093.1</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>426456.8</x:v>
+        <x:v>459093.1</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4816</x:v>
+        <x:v>5004</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>422074.2</x:v>
+        <x:v>444655.4</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>537</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>410461.3</x:v>
+        <x:v>441257.8</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="3" t="s"/>
+      <x:c r="A47" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>400185.5</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>400185.5</x:v>
+        <x:v>436130.1</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>937</x:v>
+        <x:v>17397</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>387056</x:v>
+        <x:v>430575.8</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4602</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>381367.7</x:v>
+        <x:v>425862.6</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>1801</x:v>
+        <x:v>5004</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>378120</x:v>
+        <x:v>406875.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>14028</x:v>
+        <x:v>14578</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>374968.4</x:v>
+        <x:v>399728.8</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>10464</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>323965.4</x:v>
+        <x:v>368039</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9706</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>323889.2</x:v>
+        <x:v>361020.3</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2128</x:v>
+        <x:v>3010</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>322562.2</x:v>
+        <x:v>348136.6</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2896</x:v>
+        <x:v>10086</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>321456</x:v>
+        <x:v>342318.8</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>6451</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>319453.5</x:v>
+        <x:v>329765</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>6441</x:v>
+        <x:v>25010</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>317798.9</x:v>
+        <x:v>328381.3</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1396</x:v>
+        <x:v>10874</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>313583.5</x:v>
+        <x:v>326111.3</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1157</x:v>
+        <x:v>6703</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>312528.8</x:v>
+        <x:v>324760.4</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3348</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>309589.6</x:v>
+        <x:v>323368.5</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>2316</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>309533.4</x:v>
+        <x:v>323149.9</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>12294</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>299973.6</x:v>
+        <x:v>322683.9</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1439</x:v>
+        <x:v>12776</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>295959.1</x:v>
+        <x:v>311989.9</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4654</x:v>
+        <x:v>6693</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>285988.3</x:v>
+        <x:v>311960.7</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1881</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>281566.9</x:v>
+        <x:v>300358.8</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>24066</x:v>
+        <x:v>3408</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>274593.1</x:v>
+        <x:v>296393.8</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1106</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>261646.4</x:v>
+        <x:v>293973.4</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1101</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>261476.5</x:v>
+        <x:v>293068</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1719</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>261047.3</x:v>
+        <x:v>286322.4</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3280</x:v>
+        <x:v>4836</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>254593.6</x:v>
+        <x:v>277876.6</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>403</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>251266.5</x:v>
+        <x:v>267590.1</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1136</x:v>
+        <x:v>9334</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>242058.9</x:v>
+        <x:v>258271.8</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2119</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>240506.5</x:v>
+        <x:v>253858.9</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2461</x:v>
+        <x:v>3106</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>238175.6</x:v>
+        <x:v>253729.1</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>8982</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>229490.1</x:v>
+        <x:v>246808.7</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2988</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>229179.6</x:v>
+        <x:v>245744.7</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3388</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>225437.5</x:v>
+        <x:v>244465.6</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>13446</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>223875.9</x:v>
+        <x:v>237019.6</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3285</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>223445.7</x:v>
+        <x:v>235846.6</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3804</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>219490.8</x:v>
+        <x:v>229272</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>1843</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>218893.1</x:v>
+        <x:v>224137.5</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>513</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>214254.5</x:v>
+        <x:v>221822.6</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>1783</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>213193.3</x:v>
+        <x:v>216551.7</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>1173</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>212125.3</x:v>
+        <x:v>211888.8</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2242</x:v>
+        <x:v>13974</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>208506</x:v>
+        <x:v>200806.4</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2611</x:v>
+        <x:v>4452</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>208279.5</x:v>
+        <x:v>198692.8</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>20929</x:v>
+        <x:v>3520</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>200918.4</x:v>
+        <x:v>198457.6</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3269</x:v>
+        <x:v>3397</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>187902.1</x:v>
+        <x:v>194919.9</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1540</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>184861.6</x:v>
+        <x:v>191792</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>4284</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>181256</x:v>
+        <x:v>184195.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>6687</x:v>
+        <x:v>6949</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>181217.7</x:v>
+        <x:v>181994.3</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1438</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>178628.4</x:v>
+        <x:v>178647</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1651</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>167460.9</x:v>
+        <x:v>175839</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>5208</x:v>
+        <x:v>6524</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>163791.6</x:v>
+        <x:v>175169.4</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2692</x:v>
+        <x:v>5412</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>163781.3</x:v>
+        <x:v>175024.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>3287</x:v>
+        <x:v>2798</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>162312.1</x:v>
+        <x:v>169362.9</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>6278</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>161093.5</x:v>
+        <x:v>165198</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1970</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>158151.6</x:v>
+        <x:v>163544.4</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>2029</x:v>
+        <x:v>6696</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>155198.2</x:v>
+        <x:v>158695.2</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>3481</x:v>
+        <x:v>5808</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>145610.2</x:v>
+        <x:v>157745.3</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>6444</x:v>
+        <x:v>3617</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>144796.7</x:v>
+        <x:v>157556.5</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>5588</x:v>
+        <x:v>8008</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>144282.2</x:v>
+        <x:v>156075.9</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>3807</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>136138.3</x:v>
+        <x:v>153527.9</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1409</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>134489.1</x:v>
+        <x:v>151738.3</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>2002</x:v>
+        <x:v>21749</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>133213.1</x:v>
+        <x:v>146805.8</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>3919</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>132305.4</x:v>
+        <x:v>140524.8</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>1236</x:v>
+        <x:v>3957</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>128556.4</x:v>
+        <x:v>139959.1</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>1217</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>127225.2</x:v>
+        <x:v>136531.5</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>7706</x:v>
+        <x:v>4073</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>127226.1</x:v>
+        <x:v>136486.2</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2330</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>126006.4</x:v>
+        <x:v>133348.7</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>1232</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>122239</x:v>
+        <x:v>132875.5</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>1299</x:v>
+        <x:v>14023</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>119910.7</x:v>
+        <x:v>130834.6</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>513</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>118390.1</x:v>
+        <x:v>129452.6</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1915</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>109672.1</x:v>
+        <x:v>128718.2</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>13493</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>106999.5</x:v>
+        <x:v>126832.7</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>1516</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>106771.9</x:v>
+        <x:v>126284.8</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>511</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>102210.2</x:v>
+        <x:v>107938.6</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>6492</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>101275.2</x:v>
+        <x:v>107069.4</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>492</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>101042</x:v>
+        <x:v>106231.9</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>503</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>101057.7</x:v>
+        <x:v>105295.6</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>2029</x:v>
+        <x:v>6746</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>95505</x:v>
+        <x:v>104158.2</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1672</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>95253.8</x:v>
+        <x:v>103167.7</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>2295</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>94577</x:v>
+        <x:v>102459.6</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>1167</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>94176.9</x:v>
+        <x:v>98374.3</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>947</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>93260.6</x:v>
+        <x:v>97267.1</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>1139</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>92600.7</x:v>
+        <x:v>96283.8</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>2639</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>91362.2</x:v>
+        <x:v>93409.7</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>1097</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>88604.7</x:v>
+        <x:v>90533</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>1695</x:v>
+        <x:v>3905</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>88309.5</x:v>
+        <x:v>88292.1</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>3757</x:v>
+        <x:v>4977</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>85171.2</x:v>
+        <x:v>88043.1</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>1235</x:v>
+        <x:v>2743</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>83671.3</x:v>
+        <x:v>87117.7</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>4789</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>81987.7</x:v>
+        <x:v>84665.2</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
-      <x:c r="A133" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>1947</x:v>
+        <x:v>84291</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>80742.1</x:v>
+        <x:v>84291</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>2539</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>78759.8</x:v>
+        <x:v>84197.3</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>1511</x:v>
+        <x:v>2634</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>77121.4</x:v>
+        <x:v>84182.6</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>1896</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>74645.5</x:v>
+        <x:v>84052.2</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>974</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>74511</x:v>
+        <x:v>76162.1</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>2534</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>72675.1</x:v>
+        <x:v>75920.2</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>2861</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>71582.2</x:v>
+        <x:v>75155.5</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>2441</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>70984.3</x:v>
+        <x:v>74793.5</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>895</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>69774.2</x:v>
+        <x:v>74199.3</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>599</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>69502</x:v>
+        <x:v>73367.9</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>2799</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>67623.8</x:v>
+        <x:v>72779</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>667</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>64672.3</x:v>
+        <x:v>71733.6</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>1421</x:v>
+        <x:v>2909</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>63632.4</x:v>
+        <x:v>70397.8</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>457</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>60036.1</x:v>
+        <x:v>69008.4</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>890</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>59665.6</x:v>
+        <x:v>63858.3</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>59557.4</x:v>
+        <x:v>63663.6</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>2597</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>59081.8</x:v>
+        <x:v>61631.6</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>1004</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>56525.2</x:v>
+        <x:v>59896.2</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>996</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>56433.4</x:v>
+        <x:v>59537.9</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>1197</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>53757.3</x:v>
+        <x:v>59270.4</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>378</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>53384.9</x:v>
+        <x:v>57700.1</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>1459</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>51779.9</x:v>
+        <x:v>56391.7</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>1580</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>50733.8</x:v>
+        <x:v>55811.6</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>2399</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>50043.1</x:v>
+        <x:v>54642.3</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>269</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>48659.4</x:v>
+        <x:v>54379.9</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>378</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>47783</x:v>
+        <x:v>51599.4</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>1099</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>47465.8</x:v>
+        <x:v>49905.5</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>308</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>46317</x:v>
+        <x:v>48777.6</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>1178</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>45211.6</x:v>
+        <x:v>47525.2</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>1219</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>45005.5</x:v>
+        <x:v>47124</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>1336</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>43086</x:v>
+        <x:v>47067.1</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>393</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>42970.6</x:v>
+        <x:v>46336.9</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>569</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>41673.6</x:v>
+        <x:v>45102.8</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>1644</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>41346.6</x:v>
+        <x:v>44515.2</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>540</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>39927.6</x:v>
+        <x:v>44384.1</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>545</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>38580.6</x:v>
+        <x:v>43708.1</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>3138</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>38063.9</x:v>
+        <x:v>42238.8</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>315</x:v>
+        <x:v>2537</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>37025.1</x:v>
+        <x:v>38486.3</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="3" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>241</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>31387.8</x:v>
+        <x:v>37160.3</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
+    <x:row r="172" spans="1:7">
+      <x:c r="A172" s="3" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B172" s="3" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C172" s="3" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="n">
+        <x:v>31422.7</x:v>
+      </x:c>
+      <x:c r="G172" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s">
-        <x:v>508</x:v>
+      <x:c r="A173" s="3" t="s"/>
+      <x:c r="B173" s="3" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D173" s="4" t="n">
+        <x:v>-22429.4</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="n">
+        <x:v>-22429.4</x:v>
+      </x:c>
+      <x:c r="G173" s="3" t="s">
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="3" t="s">
-        <x:v>509</x:v>
-[...4 lines deleted...]
-        <x:v>510</x:v>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B174" s="3" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C174" s="3" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="n">
+        <x:v>5859.1</x:v>
+      </x:c>
+      <x:c r="G174" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="3" t="s">
+        <x:v>517</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="3" t="s">
+        <x:v>518</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="1" t="s">
+        <x:v>519</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>