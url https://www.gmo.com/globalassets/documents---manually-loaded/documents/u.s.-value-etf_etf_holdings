--- v1 (2025-11-03)
+++ v2 (2026-01-03)
@@ -1,1608 +1,1599 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6040a7c0ac45ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f75f71f1ec0d4fa7a5938e398bae2dc1.psmdcp" Id="R2d21a93adeb94187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d1de9902754012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f6370b1e27f403ca74070c81f963758.psmdcp" Id="R54a94c06f0c845a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="520" uniqueCount="520">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="517">
   <x:si>
     <x:t>Holdings - U.S. Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/03/2025 (%)</x:t>
+    <x:t>As of 01/02/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>XOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXXON MOBIL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30231G102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
+    <x:t>JOHNSON + JOHNSON</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...8 lines deleted...]
-    <x:t>30231G102</x:t>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META PLATFORMS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30303M102</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO</x:t>
   </x:si>
   <x:si>
-    <x:t>Cisco Systems Inc</x:t>
+    <x:t>CISCO SYSTEMS INC</x:t>
   </x:si>
   <x:si>
     <x:t>17275R102</x:t>
   </x:si>
   <x:si>
-    <x:t>META</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>QCOM</x:t>
   </x:si>
   <x:si>
-    <x:t>Qualcomm Inc</x:t>
+    <x:t>QUALCOMM INC</x:t>
   </x:si>
   <x:si>
     <x:t>747525103</x:t>
   </x:si>
   <x:si>
+    <x:t>VZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VERIZON COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92343V104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFIZER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717081103</x:t>
+  </x:si>
+  <x:si>
     <x:t>CVX</x:t>
   </x:si>
   <x:si>
-    <x:t>Chevron Corp</x:t>
+    <x:t>CHEVRON CORP</x:t>
   </x:si>
   <x:si>
     <x:t>166764100</x:t>
   </x:si>
   <x:si>
-    <x:t>MRK</x:t>
-[...5 lines deleted...]
-    <x:t>58933Y105</x:t>
+    <x:t>BMY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRISTOL MYERS SQUIBB CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110122108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMCAST CORP CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030N101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF AMERICA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>060505104</x:t>
   </x:si>
   <x:si>
     <x:t>JPM</x:t>
   </x:si>
   <x:si>
-    <x:t>Jpmorgan Chase &amp; Co</x:t>
+    <x:t>JPMORGAN CHASE + CO</x:t>
   </x:si>
   <x:si>
     <x:t>46625H100</x:t>
   </x:si>
   <x:si>
-    <x:t>PFE</x:t>
-[...14 lines deleted...]
-    <x:t>92343V104</x:t>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
   </x:si>
   <x:si>
     <x:t>CVS</x:t>
   </x:si>
   <x:si>
-    <x:t>Cvs Health Corp</x:t>
+    <x:t>CVS HEALTH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>126650100</x:t>
   </x:si>
   <x:si>
-    <x:t>BAC</x:t>
-[...23 lines deleted...]
-    <x:t>110122108</x:t>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPITAL ONE FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14040H105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902973304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROGRESSIVE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>743315103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT+T INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00206R102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGENERON PHARMACEUTICALS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75886F107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGNIZANT TECH SOLUTIONS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192446102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHUBB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H1467J104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC FINANCIAL SERVICES GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693475105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEPSICO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713448108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYPAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70450Y103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARGET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612E106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELEVANCE HEALTH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036752103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141G104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARTFORD INSURANCE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416515104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILEAD SCIENCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375558103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428X106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHROP GRUMMAN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666807102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLSTATE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>020002101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278642103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED PARCEL SERVICE CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911312106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KROGER CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501044101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H+R BLOCK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>093671105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLAC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001055102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857477103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUMANA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444859102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRAVELERS COS INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89417E109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORD MOTOR CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345370860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGIC INVESTMENT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552848103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIAN GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750236101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCH CAPITAL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0450A105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR HORTON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23331A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONEYWELL INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438516106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELLS FARGO + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEWLETT PACKARD ENTERPRISE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42824C109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI PROPERTIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925652109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MILLS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370334104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEAR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521865204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVNET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>053807103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUIST FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89832Q109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC CL C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESCO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G491BT108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIMBERLY CLARK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494368103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PACCAR INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693718108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROCS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227046109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M + T BANK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55261F104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATCH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57667L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KENVUE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49177J102</x:t>
   </x:si>
   <x:si>
     <x:t>AXP</x:t>
   </x:si>
   <x:si>
-    <x:t>American Express Co</x:t>
+    <x:t>AMERICAN EXPRESS CO</x:t>
   </x:si>
   <x:si>
     <x:t>025816109</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG</x:t>
-[...113 lines deleted...]
-    <x:t>693475105</x:t>
+    <x:t>SYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165B103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSHKOSH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688239201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T ROWE PRICE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74144T108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB HOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48666K109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINDER MORGAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49456B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METLIFE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59156R108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MACY S INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55616P104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUP 1 AUTOMOTIVE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398905109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTONATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05329W102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXP SEMICONDUCTORS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N6596X109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOVA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29357K103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LENNAR CORP W/D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526057104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40434L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PULTEGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745867101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BREAD FINANCIAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>018581108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZOOM COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98980L101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JANUS HENDERSON GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G4474Y214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACADEMY SPORTS + OUTDOORS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00402L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354613101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209S103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN INTERNATIONAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>026874784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEURIG DR PEPPER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49271V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCHER DANIELS MIDLAND CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039483102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFFILIATED MANAGERS GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>008252108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NEW YORK MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064058100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA AIR LINES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247361702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693656100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDTRONIC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G5960L103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARROW ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>042735100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORGANON + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68622V106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERITAGE HOMES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59001A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN UNION CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959802109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE HEALTHCARE TECHNOLOGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36266G107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH (A.O.) CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831865209</x:t>
   </x:si>
   <x:si>
     <x:t>FOX</x:t>
   </x:si>
   <x:si>
-    <x:t>Fox Corp - Class B</x:t>
+    <x:t>FOX CORP   CLASS B</x:t>
   </x:si>
   <x:si>
     <x:t>35137L204</x:t>
   </x:si>
   <x:si>
-    <x:t>AFL</x:t>
-[...296 lines deleted...]
-    <x:t>742718109</x:t>
+    <x:t>SLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78442P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOLLAR GENERAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256677105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEALED AIR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81211K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMMERCIAL METALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201723103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03743Q108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON BANCSHARES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446150104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARRIER GLOBAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14448C104</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
-    <x:t>Morgan Stanley</x:t>
+    <x:t>MORGAN STANLEY</x:t>
   </x:si>
   <x:si>
     <x:t>617446448</x:t>
   </x:si>
   <x:si>
-    <x:t>ALL</x:t>
-[...367 lines deleted...]
-  <x:si>
     <x:t>SIG</x:t>
   </x:si>
   <x:si>
-    <x:t>Signet Jewelers Ltd</x:t>
-[...20 lines deleted...]
-    <x:t>959802109</x:t>
+    <x:t>SIGNET JEWELERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G81276100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDWARDS LIFESCIENCES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28176E108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693506107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3265R107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENPACT LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3922B107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIKE INC  CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>654106103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTSONS COS INC   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>013091103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRI POINTE HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87265H109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDERATED HERMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314211103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMNICOM GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681919106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRDO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERDOCEO EDUCATION CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71363P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501889208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUELLER INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>624756102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGIONS FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7591EP100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUNGE GLOBAL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H11356104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOSAIC CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61945C103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLGATE PALMOLIVE CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194162103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98585X104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERIPRISE FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03076C106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONCENTRIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20602D101</x:t>
   </x:si>
   <x:si>
     <x:t>BBY</x:t>
   </x:si>
   <x:si>
-    <x:t>Best Buy Co Inc</x:t>
+    <x:t>BEST BUY CO INC</x:t>
   </x:si>
   <x:si>
     <x:t>086516101</x:t>
   </x:si>
   <x:si>
-    <x:t>FOXA</x:t>
-[...122 lines deleted...]
-    <x:t>026874784</x:t>
+    <x:t>ENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENERSYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29275Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXTRON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883203101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATH + BODY WORKS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>070830104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126408103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIXTH STREET SPECIALTY LENDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83012A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FITB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316773100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAMAI TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00971T101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEWMARKET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651587107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEIDOS HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525327102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORO CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891092108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATTEL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>577081102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMKEN CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887389104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VONTIER CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928881101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRH PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G25508105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OWENS CORNING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690742101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKYWORKS SOLUTIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83088M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUE OWL CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69121K104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRINCIPAL FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74251V102</x:t>
   </x:si>
   <x:si>
     <x:t>TSN</x:t>
   </x:si>
   <x:si>
-    <x:t>Tyson Foods Inc-Cl A</x:t>
+    <x:t>TYSON FOODS INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>902494103</x:t>
   </x:si>
   <x:si>
-    <x:t>BEN</x:t>
-[...38 lines deleted...]
-    <x:t>XUSD00000</x:t>
+    <x:t>HAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALLIBURTON CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406216101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF INDUSTRIES HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125269100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSCO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871829107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHOO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEVEN MADDEN LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>556269108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MHK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOHAWK INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608190104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOLL BROTHERS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889478103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MHO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M/I HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55305B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
-  </x:si>
-[...364 lines deleted...]
-    <x:t>83443Q103</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1952,3994 +1943,3971 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G178"/>
+  <x:dimension ref="A1:G177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="32.020625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="11.660625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>11155</x:v>
+        <x:v>20215</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>2106844.9</x:v>
+        <x:v>2432673.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>17567</x:v>
+        <x:v>11334</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>2008962.1</x:v>
+        <x:v>2345571.3</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>22929</x:v>
+        <x:v>18503</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1676339.2</x:v>
+        <x:v>1947625.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2394</x:v>
+        <x:v>5617</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1552149.9</x:v>
+        <x:v>1758121</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8321</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1505268.9</x:v>
+        <x:v>1683889.6</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8651</x:v>
+        <x:v>21826</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1364435.7</x:v>
+        <x:v>1672308.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>15519</x:v>
+        <x:v>9254</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1334323.6</x:v>
+        <x:v>1582896.7</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4111</x:v>
+        <x:v>38213</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1279014.3</x:v>
+        <x:v>1556415.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>51358</x:v>
+        <x:v>59110</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1265974.7</x:v>
+        <x:v>1471839</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>30970</x:v>
+        <x:v>9417</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1230747.8</x:v>
+        <x:v>1435245</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>14670</x:v>
+        <x:v>25821</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1146460.5</x:v>
+        <x:v>1376517.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>21211</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1133728</x:v>
+        <x:v>1346933.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>39763</x:v>
+        <x:v>24411</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1106803.1</x:v>
+        <x:v>1342605</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>23209</x:v>
+        <x:v>3921</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1069238.6</x:v>
+        <x:v>1263424.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2302</x:v>
+        <x:v>8785</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>830400.5</x:v>
+        <x:v>1025121.7</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>7223</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>764482.3</x:v>
+        <x:v>1015598.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3025</x:v>
+        <x:v>11724</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>739340.3</x:v>
+        <x:v>930416.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3342</x:v>
+        <x:v>8539</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>735206.6</x:v>
+        <x:v>896680.4</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7065</x:v>
+        <x:v>3476</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>715190</x:v>
+        <x:v>842443.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>13656</x:v>
+        <x:v>15720</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>637462.1</x:v>
+        <x:v>838819.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>9055</x:v>
+        <x:v>3866</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>625610</x:v>
+        <x:v>827787.9</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>6262</x:v>
+        <x:v>9994</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>580612.6</x:v>
+        <x:v>812712.1</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>864</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>563155.2</x:v>
+        <x:v>790309.4</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1743</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>552879.6</x:v>
+        <x:v>765695</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7564</x:v>
+        <x:v>8708</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>551264.3</x:v>
+        <x:v>722764</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1989</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>550833.7</x:v>
+        <x:v>715691.2</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>10810</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>537689.4</x:v>
+        <x:v>705507.4</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2940</x:v>
+        <x:v>4919</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>536697</x:v>
+        <x:v>704941.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>9030</x:v>
+        <x:v>4889</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>527442.3</x:v>
+        <x:v>701669.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4703</x:v>
+        <x:v>11850</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>504114.6</x:v>
+        <x:v>691803</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3446</x:v>
+        <x:v>6990</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>503426.1</x:v>
+        <x:v>683272.5</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>4050</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>502929</x:v>
+        <x:v>682871.4</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>7232</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>500960.6</x:v>
+        <x:v>675072</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>4111</x:v>
+        <x:v>4658</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>492456.7</x:v>
+        <x:v>641872.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2323</x:v>
+        <x:v>5111</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>478538</x:v>
+        <x:v>627324.1</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7508</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>477734</x:v>
+        <x:v>617582.7</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4782</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>461080.4</x:v>
+        <x:v>599290.7</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>1652</x:v>
+        <x:v>2646</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>459569.9</x:v>
+        <x:v>550764.9</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>459093.1</x:v>
+        <x:v>6306</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>459093.1</x:v>
+        <x:v>549252.6</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="s">
+      <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C45" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5004</x:v>
+        <x:v>5502</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>444655.4</x:v>
+        <x:v>545743.4</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="B46" s="3" t="s">
+      <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C46" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>559</x:v>
+        <x:v>8644</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>441257.8</x:v>
+        <x:v>540077.1</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B47" s="3" t="s">
+      <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C47" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>1871</x:v>
+        <x:v>5756</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>436130.1</x:v>
+        <x:v>538819.2</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B48" s="3" t="s">
+      <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C48" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>17397</x:v>
+        <x:v>11969</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>430575.8</x:v>
+        <x:v>521609</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="B49" s="3" t="s">
+      <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C49" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>973</x:v>
+        <x:v>4703</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>425862.6</x:v>
+        <x:v>518599.8</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B50" s="3" t="s">
+      <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C50" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5004</x:v>
+        <x:v>3808</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>406875.2</x:v>
+        <x:v>488071.4</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="B51" s="3" t="s">
+      <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>14578</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>399728.8</x:v>
+        <x:v>486647</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B52" s="3" t="s">
+      <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C52" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1450</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>368039</x:v>
+        <x:v>446692.4</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2406</x:v>
+        <x:v>32432</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>361020.3</x:v>
+        <x:v>425507.8</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="s">
+      <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3010</x:v>
+        <x:v>14410</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>348136.6</x:v>
+        <x:v>421060.2</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="s">
+      <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>10086</x:v>
+        <x:v>11606</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>342318.8</x:v>
+        <x:v>417699.9</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="3" t="s">
+      <x:c r="A56" s="3" t="s"/>
+      <x:c r="B56" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B56" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2212</x:v>
+        <x:v>397490.1</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>329765</x:v>
+        <x:v>397490.1</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B57" s="3" t="s">
+      <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>25010</x:v>
+        <x:v>4008</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>328381.3</x:v>
+        <x:v>384447.4</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B58" s="3" t="s">
+      <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>10874</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>326111.3</x:v>
+        <x:v>370912.1</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B59" s="3" t="s">
+      <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6703</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>324760.4</x:v>
+        <x:v>366988.4</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B60" s="3" t="s">
+      <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1150</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>323368.5</x:v>
+        <x:v>365598.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B61" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1203</x:v>
+        <x:v>3920</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>323149.9</x:v>
+        <x:v>365344</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B62" s="3" t="s">
+      <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C62" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1145</x:v>
+        <x:v>14704</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>322683.9</x:v>
+        <x:v>353190.1</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B63" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>12776</x:v>
+        <x:v>12514</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>311989.9</x:v>
+        <x:v>351893.7</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="B64" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6693</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>311960.7</x:v>
+        <x:v>350168.7</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="B65" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3480</x:v>
+        <x:v>7266</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>300358.8</x:v>
+        <x:v>337869</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="B66" s="3" t="s">
+      <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C66" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>3408</x:v>
+        <x:v>2941</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>296393.8</x:v>
+        <x:v>337038.6</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="B67" s="3" t="s">
+      <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1955</x:v>
+        <x:v>6261</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>293973.4</x:v>
+        <x:v>337029.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="B68" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1787</x:v>
+        <x:v>6996</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>293068</x:v>
+        <x:v>336367.7</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B69" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1495</x:v>
+        <x:v>6807</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>286322.4</x:v>
+        <x:v>334972.5</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B70" s="3" t="s">
+      <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4836</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>277876.6</x:v>
+        <x:v>330745.2</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B71" s="3" t="s">
+      <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2557</x:v>
+        <x:v>11674</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>267590.1</x:v>
+        <x:v>306676</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="B72" s="3" t="s">
+      <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>9334</x:v>
+        <x:v>2922</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>258271.8</x:v>
+        <x:v>294800.6</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B73" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3413</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>253858.9</x:v>
+        <x:v>293705.8</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="B74" s="3" t="s">
+      <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C74" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3106</x:v>
+        <x:v>3348</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>253729.1</x:v>
+        <x:v>286321</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B75" s="3" t="s">
+      <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C75" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>3954</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>246808.7</x:v>
+        <x:v>282676.4</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="B76" s="3" t="s">
+      <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2203</x:v>
+        <x:v>8663</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>245744.7</x:v>
+        <x:v>279728.3</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B77" s="3" t="s">
+      <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>419</x:v>
+        <x:v>16086</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>244465.6</x:v>
+        <x:v>277483.5</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B78" s="3" t="s">
+      <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C78" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1915</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>237019.6</x:v>
+        <x:v>273894.5</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="B79" s="3" t="s">
+      <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>1180</x:v>
+        <x:v>3273</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>235846.6</x:v>
+        <x:v>273066.4</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B80" s="3" t="s">
+      <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C80" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2330</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>229272</x:v>
+        <x:v>260807.9</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B81" s="3" t="s">
+      <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>1219</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>224137.5</x:v>
+        <x:v>260557.1</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B82" s="3" t="s">
+      <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C82" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>1853</x:v>
+        <x:v>4554</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>221822.6</x:v>
+        <x:v>256891.1</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B83" s="3" t="s">
+      <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2713</x:v>
+        <x:v>9290</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>216551.7</x:v>
+        <x:v>255382.1</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B84" s="3" t="s">
+      <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C84" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>533</x:v>
+        <x:v>3121</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>211888.8</x:v>
+        <x:v>246371.7</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B85" s="3" t="s">
+      <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C85" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>13974</x:v>
+        <x:v>10986</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>200806.4</x:v>
+        <x:v>242241.3</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B86" s="3" t="s">
+      <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C86" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>4452</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>198692.8</x:v>
+        <x:v>241092.9</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B87" s="3" t="s">
+      <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3520</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>198457.6</x:v>
+        <x:v>238897.4</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="B88" s="3" t="s">
+      <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C88" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3397</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>194919.9</x:v>
+        <x:v>235727.2</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="B89" s="3" t="s">
+      <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1600</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>191792</x:v>
+        <x:v>232027.2</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B90" s="3" t="s">
+      <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C90" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1494</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>184195.3</x:v>
+        <x:v>226468.4</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="B91" s="3" t="s">
+      <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>6949</x:v>
+        <x:v>9863</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>181994.3</x:v>
+        <x:v>219747.6</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="B92" s="3" t="s">
+      <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>2048</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>178647</x:v>
+        <x:v>215758.4</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B93" s="3" t="s">
+      <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1715</x:v>
+        <x:v>2945</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>175839</x:v>
+        <x:v>215191.2</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B94" s="3" t="s">
+      <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C94" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>6524</x:v>
+        <x:v>2790</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>175169.4</x:v>
+        <x:v>206543.7</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="B95" s="3" t="s">
+      <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C95" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>5412</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>175024.1</x:v>
+        <x:v>203644.4</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="B96" s="3" t="s">
+      <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C96" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>2798</x:v>
+        <x:v>4161</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>169362.9</x:v>
+        <x:v>197938.8</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="B97" s="3" t="s">
+      <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2109</x:v>
+        <x:v>3927</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>165198</x:v>
+        <x:v>196192.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="B98" s="3" t="s">
+      <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C98" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>3415</x:v>
+        <x:v>8087</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>163544.4</x:v>
+        <x:v>193198.4</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="B99" s="3" t="s">
+      <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C99" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>6696</x:v>
+        <x:v>3291</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>158695.2</x:v>
+        <x:v>189759.1</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="B100" s="3" t="s">
+      <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5808</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>157745.3</x:v>
+        <x:v>187012.3</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="B101" s="3" t="s">
+      <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>3617</x:v>
+        <x:v>6688</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>157556.5</x:v>
+        <x:v>185792.6</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="B102" s="3" t="s">
+      <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C102" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>8008</x:v>
+        <x:v>3222</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>156075.9</x:v>
+        <x:v>185232.8</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="B103" s="3" t="s">
+      <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C103" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>1284</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>153527.9</x:v>
+        <x:v>183233.9</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="B104" s="3" t="s">
+      <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C104" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2422</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>151738.3</x:v>
+        <x:v>176715.6</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="B105" s="3" t="s">
+      <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C105" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>21749</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>146805.8</x:v>
+        <x:v>169143.1</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B106" s="3" t="s">
+      <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C106" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2080</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>140524.8</x:v>
+        <x:v>165380.2</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="B107" s="3" t="s">
+      <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>3957</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>139959.1</x:v>
+        <x:v>162791.6</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="B108" s="3" t="s">
+      <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C108" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>1265</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>136531.5</x:v>
+        <x:v>162245.3</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="B109" s="3" t="s">
+      <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C109" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>4073</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>136486.2</x:v>
+        <x:v>159981.4</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="B110" s="3" t="s">
+      <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>1349</x:v>
+        <x:v>22131</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>133348.7</x:v>
+        <x:v>158679.3</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="B111" s="3" t="s">
+      <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C111" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>1465</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>132875.5</x:v>
+        <x:v>157393.6</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="B112" s="3" t="s">
+      <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C112" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>14023</x:v>
+        <x:v>16143</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>130834.6</x:v>
+        <x:v>150291.3</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="B113" s="3" t="s">
+      <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>1576</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>129452.6</x:v>
+        <x:v>149604.5</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B114" s="3" t="s">
+      <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C114" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1991</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>128718.2</x:v>
+        <x:v>148607.4</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="B115" s="3" t="s">
+      <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C115" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>533</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>126832.7</x:v>
+        <x:v>146936.6</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B116" s="3" t="s">
+      <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C116" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>1280</x:v>
+        <x:v>5393</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>126284.8</x:v>
+        <x:v>145934.6</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="B117" s="3" t="s">
+      <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>1141</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>107938.6</x:v>
+        <x:v>145648.7</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="B118" s="3" t="s">
+      <x:c r="C118" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C118" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>512</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>107069.4</x:v>
+        <x:v>144673.6</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B119" s="3" t="s">
+      <x:c r="C119" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C119" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>531</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>106231.9</x:v>
+        <x:v>138578.4</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="B120" s="3" t="s">
+      <x:c r="C120" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C120" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>523</x:v>
+        <x:v>5536</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>105295.6</x:v>
+        <x:v>135410.6</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B121" s="3" t="s">
+      <x:c r="C121" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C121" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>6746</x:v>
+        <x:v>7762</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>104158.2</x:v>
+        <x:v>134670.7</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="B122" s="3" t="s">
+      <x:c r="C122" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C122" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1738</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>103167.7</x:v>
+        <x:v>133051.1</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B123" s="3" t="s">
+      <x:c r="C123" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C123" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>2385</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>102459.6</x:v>
+        <x:v>132437.4</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="B124" s="3" t="s">
+      <x:c r="C124" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C124" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>1213</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>98374.3</x:v>
+        <x:v>128381.1</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="B125" s="3" t="s">
+      <x:c r="C125" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C125" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>2109</x:v>
+        <x:v>2745</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>97267.1</x:v>
+        <x:v>123689.7</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="B126" s="3" t="s">
+      <x:c r="C126" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C126" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>985</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>96283.8</x:v>
+        <x:v>117900.8</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="B127" s="3" t="s">
+      <x:c r="C127" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C127" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>1183</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>93409.7</x:v>
+        <x:v>116497</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="B128" s="3" t="s">
+      <x:c r="C128" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C128" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>1761</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>90533</x:v>
+        <x:v>106297.7</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="B129" s="3" t="s">
+      <x:c r="C129" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>3905</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>88292.1</x:v>
+        <x:v>106003.5</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B130" s="3" t="s">
+      <x:c r="C130" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C130" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>4977</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>88043.1</x:v>
+        <x:v>101681.2</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="B131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="B131" s="3" t="s">
+      <x:c r="C131" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C131" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>2743</x:v>
+        <x:v>5729</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>87117.7</x:v>
+        <x:v>98366.9</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="B132" s="3" t="s">
+      <x:c r="C132" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C132" s="3" t="s">
+      <x:c r="D132" s="4" t="n">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="n">
+        <x:v>95637.3</x:v>
+      </x:c>
+      <x:c r="G132" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:7">
+      <x:c r="A133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D132" s="4" t="n">
-[...13 lines deleted...]
-      <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>84291</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>84291</x:v>
+        <x:v>94298.8</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="B134" s="3" t="s">
+      <x:c r="C134" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C134" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>2023</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>84197.3</x:v>
+        <x:v>93993</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="B135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="B135" s="3" t="s">
+      <x:c r="C135" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C135" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>2634</x:v>
+        <x:v>3159</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>84182.6</x:v>
+        <x:v>92653.5</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="B136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="B136" s="3" t="s">
+      <x:c r="C136" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C136" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>2639</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>84052.2</x:v>
+        <x:v>91626.8</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="B137" s="3" t="s">
+      <x:c r="C137" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C137" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>1571</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>76162.1</x:v>
+        <x:v>91495.6</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="B138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="B138" s="3" t="s">
+      <x:c r="C138" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C138" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>1012</x:v>
+        <x:v>3349</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>75920.2</x:v>
+        <x:v>90757.9</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="B139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="B139" s="3" t="s">
+      <x:c r="C139" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C139" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>1970</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>75155.5</x:v>
+        <x:v>88189.2</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="B140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="B140" s="3" t="s">
+      <x:c r="C140" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C140" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>475</x:v>
+        <x:v>3654</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>74793.5</x:v>
+        <x:v>88024.9</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="B141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="B141" s="3" t="s">
+      <x:c r="C141" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C141" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>623</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>74199.3</x:v>
+        <x:v>84946.5</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="B142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B142" s="3" t="s">
+      <x:c r="C142" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C142" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>693</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>73367.9</x:v>
+        <x:v>83481.3</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B143" s="3" t="s">
+      <x:c r="C143" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C143" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>2973</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>72779</x:v>
+        <x:v>73551</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="B144" s="3" t="s">
+      <x:c r="C144" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="C144" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>931</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>71733.6</x:v>
+        <x:v>70727.6</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="B145" s="3" t="s">
+      <x:c r="C145" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C145" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>2909</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>70397.8</x:v>
+        <x:v>70611.2</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="B146" s="3" t="s">
+      <x:c r="C146" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C146" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1044</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>69008.4</x:v>
+        <x:v>69412.8</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="B147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="B147" s="3" t="s">
+      <x:c r="C147" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C147" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>2699</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>63858.3</x:v>
+        <x:v>69125.8</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="B148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="B148" s="3" t="s">
+      <x:c r="C148" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C148" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>924</x:v>
+        <x:v>3421</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>63663.6</x:v>
+        <x:v>68693.7</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="B149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="B149" s="3" t="s">
+      <x:c r="C149" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C149" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>1036</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>61631.6</x:v>
+        <x:v>63401.3</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B150" s="3" t="s">
+      <x:c r="C150" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C150" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>2869</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>59896.2</x:v>
+        <x:v>62314.7</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="B151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="B151" s="3" t="s">
+      <x:c r="C151" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C151" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>1477</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>59537.9</x:v>
+        <x:v>62350.9</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="B152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="B152" s="3" t="s">
+      <x:c r="C152" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C152" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>378</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>59270.4</x:v>
+        <x:v>59242.8</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="B153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="B153" s="3" t="s">
+      <x:c r="C153" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C153" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>1243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>57700.1</x:v>
+        <x:v>59104.4</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="B154" s="3" t="s">
+      <x:c r="C154" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C154" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>2493</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>56391.7</x:v>
+        <x:v>57367.2</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B155" s="3" t="s">
+      <x:c r="C155" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C155" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>1642</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>55811.6</x:v>
+        <x:v>55891.2</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="B156" s="3" t="s">
+      <x:c r="C156" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="C156" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>1517</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>54642.3</x:v>
+        <x:v>55373.4</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="B157" s="3" t="s">
+      <x:c r="C157" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C157" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>279</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>54379.9</x:v>
+        <x:v>55105.2</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B158" s="3" t="s">
+      <x:c r="C158" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C158" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>409</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>51599.4</x:v>
+        <x:v>52349.4</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="B159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="B159" s="3" t="s">
+      <x:c r="C159" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C159" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>392</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>49905.5</x:v>
+        <x:v>51879</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="B160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B160" s="3" t="s">
+      <x:c r="C160" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C160" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>320</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>48777.6</x:v>
+        <x:v>51417.6</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B161" s="3" t="s">
+      <x:c r="C161" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C161" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>1267</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>47525.2</x:v>
+        <x:v>50135.7</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B162" s="3" t="s">
+      <x:c r="C162" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C162" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>1224</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>47124</x:v>
+        <x:v>49903.7</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="B163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B163" s="3" t="s">
+      <x:c r="C163" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C163" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>1388</x:v>
+        <x:v>3861</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>47067.1</x:v>
+        <x:v>47992.2</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="B164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="B164" s="3" t="s">
+      <x:c r="C164" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>562</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>46336.9</x:v>
+        <x:v>47192.4</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="B165" s="3" t="s">
+      <x:c r="C165" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C165" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>1143</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>45102.8</x:v>
+        <x:v>46720.1</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B166" s="3" t="s">
+      <x:c r="C166" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C166" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>567</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>44515.2</x:v>
+        <x:v>43322.6</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="B167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="B167" s="3" t="s">
+      <x:c r="C167" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C167" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>591</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>44384.1</x:v>
+        <x:v>42150.3</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="B168" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="B168" s="3" t="s">
+      <x:c r="C168" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C168" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>3357</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>43708.1</x:v>
+        <x:v>41256.6</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B169" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="B169" s="3" t="s">
+      <x:c r="C169" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C169" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>1708</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>42238.8</x:v>
+        <x:v>40973.8</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B170" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="B170" s="3" t="s">
+      <x:c r="C170" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C170" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>2537</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>38486.3</x:v>
+        <x:v>40987.5</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="3" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="B171" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="B171" s="3" t="s">
+      <x:c r="C171" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C171" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>327</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>37160.3</x:v>
+        <x:v>38132</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="3" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="B172" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="B172" s="3" t="s">
+      <x:c r="C172" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="C172" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>251</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>31422.7</x:v>
+        <x:v>37233.5</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="3" t="s"/>
       <x:c r="B173" s="3" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C173" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-22429.4</x:v>
+        <x:v>11490.1</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>-22429.4</x:v>
+        <x:v>11490.1</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
-        <x:v>394</x:v>
-[...3 lines deleted...]
-      <x:c r="A174" s="3" t="s">
+        <x:v>513</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:7">
+      <x:c r="A175" s="3" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="3" t="s">
-        <x:v>517</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
-      <x:c r="A177" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>519</x:v>
+      <x:c r="A177" s="1" t="s">
+        <x:v>516</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>