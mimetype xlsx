--- v2 (2026-01-03)
+++ v3 (2026-01-23)
@@ -1,1590 +1,1590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d1de9902754012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f6370b1e27f403ca74070c81f963758.psmdcp" Id="R54a94c06f0c845a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34beea9149349a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b19195a90fed4cb28f05c6cce27fa9e1.psmdcp" Id="Re62e5bf88db74340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="517">
   <x:si>
     <x:t>Holdings - U.S. Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/02/2026 (%)</x:t>
+    <x:t>As of 01/23/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>XOM</x:t>
   </x:si>
   <x:si>
     <x:t>EXXON MOBIL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>30231G102</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
     <x:t>JOHNSON + JOHNSON</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META PLATFORMS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30303M102</x:t>
+  </x:si>
+  <x:si>
     <x:t>MRK</x:t>
   </x:si>
   <x:si>
     <x:t>MERCK + CO. INC.</x:t>
   </x:si>
   <x:si>
     <x:t>58933Y105</x:t>
   </x:si>
   <x:si>
-    <x:t>GOOGL</x:t>
-[...14 lines deleted...]
-    <x:t>30303M102</x:t>
+    <x:t>CVX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHEVRON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166764100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFIZER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717081103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VERIZON COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92343V104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF AMERICA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>060505104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRISTOL MYERS SQUIBB CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110122108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUALCOMM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>747525103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMCAST CORP CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030N101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC FINANCIAL SERVICES GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693475105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT+T INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00206R102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARGET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612E106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPMORGAN CHASE + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46625H100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902973304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPITAL ONE FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14040H105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEPSICO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713448108</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO</x:t>
   </x:si>
   <x:si>
     <x:t>CISCO SYSTEMS INC</x:t>
   </x:si>
   <x:si>
     <x:t>17275R102</x:t>
   </x:si>
   <x:si>
-    <x:t>QCOM</x:t>
-[...122 lines deleted...]
-    <x:t>902973304</x:t>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHROP GRUMMAN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666807102</x:t>
   </x:si>
   <x:si>
     <x:t>PGR</x:t>
   </x:si>
   <x:si>
     <x:t>PROGRESSIVE CORP</x:t>
   </x:si>
   <x:si>
     <x:t>743315103</x:t>
   </x:si>
   <x:si>
-    <x:t>GM</x:t>
-[...14 lines deleted...]
-    <x:t>00206R102</x:t>
+    <x:t>FDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428X106</x:t>
   </x:si>
   <x:si>
     <x:t>REGN</x:t>
   </x:si>
   <x:si>
     <x:t>REGENERON PHARMACEUTICALS</x:t>
   </x:si>
   <x:si>
     <x:t>75886F107</x:t>
   </x:si>
   <x:si>
+    <x:t>ELV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELEVANCE HEALTH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036752103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYPAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70450Y103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED PARCEL SERVICE CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911312106</x:t>
+  </x:si>
+  <x:si>
     <x:t>CTSH</x:t>
   </x:si>
   <x:si>
     <x:t>COGNIZANT TECH SOLUTIONS A</x:t>
   </x:si>
   <x:si>
     <x:t>192446102</x:t>
   </x:si>
   <x:si>
+    <x:t>GILD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILEAD SCIENCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375558103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARTFORD INSURANCE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416515104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278642103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLSTATE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>020002101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORD MOTOR CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345370860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUIST FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89832Q109</x:t>
+  </x:si>
+  <x:si>
     <x:t>CB</x:t>
   </x:si>
   <x:si>
     <x:t>CHUBB LTD</x:t>
   </x:si>
   <x:si>
     <x:t>H1467J104</x:t>
   </x:si>
   <x:si>
-    <x:t>PNC</x:t>
-[...50 lines deleted...]
-    <x:t>036752103</x:t>
+    <x:t>HRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H+R BLOCK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>093671105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUMANA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444859102</x:t>
   </x:si>
   <x:si>
     <x:t>GS</x:t>
   </x:si>
   <x:si>
     <x:t>GOLDMAN SACHS GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>38141G104</x:t>
   </x:si>
   <x:si>
-    <x:t>HIG</x:t>
-[...59 lines deleted...]
-    <x:t>911312106</x:t>
+    <x:t>STT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857477103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONEYWELL INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438516106</x:t>
   </x:si>
   <x:si>
     <x:t>KR</x:t>
   </x:si>
   <x:si>
     <x:t>KROGER CO</x:t>
   </x:si>
   <x:si>
     <x:t>501044101</x:t>
   </x:si>
   <x:si>
-    <x:t>COP</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AFL</x:t>
   </x:si>
   <x:si>
     <x:t>AFLAC INC</x:t>
   </x:si>
   <x:si>
     <x:t>001055102</x:t>
   </x:si>
   <x:si>
-    <x:t>STT</x:t>
-[...14 lines deleted...]
-    <x:t>444859102</x:t>
+    <x:t>DHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR HORTON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23331A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M + T BANK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55261F104</x:t>
   </x:si>
   <x:si>
     <x:t>TRV</x:t>
   </x:si>
   <x:si>
     <x:t>TRAVELERS COS INC/THE</x:t>
   </x:si>
   <x:si>
     <x:t>89417E109</x:t>
   </x:si>
   <x:si>
-    <x:t>F</x:t>
-[...5 lines deleted...]
-    <x:t>345370860</x:t>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEAR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521865204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI PROPERTIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925652109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCH CAPITAL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0450A105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSHKOSH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688239201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIMBERLY CLARK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494368103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERIPRISE FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03076C106</x:t>
   </x:si>
   <x:si>
     <x:t>MTG</x:t>
   </x:si>
   <x:si>
     <x:t>MGIC INVESTMENT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>552848103</x:t>
   </x:si>
   <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVNET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>053807103</x:t>
+  </x:si>
+  <x:si>
     <x:t>RDN</x:t>
   </x:si>
   <x:si>
     <x:t>RADIAN GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>750236101</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR</x:t>
-[...41 lines deleted...]
-    <x:t>438516106</x:t>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KENVUE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49177J102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROCS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227046109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATCH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57667L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MILLS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370334104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165B103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN EXPRESS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T ROWE PRICE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74144T108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEWLETT PACKARD ENTERPRISE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42824C109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXP SEMICONDUCTORS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N6596X109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354613101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>806857108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORGANON + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68622V106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METLIFE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59156R108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOVA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29357K103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PULTEGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745867101</x:t>
   </x:si>
   <x:si>
     <x:t>WFC</x:t>
   </x:si>
   <x:si>
     <x:t>WELLS FARGO + CO</x:t>
   </x:si>
   <x:si>
     <x:t>949746101</x:t>
   </x:si>
   <x:si>
-    <x:t>HPE</x:t>
-[...14 lines deleted...]
-    <x:t>925652109</x:t>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MACY S INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55616P104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PACCAR INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693718108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACADEMY SPORTS + OUTDOORS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00402L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB HOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48666K109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCHER DANIELS MIDLAND CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039483102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693506107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03743Q108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTONATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05329W102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN UNION CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959802109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JANUS HENDERSON GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G4474Y214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMNICOM GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681919106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDTRONIC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G5960L103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERITAGE HOMES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59001A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NEW YORK MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064058100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LENNAR CORP W/D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526057104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40434L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZOOM COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98980L101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOLLAR GENERAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256677105</x:t>
   </x:si>
   <x:si>
     <x:t>CMI</x:t>
   </x:si>
   <x:si>
     <x:t>CUMMINS INC</x:t>
   </x:si>
   <x:si>
     <x:t>231021106</x:t>
   </x:si>
   <x:si>
-    <x:t>GIS</x:t>
-[...50 lines deleted...]
-    <x:t>02079K107</x:t>
+    <x:t>GEHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE HEALTHCARE TECHNOLOGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36266G107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEURIG DR PEPPER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49271V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693656100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOSAIC CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61945C103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARRIER GLOBAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14448C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78442P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BREAD FINANCIAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>018581108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTSONS COS INC   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>013091103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUP 1 AUTOMOTIVE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398905109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON BANCSHARES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446150104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINDER MORGAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49456B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNET JEWELERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G81276100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARROW ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>042735100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFFILIATED MANAGERS GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>008252108</x:t>
   </x:si>
   <x:si>
     <x:t>IVZ</x:t>
   </x:si>
   <x:si>
     <x:t>INVESCO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>G491BT108</x:t>
   </x:si>
   <x:si>
-    <x:t>KMB</x:t>
-[...239 lines deleted...]
-    <x:t>354613101</x:t>
+    <x:t>AOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH (A.O.) CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831865209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMMERCIAL METALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201723103</x:t>
   </x:si>
   <x:si>
     <x:t>MO</x:t>
   </x:si>
   <x:si>
     <x:t>ALTRIA GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>02209S103</x:t>
   </x:si>
   <x:si>
+    <x:t>BBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEST BUY CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086516101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FITB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316773100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUNGE GLOBAL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H11356104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3265R107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98585X104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRI POINTE HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87265H109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENPACT LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3922B107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIKE INC  CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>654106103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501889208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRDO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERDOCEO EDUCATION CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71363P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENERSYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29275Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDERATED HERMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314211103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGIONS FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7591EP100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLGATE PALMOLIVE CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194162103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEALED AIR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81211K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONCENTRIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20602D101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMKEN CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887389104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATH + BODY WORKS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>070830104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXTRON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883203101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364760108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAMAI TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00971T101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORO CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891092108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRUDENTIAL FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>744320102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATTEL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>577081102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OWENS CORNING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690742101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585A102</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIG</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN INTERNATIONAL GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>026874784</x:t>
   </x:si>
   <x:si>
-    <x:t>KDP</x:t>
-[...41 lines deleted...]
-    <x:t>064058100</x:t>
+    <x:t>NEU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEWMARKET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651587107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VONTIER CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928881101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALLIBURTON CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406216101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIXTH STREET SPECIALTY LENDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83012A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRINCIPAL FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74251V102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYSON FOODS INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902494103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LINCOLN NATIONAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534187109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF INDUSTRIES HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125269100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUE OWL CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69121K104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKYWORKS SOLUTIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83088M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEREX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880779103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSCO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871829107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOLL BROTHERS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889478103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNAP ON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>833034101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERCROMBIE + FITCH CO CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002896207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MHO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M/I HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55305B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORTEVA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22052L104</x:t>
   </x:si>
   <x:si>
     <x:t>DAL</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA AIR LINES INC</x:t>
   </x:si>
   <x:si>
     <x:t>247361702</x:t>
   </x:si>
   <x:si>
-    <x:t>PVH</x:t>
-[...421 lines deleted...]
-  <x:si>
     <x:t>LDOS</x:t>
   </x:si>
   <x:si>
     <x:t>LEIDOS HOLDINGS INC</x:t>
   </x:si>
   <x:si>
     <x:t>525327102</x:t>
-  </x:si>
-[...160 lines deleted...]
-    <x:t>55305B101</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2002,3894 +2002,3894 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>20215</x:v>
+        <x:v>20563</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>2432673.1</x:v>
+        <x:v>2748039.3</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>11334</x:v>
+        <x:v>11567</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>2345571.3</x:v>
+        <x:v>2527273.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>18503</x:v>
+        <x:v>7012</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1947625.8</x:v>
+        <x:v>2317746.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5617</x:v>
+        <x:v>3274</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1758121</x:v>
+        <x:v>2120340.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2551</x:v>
+        <x:v>18522</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1683889.6</x:v>
+        <x:v>2022232</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>21826</x:v>
+        <x:v>10464</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1672308.1</x:v>
+        <x:v>1743930.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>9254</x:v>
+        <x:v>61048</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1582896.7</x:v>
+        <x:v>1567102.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>38213</x:v>
+        <x:v>39465</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1556415.5</x:v>
+        <x:v>1558078.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>59110</x:v>
+        <x:v>29647</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1471839</x:v>
+        <x:v>1554985.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>9417</x:v>
+        <x:v>26667</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1435245</x:v>
+        <x:v>1465085</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>25821</x:v>
+        <x:v>9191</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1376517.5</x:v>
+        <x:v>1450339.8</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>45063</x:v>
+        <x:v>48850</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1346933.1</x:v>
+        <x:v>1427885.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>24411</x:v>
+        <x:v>7641</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1342605</x:v>
+        <x:v>1137540.1</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3921</x:v>
+        <x:v>4013</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1263424.6</x:v>
+        <x:v>1125205.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8785</x:v>
+        <x:v>11912</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>1025121.7</x:v>
+        <x:v>984884.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3690</x:v>
+        <x:v>8988</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>1015598.7</x:v>
+        <x:v>955604.2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>11724</x:v>
+        <x:v>8199</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>930416.6</x:v>
+        <x:v>948296.3</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>8539</x:v>
+        <x:v>4181</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>896680.4</x:v>
+        <x:v>928182</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3476</x:v>
+        <x:v>10917</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>842443.4</x:v>
+        <x:v>885805.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>15720</x:v>
+        <x:v>37318</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>838819.2</x:v>
+        <x:v>879958.4</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3866</x:v>
+        <x:v>8195</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>827787.9</x:v>
+        <x:v>872767.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>9994</x:v>
+        <x:v>2849</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>812712.1</x:v>
+        <x:v>865041.9</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>31816</x:v>
+        <x:v>15271</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>790309.4</x:v>
+        <x:v>857924.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>992</x:v>
+        <x:v>3590</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>765695</x:v>
+        <x:v>843901.3</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>8708</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>722764</x:v>
+        <x:v>826256.8</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2293</x:v>
+        <x:v>11103</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>715691.2</x:v>
+        <x:v>825286</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3380</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>705507.4</x:v>
+        <x:v>807880.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4919</x:v>
+        <x:v>3837</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>704941.9</x:v>
+        <x:v>793952</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>4889</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>701669.3</x:v>
+        <x:v>758414.9</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>11850</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>691803</x:v>
+        <x:v>752488</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6990</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>683272.5</x:v>
+        <x:v>716562</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1948</x:v>
+        <x:v>12238</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>682871.4</x:v>
+        <x:v>699401.7</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>768</x:v>
+        <x:v>6346</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>675072</x:v>
+        <x:v>693617.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>4658</x:v>
+        <x:v>8155</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>641872.4</x:v>
+        <x:v>689994.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5111</x:v>
+        <x:v>4845</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>627324.1</x:v>
+        <x:v>635373.3</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2138</x:v>
+        <x:v>6548</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>617582.7</x:v>
+        <x:v>634370.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1051</x:v>
+        <x:v>4810</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>599290.7</x:v>
+        <x:v>625059.5</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2646</x:v>
+        <x:v>6512</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>550764.9</x:v>
+        <x:v>611346.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6306</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>549252.6</x:v>
+        <x:v>590526.7</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="s">
+      <x:c r="C45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C45" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5502</x:v>
+        <x:v>586408.3</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>545743.4</x:v>
+        <x:v>586408.3</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>8644</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>540077.1</x:v>
+        <x:v>558476.9</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5756</x:v>
+        <x:v>11063</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>538819.2</x:v>
+        <x:v>556468.9</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>11969</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>521609</x:v>
+        <x:v>550683.6</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4703</x:v>
+        <x:v>12958</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>518599.8</x:v>
+        <x:v>526354</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3808</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>488071.4</x:v>
+        <x:v>492370.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1900</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>486647</x:v>
+        <x:v>488780.8</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1540</x:v>
+        <x:v>3778</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>446692.4</x:v>
+        <x:v>485321.9</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>32432</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>425507.8</x:v>
+        <x:v>479128.6</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>14410</x:v>
+        <x:v>7638</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>421060.2</x:v>
+        <x:v>478520.7</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>11606</x:v>
+        <x:v>4299</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>417699.9</x:v>
+        <x:v>465581.7</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="3" t="s"/>
+      <x:c r="A56" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>397490.1</x:v>
+        <x:v>2895</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>397490.1</x:v>
+        <x:v>450867.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>4008</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>384447.4</x:v>
+        <x:v>448620</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2274</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>370912.1</x:v>
+        <x:v>442783.2</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2548</x:v>
+        <x:v>7139</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>366988.4</x:v>
+        <x:v>411063.6</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1874</x:v>
+        <x:v>3347</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>365598.7</x:v>
+        <x:v>407430.3</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3920</x:v>
+        <x:v>14226</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>365344</x:v>
+        <x:v>401030.9</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>14704</x:v>
+        <x:v>4140</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>353190.1</x:v>
+        <x:v>382991.4</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>12514</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>351893.7</x:v>
+        <x:v>370985.4</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>686</x:v>
+        <x:v>3592</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>350168.7</x:v>
+        <x:v>367066.5</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>7266</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>337869</x:v>
+        <x:v>366318.5</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2941</x:v>
+        <x:v>13451</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>337038.6</x:v>
+        <x:v>361562.9</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>6261</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>337029.6</x:v>
+        <x:v>358917.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6996</x:v>
+        <x:v>6655</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>336367.7</x:v>
+        <x:v>340736</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6807</x:v>
+        <x:v>10167</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>334972.5</x:v>
+        <x:v>340696.2</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1054</x:v>
+        <x:v>18283</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>330745.2</x:v>
+        <x:v>324523.3</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>11674</x:v>
+        <x:v>3655</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>306676</x:v>
+        <x:v>315463.1</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2922</x:v>
+        <x:v>9884</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>294800.6</x:v>
+        <x:v>311543.7</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>6937</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>293705.8</x:v>
+        <x:v>308627.1</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3348</x:v>
+        <x:v>3939</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>286321</x:v>
+        <x:v>307635.9</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1403</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>282676.4</x:v>
+        <x:v>306560.7</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>8663</x:v>
+        <x:v>2838</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>279728.3</x:v>
+        <x:v>303949.8</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>16086</x:v>
+        <x:v>14173</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>277483.5</x:v>
+        <x:v>302735.3</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>742</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>273894.5</x:v>
+        <x:v>294517</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3273</x:v>
+        <x:v>11367</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>273066.4</x:v>
+        <x:v>292927.6</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2076</x:v>
+        <x:v>5860</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>260807.9</x:v>
+        <x:v>289015.2</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2545</x:v>
+        <x:v>28460</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>260557.1</x:v>
+        <x:v>277200.4</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>4554</x:v>
+        <x:v>3599</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>256891.1</x:v>
+        <x:v>276835.1</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>9290</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>255382.1</x:v>
+        <x:v>270103.1</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>3121</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>246371.7</x:v>
+        <x:v>267550.4</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>10986</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>242241.3</x:v>
+        <x:v>258573.5</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>613</x:v>
+        <x:v>12534</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>241092.9</x:v>
+        <x:v>257448.4</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1157</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>238897.4</x:v>
+        <x:v>255522.1</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1086</x:v>
+        <x:v>4471</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>235727.2</x:v>
+        <x:v>254981.1</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1476</x:v>
+        <x:v>4114</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>232027.2</x:v>
+        <x:v>248362.2</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2203</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>226468.4</x:v>
+        <x:v>245592.1</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>9863</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>219747.6</x:v>
+        <x:v>242742.2</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1840</x:v>
+        <x:v>9364</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>215758.4</x:v>
+        <x:v>239250.2</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>2945</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>215191.2</x:v>
+        <x:v>237701.8</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2790</x:v>
+        <x:v>25084</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>206543.7</x:v>
+        <x:v>236040.4</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2360</x:v>
+        <x:v>4733</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>203644.4</x:v>
+        <x:v>227610</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>4161</x:v>
+        <x:v>2758</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>197938.8</x:v>
+        <x:v>218543.9</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3927</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>196192.9</x:v>
+        <x:v>212206</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>8087</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>193198.4</x:v>
+        <x:v>202925.1</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>3291</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>189759.1</x:v>
+        <x:v>198020.8</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2186</x:v>
+        <x:v>2724</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>187012.3</x:v>
+        <x:v>197026.9</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>6688</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>185792.6</x:v>
+        <x:v>187780.3</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>3222</x:v>
+        <x:v>9307</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>185232.8</x:v>
+        <x:v>184557.8</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>713</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>183233.9</x:v>
+        <x:v>184029.1</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>613</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>176715.6</x:v>
+        <x:v>179882.4</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>1457</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>169143.1</x:v>
+        <x:v>176670.2</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2383</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>165380.2</x:v>
+        <x:v>171887.1</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2429</x:v>
+        <x:v>6226</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>162791.6</x:v>
+        <x:v>171526.3</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>1689</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>162245.3</x:v>
+        <x:v>170202.7</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>1452</x:v>
+        <x:v>5988</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>159981.4</x:v>
+        <x:v>168622.1</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>22131</x:v>
+        <x:v>2886</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>158679.3</x:v>
+        <x:v>165771.8</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2392</x:v>
+        <x:v>6109</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>157393.6</x:v>
+        <x:v>163110.3</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>16143</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>150291.3</x:v>
+        <x:v>157855.2</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>1824</x:v>
+        <x:v>9211</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>149604.5</x:v>
+        <x:v>156863.3</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>2222</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>148607.4</x:v>
+        <x:v>156619.2</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>2263</x:v>
+        <x:v>8825</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>146936.6</x:v>
+        <x:v>155673</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>5393</x:v>
+        <x:v>5092</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>145934.6</x:v>
+        <x:v>151181.5</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>1097</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>145648.7</x:v>
+        <x:v>147283.9</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>3492</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>144673.6</x:v>
+        <x:v>136595.9</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>2002</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>138578.4</x:v>
+        <x:v>131168.9</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>5536</x:v>
+        <x:v>4447</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>135410.6</x:v>
+        <x:v>130030.3</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>7762</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>134670.7</x:v>
+        <x:v>129807.8</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>2518</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>133051.1</x:v>
+        <x:v>125052.7</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>746</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>132437.4</x:v>
+        <x:v>123714.6</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>1549</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>128381.1</x:v>
+        <x:v>121388.7</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>2745</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>123689.7</x:v>
+        <x:v>118763.3</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>1383</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>117900.8</x:v>
+        <x:v>118675.5</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>1137</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>116497</x:v>
+        <x:v>115138.5</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>1397</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>106297.7</x:v>
+        <x:v>111875.8</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>2266</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>106003.5</x:v>
+        <x:v>111742.8</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>1596</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>101681.2</x:v>
+        <x:v>110530.1</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>5729</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>98366.9</x:v>
+        <x:v>109268.6</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>3039</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>95637.3</x:v>
+        <x:v>108084.6</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>1811</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>94298.8</x:v>
+        <x:v>107878.1</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>1164</x:v>
+        <x:v>3134</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>93993</x:v>
+        <x:v>106932.1</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>3159</x:v>
+        <x:v>3263</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>92653.5</x:v>
+        <x:v>106422.8</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>3034</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>91626.8</x:v>
+        <x:v>104257.1</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>797</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>91495.6</x:v>
+        <x:v>102325</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>3349</x:v>
+        <x:v>3459</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>90757.9</x:v>
+        <x:v>97855.1</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>990</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>88189.2</x:v>
+        <x:v>95334.9</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>3654</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>88024.9</x:v>
+        <x:v>91960</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>1075</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>84946.5</x:v>
+        <x:v>90911.5</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>1890</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>83481.3</x:v>
+        <x:v>84004.8</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>150</x:v>
+        <x:v>3533</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>73551</x:v>
+        <x:v>79775.1</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>1701</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>70727.6</x:v>
+        <x:v>79377.5</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>1055</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>70611.2</x:v>
+        <x:v>78648.6</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>473</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>69412.8</x:v>
+        <x:v>76460.1</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>793</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>69125.8</x:v>
+        <x:v>68018</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>3421</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>68693.7</x:v>
+        <x:v>66419.7</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>1749</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>63401.3</x:v>
+        <x:v>63848</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>2869</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>62314.7</x:v>
+        <x:v>60197</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>1332</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>62350.9</x:v>
+        <x:v>57907.1</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>679</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>59242.8</x:v>
+        <x:v>57825</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>86</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>59104.4</x:v>
+        <x:v>57124.9</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>318</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>57367.2</x:v>
+        <x:v>56923.7</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>710</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>55891.2</x:v>
+        <x:v>54612.2</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>2791</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>55373.4</x:v>
+        <x:v>53378.8</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>655</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>55105.2</x:v>
+        <x:v>51665.5</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>1408</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>52349.4</x:v>
+        <x:v>50959</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>319</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>51879</x:v>
+        <x:v>50301.8</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>412</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>51417.6</x:v>
+        <x:v>50349.4</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>448</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>50135.7</x:v>
+        <x:v>50236.5</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>787</x:v>
+        <x:v>3987</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>49903.7</x:v>
+        <x:v>50276.1</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>3861</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>47992.2</x:v>
+        <x:v>48511.7</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>535</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>47192.4</x:v>
+        <x:v>48340.3</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>797</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>46720.1</x:v>
+        <x:v>44720.9</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>1533</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>43322.6</x:v>
+        <x:v>43087.5</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>545</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>42150.3</x:v>
+        <x:v>42811.1</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>564</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>41256.6</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>984</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>40973.8</x:v>
+        <x:v>40860.8</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>375</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>40987.5</x:v>
+        <x:v>37425.9</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="3" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>282</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>38132</x:v>
+        <x:v>37026.2</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="3" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>291</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>37233.5</x:v>
+        <x:v>35788.3</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="3" t="s"/>
       <x:c r="B173" s="3" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>11490.1</x:v>
+        <x:v>376.3</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>11490.1</x:v>
+        <x:v>376.3</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="3" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="3" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>