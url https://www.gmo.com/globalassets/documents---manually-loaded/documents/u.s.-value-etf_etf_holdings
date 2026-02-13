--- v3 (2026-01-23)
+++ v4 (2026-02-13)
@@ -1,1563 +1,1662 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34beea9149349a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b19195a90fed4cb28f05c6cce27fa9e1.psmdcp" Id="Re62e5bf88db74340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b6c0541a4740aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2239885935d74e87bfee80d129c3dee4.psmdcp" Id="Rfd6709d8fd7246cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="517">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="550" uniqueCount="550">
   <x:si>
     <x:t>Holdings - U.S. Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/23/2026 (%)</x:t>
+    <x:t>As of 02/12/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>XOM</x:t>
   </x:si>
   <x:si>
     <x:t>EXXON MOBIL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>30231G102</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
     <x:t>JOHNSON + JOHNSON</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META PLATFORMS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30303M102</x:t>
+  </x:si>
+  <x:si>
     <x:t>GOOGL</x:t>
   </x:si>
   <x:si>
     <x:t>ALPHABET INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>02079K305</x:t>
   </x:si>
   <x:si>
-    <x:t>META</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CVX</x:t>
   </x:si>
   <x:si>
     <x:t>CHEVRON CORP</x:t>
   </x:si>
   <x:si>
     <x:t>166764100</x:t>
   </x:si>
   <x:si>
+    <x:t>VZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VERIZON COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92343V104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF AMERICA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>060505104</x:t>
+  </x:si>
+  <x:si>
     <x:t>PFE</x:t>
   </x:si>
   <x:si>
     <x:t>PFIZER INC</x:t>
   </x:si>
   <x:si>
     <x:t>717081103</x:t>
   </x:si>
   <x:si>
-    <x:t>VZ</x:t>
-[...14 lines deleted...]
-    <x:t>060505104</x:t>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
   </x:si>
   <x:si>
     <x:t>BMY</x:t>
   </x:si>
   <x:si>
     <x:t>BRISTOL MYERS SQUIBB CO</x:t>
   </x:si>
   <x:si>
     <x:t>110122108</x:t>
   </x:si>
   <x:si>
+    <x:t>CMCSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMCAST CORP CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030N101</x:t>
+  </x:si>
+  <x:si>
     <x:t>QCOM</x:t>
   </x:si>
   <x:si>
     <x:t>QUALCOMM INC</x:t>
   </x:si>
   <x:si>
     <x:t>747525103</x:t>
   </x:si>
   <x:si>
-    <x:t>CMCSA</x:t>
-[...14 lines deleted...]
-    <x:t>742718109</x:t>
+    <x:t>CSCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CISCO SYSTEMS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17275R102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT+T INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00206R102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPMORGAN CHASE + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46625H100</x:t>
   </x:si>
   <x:si>
     <x:t>CI</x:t>
   </x:si>
   <x:si>
     <x:t>THE CIGNA GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>125523100</x:t>
   </x:si>
   <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARGET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612E106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED PARCEL SERVICE CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911312106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC FINANCIAL SERVICES GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693475105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEPSICO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713448108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967424</x:t>
+  </x:si>
+  <x:si>
     <x:t>CVS</x:t>
   </x:si>
   <x:si>
     <x:t>CVS HEALTH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>126650100</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG</x:t>
-[...23 lines deleted...]
-    <x:t>693475105</x:t>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902973304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428X106</x:t>
   </x:si>
   <x:si>
     <x:t>GM</x:t>
   </x:si>
   <x:si>
     <x:t>GENERAL MOTORS CO</x:t>
   </x:si>
   <x:si>
     <x:t>37045V100</x:t>
   </x:si>
   <x:si>
-    <x:t>T</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>COF</x:t>
   </x:si>
   <x:si>
     <x:t>CAPITAL ONE FINANCIAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>14040H105</x:t>
   </x:si>
   <x:si>
-    <x:t>PEP</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
     <x:t>NORTHROP GRUMMAN CORP</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
     <x:t>PGR</x:t>
   </x:si>
   <x:si>
     <x:t>PROGRESSIVE CORP</x:t>
   </x:si>
   <x:si>
     <x:t>743315103</x:t>
   </x:si>
   <x:si>
-    <x:t>FDX</x:t>
-[...5 lines deleted...]
-    <x:t>31428X106</x:t>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
   </x:si>
   <x:si>
     <x:t>REGN</x:t>
   </x:si>
   <x:si>
     <x:t>REGENERON PHARMACEUTICALS</x:t>
   </x:si>
   <x:si>
     <x:t>75886F107</x:t>
   </x:si>
   <x:si>
+    <x:t>GILD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILEAD SCIENCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375558103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARTFORD INSURANCE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416515104</x:t>
+  </x:si>
+  <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
     <x:t>ELEVANCE HEALTH INC</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
+    <x:t>ALL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLSTATE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>020002101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHUBB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H1467J104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUIST FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89832Q109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITEDHEALTH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91324P102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGNIZANT TECH SOLUTIONS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192446102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORD MOTOR CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345370860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278642103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KROGER CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501044101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONEYWELL INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438516106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR HORTON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23331A109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLAC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001055102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857477103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKYWORKS SOLUTIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83088M102</x:t>
+  </x:si>
+  <x:si>
     <x:t>PYPL</x:t>
   </x:si>
   <x:si>
     <x:t>PAYPAL HOLDINGS INC</x:t>
   </x:si>
   <x:si>
     <x:t>70450Y103</x:t>
   </x:si>
   <x:si>
-    <x:t>UPS</x:t>
-[...59 lines deleted...]
-    <x:t>020002101</x:t>
+    <x:t>MTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M + T BANK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55261F104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141G104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRAVELERS COS INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89417E109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEAR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521865204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVNET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>053807103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSHKOSH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688239201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCH CAPITAL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0450A105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H+R BLOCK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>093671105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIMBERLY CLARK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494368103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGIC INVESTMENT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552848103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN EXPRESS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERIPRISE FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03076C106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIAN GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750236101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MILLS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370334104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KENVUE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49177J102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEWLETT PACKARD ENTERPRISE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42824C109</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
-    <x:t>F</x:t>
-[...32 lines deleted...]
-    <x:t>093671105</x:t>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MACY S INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55616P104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB HOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48666K109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354613101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXP SEMICONDUCTORS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N6596X109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATCH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57667L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROCS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227046109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>806857108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PULTEGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745867101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165B103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METLIFE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59156R108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI PROPERTIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925652109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUNE BRANDS INNOVATIONS I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34964C106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693506107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PACCAR INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693718108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T ROWE PRICE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74144T108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACADEMY SPORTS + OUTDOORS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00402L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03743Q108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELLS FARGO + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOVA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29357K103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCHER DANIELS MIDLAND CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039483102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN UNION CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959802109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZOOM COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98980L101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209S103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JANUS HENDERSON GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G4474Y214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTONATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05329W102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORGANON + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68622V106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERITAGE HOMES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59001A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDTRONIC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G5960L103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLGATE PALMOLIVE CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194162103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NEW YORK MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064058100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LENNAR CORP W/D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526057104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARRIER GLOBAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14448C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMNICOM GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681919106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL TECHNOLOGIES  C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24703L202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693656100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOSAIC CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61945C103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEURIG DR PEPPER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49271V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40434L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOLLAR GENERAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256677105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALT DISNEY CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254687106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARROW ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>042735100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BREAD FINANCIAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>018581108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE HEALTHCARE TECHNOLOGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36266G107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTSONS COS INC   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>013091103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNET JEWELERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G81276100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINDER MORGAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49456B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON BANCSHARES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446150104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78442P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALLIBURTON CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406216101</x:t>
   </x:si>
   <x:si>
     <x:t>HUM</x:t>
   </x:si>
   <x:si>
     <x:t>HUMANA INC</x:t>
   </x:si>
   <x:si>
     <x:t>444859102</x:t>
   </x:si>
   <x:si>
-    <x:t>GS</x:t>
-[...563 lines deleted...]
-    <x:t>013091103</x:t>
+    <x:t>AOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH (A.O.) CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831865209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN INTERNATIONAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>026874784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMMERCIAL METALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201723103</x:t>
   </x:si>
   <x:si>
     <x:t>GPI</x:t>
   </x:si>
   <x:si>
     <x:t>GROUP 1 AUTOMOTIVE INC</x:t>
   </x:si>
   <x:si>
     <x:t>398905109</x:t>
   </x:si>
   <x:si>
-    <x:t>HBAN</x:t>
-[...32 lines deleted...]
-    <x:t>042735100</x:t>
+    <x:t>FITB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316773100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUNGE GLOBAL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H11356104</x:t>
   </x:si>
   <x:si>
     <x:t>AMG</x:t>
   </x:si>
   <x:si>
     <x:t>AFFILIATED MANAGERS GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>008252108</x:t>
   </x:si>
   <x:si>
+    <x:t>APTV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3265R107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEST BUY CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086516101</x:t>
+  </x:si>
+  <x:si>
     <x:t>IVZ</x:t>
   </x:si>
   <x:si>
     <x:t>INVESCO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>G491BT108</x:t>
   </x:si>
   <x:si>
-    <x:t>AOS</x:t>
-[...5 lines deleted...]
-    <x:t>831865209</x:t>
+    <x:t>NTAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETAPP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110D104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRI POINTE HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87265H109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501889208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98585X104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGIONS FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7591EP100</x:t>
   </x:si>
   <x:si>
     <x:t>FOX</x:t>
   </x:si>
   <x:si>
     <x:t>FOX CORP   CLASS B</x:t>
   </x:si>
   <x:si>
     <x:t>35137L204</x:t>
   </x:si>
   <x:si>
-    <x:t>CMC</x:t>
-[...77 lines deleted...]
-    <x:t>87265H109</x:t>
+    <x:t>ENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENERSYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29275Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIKE INC  CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>654106103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDERATED HERMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314211103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RESMED INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>761152107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRDO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERDOCEO EDUCATION CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71363P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMKEN CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887389104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEALED AIR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81211K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSKY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT SKYDANCE CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69932A204</x:t>
   </x:si>
   <x:si>
     <x:t>G</x:t>
   </x:si>
   <x:si>
     <x:t>GENPACT LTD</x:t>
   </x:si>
   <x:si>
     <x:t>G3922B107</x:t>
   </x:si>
   <x:si>
-    <x:t>NKE</x:t>
-[...68 lines deleted...]
-    <x:t>81211K100</x:t>
+    <x:t>DBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DROPBOX INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26210C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXTRON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883203101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATH + BODY WORKS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>070830104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364760108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORO CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891092108</x:t>
   </x:si>
   <x:si>
     <x:t>CNXC</x:t>
   </x:si>
   <x:si>
     <x:t>CONCENTRIX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>20602D101</x:t>
   </x:si>
   <x:si>
-    <x:t>TKR</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>AKAM</x:t>
   </x:si>
   <x:si>
     <x:t>AKAMAI TECHNOLOGIES INC</x:t>
   </x:si>
   <x:si>
     <x:t>00971T101</x:t>
   </x:si>
   <x:si>
-    <x:t>TTC</x:t>
-[...5 lines deleted...]
-    <x:t>891092108</x:t>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OWENS CORNING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690742101</x:t>
   </x:si>
   <x:si>
     <x:t>PRU</x:t>
   </x:si>
   <x:si>
     <x:t>PRUDENTIAL FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>744320102</x:t>
   </x:si>
   <x:si>
+    <x:t>DVN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEVON ENERGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25179M103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEWMARKET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651587107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VONTIER CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928881101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF INDUSTRIES HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125269100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEREX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880779103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYSON FOODS INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902494103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRINCIPAL FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74251V102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSCO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871829107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUE OWL CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69121K104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOLL BROTHERS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889478103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LINCOLN NATIONAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534187109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIXTH STREET SPECIALTY LENDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83012A109</x:t>
+  </x:si>
+  <x:si>
     <x:t>MAT</x:t>
   </x:si>
   <x:si>
     <x:t>MATTEL INC</x:t>
   </x:si>
   <x:si>
     <x:t>577081102</x:t>
   </x:si>
   <x:si>
-    <x:t>OC</x:t>
-[...142 lines deleted...]
-  <x:si>
     <x:t>SNA</x:t>
   </x:si>
   <x:si>
     <x:t>SNAP ON INC</x:t>
   </x:si>
   <x:si>
     <x:t>833034101</x:t>
   </x:si>
   <x:si>
+    <x:t>ATGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADTALEM GLOBAL EDUCATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00737L103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MHO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M/I HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55305B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIDELITY NATIONAL FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31620R303</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANF</x:t>
   </x:si>
   <x:si>
     <x:t>ABERCROMBIE + FITCH CO CL A</x:t>
   </x:si>
   <x:si>
     <x:t>002896207</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>55305B101</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA</x:t>
   </x:si>
   <x:si>
     <x:t>CORTEVA INC</x:t>
   </x:si>
   <x:si>
     <x:t>22052L104</x:t>
   </x:si>
   <x:si>
     <x:t>DAL</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA AIR LINES INC</x:t>
   </x:si>
   <x:si>
     <x:t>247361702</x:t>
   </x:si>
   <x:si>
     <x:t>LDOS</x:t>
   </x:si>
   <x:si>
     <x:t>LEIDOS HOLDINGS INC</x:t>
   </x:si>
@@ -1943,51 +2042,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G177"/>
+  <x:dimension ref="A1:G188"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.020625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.660625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -2002,3912 +2101,4165 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>20563</x:v>
+        <x:v>21541</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>2748039.3</x:v>
+        <x:v>3328730.7</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>11567</x:v>
+        <x:v>12119</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>2527273.8</x:v>
+        <x:v>2918982.3</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7012</x:v>
+        <x:v>19404</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>2317746.5</x:v>
+        <x:v>2315091.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3274</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>2120340.6</x:v>
+        <x:v>2293606.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18522</x:v>
+        <x:v>7345</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2022232</x:v>
+        <x:v>2284001.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>10464</x:v>
+        <x:v>10962</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1743930.2</x:v>
+        <x:v>2036958.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>61048</x:v>
+        <x:v>41343</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1567102.2</x:v>
+        <x:v>2024566.7</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>39465</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1558078.2</x:v>
+        <x:v>1907905.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>29647</x:v>
+        <x:v>63955</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1554985.2</x:v>
+        <x:v>1773472.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>26667</x:v>
+        <x:v>10822</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1465085</x:v>
+        <x:v>1731520</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>9191</x:v>
+        <x:v>27936</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1450339.8</x:v>
+        <x:v>1674204.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>48850</x:v>
+        <x:v>51175</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1427885.5</x:v>
+        <x:v>1662164</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7641</x:v>
+        <x:v>10529</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1137540.1</x:v>
+        <x:v>1485010.2</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4013</x:v>
+        <x:v>15816</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1125205.1</x:v>
+        <x:v>1352900.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>11912</x:v>
+        <x:v>46841</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>984884.2</x:v>
+        <x:v>1333563.3</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>8988</x:v>
+        <x:v>4274</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>955604.2</x:v>
+        <x:v>1328444.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>8199</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>948296.3</x:v>
+        <x:v>1239339.7</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4181</x:v>
+        <x:v>9417</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>928182</x:v>
+        <x:v>1113277.7</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>10917</x:v>
+        <x:v>9136</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>885805.4</x:v>
+        <x:v>1047077</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>37318</x:v>
+        <x:v>8674</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>879958.4</x:v>
+        <x:v>1040880</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8195</x:v>
+        <x:v>4379</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>872767.5</x:v>
+        <x:v>1031166.9</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2849</x:v>
+        <x:v>5995</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>865041.9</x:v>
+        <x:v>1014054.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>15271</x:v>
+        <x:v>8589</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>857924.8</x:v>
+        <x:v>1008262.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3590</x:v>
+        <x:v>12479</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>843901.3</x:v>
+        <x:v>961132.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5722</x:v>
+        <x:v>15997</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>826256.8</x:v>
+        <x:v>943183.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>11103</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>825286</x:v>
+        <x:v>941765.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1205</x:v>
+        <x:v>11436</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>807880.2</x:v>
+        <x:v>912821.5</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3837</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>793952</x:v>
+        <x:v>891433.6</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2448</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>758414.9</x:v>
+        <x:v>856683.5</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>996</x:v>
+        <x:v>4020</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>752488</x:v>
+        <x:v>837647.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1925</x:v>
+        <x:v>7449</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>716562</x:v>
+        <x:v>828403.3</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>12238</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>699401.7</x:v>
+        <x:v>813244.7</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6346</x:v>
+        <x:v>5076</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>693617.8</x:v>
+        <x:v>790840.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>8155</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>689994.6</x:v>
+        <x:v>715496.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4845</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>635373.3</x:v>
+        <x:v>666444.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6548</x:v>
+        <x:v>3168</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>634370.2</x:v>
+        <x:v>648584.6</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4810</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>625059.5</x:v>
+        <x:v>630827.2</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6512</x:v>
+        <x:v>11591</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>611346.6</x:v>
+        <x:v>626377.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3024</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>590526.7</x:v>
+        <x:v>625874</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s"/>
+      <x:c r="A45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>586408.3</x:v>
+        <x:v>8542</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>586408.3</x:v>
+        <x:v>605713.2</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>40735</x:v>
+        <x:v>42676</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>558476.9</x:v>
+        <x:v>591062.6</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>11063</x:v>
+        <x:v>6821</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>556468.9</x:v>
+        <x:v>565324.5</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>1830</x:v>
+        <x:v>8001</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>550683.6</x:v>
+        <x:v>549348.7</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>12958</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>526354</x:v>
+        <x:v>547288.5</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>1849</x:v>
+        <x:v>3299</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>492370.2</x:v>
+        <x:v>540541.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>512</x:v>
+        <x:v>4503</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>488780.8</x:v>
+        <x:v>523473.8</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3778</x:v>
+        <x:v>3958</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>485321.9</x:v>
+        <x:v>520912.4</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2153</x:v>
+        <x:v>8176</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>479128.6</x:v>
+        <x:v>520647.7</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>7638</x:v>
+        <x:v>12820</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>478520.7</x:v>
+        <x:v>518697.2</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>4299</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>465581.7</x:v>
+        <x:v>507464.6</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2895</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>450867.3</x:v>
+        <x:v>506300.2</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2063</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>448620</x:v>
+        <x:v>497885</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1590</x:v>
+        <x:v>3506</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>442783.2</x:v>
+        <x:v>486913.3</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>7139</x:v>
+        <x:v>6973</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>411063.6</x:v>
+        <x:v>462588.8</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3347</x:v>
+        <x:v>7478</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>407430.3</x:v>
+        <x:v>459672.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>14226</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>401030.9</x:v>
+        <x:v>433333.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4140</x:v>
+        <x:v>4338</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>382991.4</x:v>
+        <x:v>427770.2</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2369</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>370985.4</x:v>
+        <x:v>405754.5</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3592</x:v>
+        <x:v>13576</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>367066.5</x:v>
+        <x:v>404972.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>721</x:v>
+        <x:v>3763</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>366318.5</x:v>
+        <x:v>404898.8</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>13451</x:v>
+        <x:v>14093</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>361562.9</x:v>
+        <x:v>385584.5</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1991</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>358917.6</x:v>
+        <x:v>374188.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6655</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>340736</x:v>
+        <x:v>366413.8</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>10167</x:v>
+        <x:v>10650</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>340696.2</x:v>
+        <x:v>364656</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>18283</x:v>
+        <x:v>7267</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>324523.3</x:v>
+        <x:v>356155.7</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3655</x:v>
+        <x:v>19153</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>315463.1</x:v>
+        <x:v>355096.6</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>9884</x:v>
+        <x:v>14848</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>311543.7</x:v>
+        <x:v>353530.9</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="3" t="s">
+      <x:c r="A73" s="3" t="s"/>
+      <x:c r="B73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B73" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6937</x:v>
+        <x:v>340084.7</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>308627.1</x:v>
+        <x:v>340084.7</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3939</x:v>
+        <x:v>15169</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>307635.9</x:v>
+        <x:v>329622.4</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>833</x:v>
+        <x:v>5145</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>306560.7</x:v>
+        <x:v>328868.4</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2838</x:v>
+        <x:v>11907</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>303949.8</x:v>
+        <x:v>328037.9</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>14173</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>302735.3</x:v>
+        <x:v>325674</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1244</x:v>
+        <x:v>10355</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>294517</x:v>
+        <x:v>325147</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>11367</x:v>
+        <x:v>3829</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>292927.6</x:v>
+        <x:v>316773.2</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>5860</x:v>
+        <x:v>6139</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>289015.2</x:v>
+        <x:v>316526.8</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>28460</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>277200.4</x:v>
+        <x:v>305528.8</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>3599</x:v>
+        <x:v>4128</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>276835.1</x:v>
+        <x:v>301055</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>1681</x:v>
+        <x:v>3770</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>270103.1</x:v>
+        <x:v>297415.3</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2094</x:v>
+        <x:v>10081</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>267550.4</x:v>
+        <x:v>294062.8</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2937</x:v>
+        <x:v>4647</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>258573.5</x:v>
+        <x:v>293086.3</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>12534</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>257448.4</x:v>
+        <x:v>292590</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2068</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>255522.1</x:v>
+        <x:v>280583.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>4471</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>254981.1</x:v>
+        <x:v>278837.7</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4114</x:v>
+        <x:v>4684</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>248362.2</x:v>
+        <x:v>278510.6</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3659</x:v>
+        <x:v>9811</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>245592.1</x:v>
+        <x:v>277258.9</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>2131</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>242742.2</x:v>
+        <x:v>273788.1</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>9364</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>239250.2</x:v>
+        <x:v>268687.4</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1085</x:v>
+        <x:v>3833</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>237701.8</x:v>
+        <x:v>265626.9</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>25084</x:v>
+        <x:v>26278</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>236040.4</x:v>
+        <x:v>260152.2</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>4733</x:v>
+        <x:v>2769</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>227610</x:v>
+        <x:v>255163.4</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>2758</x:v>
+        <x:v>3774</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>218543.9</x:v>
+        <x:v>248782.1</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2094</x:v>
+        <x:v>4958</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>212206</x:v>
+        <x:v>239074.8</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2722</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>202925.1</x:v>
+        <x:v>239101.4</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1655</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>198020.8</x:v>
+        <x:v>236072.2</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2724</x:v>
+        <x:v>29816</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>197026.9</x:v>
+        <x:v>229285</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1637</x:v>
+        <x:v>2851</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>187780.3</x:v>
+        <x:v>222520.6</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>9307</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>184557.8</x:v>
+        <x:v>221668.4</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>2174</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>184029.1</x:v>
+        <x:v>216544.3</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1244</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>179882.4</x:v>
+        <x:v>210906.1</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>303</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>176670.2</x:v>
+        <x:v>207497.9</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2099</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>171887.1</x:v>
+        <x:v>202849.9</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>6226</x:v>
+        <x:v>2890</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>171526.3</x:v>
+        <x:v>200334.8</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2759</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>170202.7</x:v>
+        <x:v>199401</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>5988</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>168622.1</x:v>
+        <x:v>198149.1</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2886</x:v>
+        <x:v>6273</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>165771.8</x:v>
+        <x:v>195341.2</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>6109</x:v>
+        <x:v>6523</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>163110.3</x:v>
+        <x:v>194972.5</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2223</x:v>
+        <x:v>9751</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>157855.2</x:v>
+        <x:v>192679.8</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>9211</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>156863.3</x:v>
+        <x:v>191896.6</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>389</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>156619.2</x:v>
+        <x:v>191588.6</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>8825</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>155673</x:v>
+        <x:v>190476.7</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>5092</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>151181.5</x:v>
+        <x:v>190450.2</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>1599</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>147283.9</x:v>
+        <x:v>176997.8</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>1153</x:v>
+        <x:v>2853</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>136595.9</x:v>
+        <x:v>174346.8</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>398</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>131168.9</x:v>
+        <x:v>174081.6</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>4447</x:v>
+        <x:v>9649</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>130030.3</x:v>
+        <x:v>171076.8</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1776</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>129807.8</x:v>
+        <x:v>169831.7</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1923</x:v>
+        <x:v>5335</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>125052.7</x:v>
+        <x:v>167785.8</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>1599</x:v>
+        <x:v>9245</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>123714.6</x:v>
+        <x:v>165762.9</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>1989</x:v>
+        <x:v>6400</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>121388.7</x:v>
+        <x:v>165312</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>1771</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>118763.3</x:v>
+        <x:v>159895.9</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>2332</x:v>
+        <x:v>4459</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>118675.5</x:v>
+        <x:v>156198.8</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>1022</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>115138.5</x:v>
+        <x:v>155579.8</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>1443</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>111875.8</x:v>
+        <x:v>149209.2</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>2287</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>111742.8</x:v>
+        <x:v>147075</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>2308</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>110530.1</x:v>
+        <x:v>139293.5</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>3139</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>109268.6</x:v>
+        <x:v>137175.3</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>2340</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>108084.6</x:v>
+        <x:v>132728.2</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>1648</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>107878.1</x:v>
+        <x:v>130572.1</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>3134</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>106932.1</x:v>
+        <x:v>128165.4</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>3263</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>106422.8</x:v>
+        <x:v>126645.1</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>592</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>104257.1</x:v>
+        <x:v>124433.4</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>1871</x:v>
+        <x:v>4660</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>102325</x:v>
+        <x:v>123210.4</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>3459</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>97855.1</x:v>
+        <x:v>123161.7</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>1111</x:v>
+        <x:v>3289</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>95334.9</x:v>
+        <x:v>121397</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>2200</x:v>
+        <x:v>3284</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>91960</x:v>
+        <x:v>114283.2</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>2088</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>90911.5</x:v>
+        <x:v>113666.7</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>888</x:v>
+        <x:v>3624</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>84004.8</x:v>
+        <x:v>112162.8</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>3533</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>79775.1</x:v>
+        <x:v>111787.2</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>249</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>79377.5</x:v>
+        <x:v>109488.7</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>819</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>78648.6</x:v>
+        <x:v>107616.1</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>2810</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>76460.1</x:v>
+        <x:v>105639.1</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>701</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>68018</x:v>
+        <x:v>104903.1</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>734</x:v>
+        <x:v>3419</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>66419.7</x:v>
+        <x:v>104176.9</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>587</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>63848</x:v>
+        <x:v>101202.6</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>2883</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>60197</x:v>
+        <x:v>96510.4</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>462</x:v>
+        <x:v>8376</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>57907.1</x:v>
+        <x:v>92219.8</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>329</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>57825</x:v>
+        <x:v>91128.2</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>790</x:v>
+        <x:v>3647</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>57124.9</x:v>
+        <x:v>89023.3</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>88</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>56923.7</x:v>
+        <x:v>88708.7</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>1454</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>54612.2</x:v>
+        <x:v>83466.2</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>1583</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>53378.8</x:v>
+        <x:v>82939.4</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>2321</x:v>
+        <x:v>2945</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>51665.5</x:v>
+        <x:v>80869.7</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>553</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>50959</x:v>
+        <x:v>76769</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>823</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>50301.8</x:v>
+        <x:v>76020.1</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>1220</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>50349.4</x:v>
+        <x:v>69583.2</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>563</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>50236.5</x:v>
+        <x:v>66871.4</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>3987</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>50276.1</x:v>
+        <x:v>64629.6</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>813</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>48511.7</x:v>
+        <x:v>63573.4</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>785</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>48340.3</x:v>
+        <x:v>63496.2</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>582</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>44720.9</x:v>
+        <x:v>62001.3</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>292</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>43087.5</x:v>
+        <x:v>57188.7</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>115</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>42811.1</x:v>
+        <x:v>56714.7</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>437</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>42590</x:v>
+        <x:v>55461.1</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>301</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>40860.8</x:v>
+        <x:v>53829.8</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>523</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>37425.9</x:v>
+        <x:v>53616.4</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="3" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>537</x:v>
+        <x:v>4295</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>37026.2</x:v>
+        <x:v>51325.3</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="3" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>185</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>35788.3</x:v>
+        <x:v>49571.3</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s"/>
+      <x:c r="A173" s="3" t="s">
+        <x:v>511</x:v>
+      </x:c>
       <x:c r="B173" s="3" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>376.3</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>376.3</x:v>
+        <x:v>49164.5</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
-        <x:v>513</x:v>
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:7">
+      <x:c r="A174" s="3" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B174" s="3" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C174" s="3" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="n">
+        <x:v>2432</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="n">
+        <x:v>48907.5</x:v>
+      </x:c>
+      <x:c r="G174" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="3" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="B175" s="3" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="n">
+        <x:v>47731.8</x:v>
+      </x:c>
+      <x:c r="G175" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="3" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B176" s="3" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C176" s="3" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="n">
+        <x:v>46304.3</x:v>
+      </x:c>
+      <x:c r="G176" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
-      <x:c r="A177" s="1" t="s">
-        <x:v>516</x:v>
+      <x:c r="A177" s="3" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B177" s="3" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C177" s="3" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F177" s="4" t="n">
+        <x:v>46252.6</x:v>
+      </x:c>
+      <x:c r="G177" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="3" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B178" s="3" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C178" s="3" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F178" s="4" t="n">
+        <x:v>45943.2</x:v>
+      </x:c>
+      <x:c r="G178" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:7">
+      <x:c r="A179" s="3" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="B179" s="3" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F179" s="4" t="n">
+        <x:v>42090.1</x:v>
+      </x:c>
+      <x:c r="G179" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:7">
+      <x:c r="A180" s="3" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B180" s="3" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C180" s="3" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D180" s="4" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E180" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F180" s="4" t="n">
+        <x:v>41897.8</x:v>
+      </x:c>
+      <x:c r="G180" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:7">
+      <x:c r="A181" s="3" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B181" s="3" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C181" s="3" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D181" s="4" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E181" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F181" s="4" t="n">
+        <x:v>41200</x:v>
+      </x:c>
+      <x:c r="G181" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:7">
+      <x:c r="A182" s="3" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="B182" s="3" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C182" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D182" s="4" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E182" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F182" s="4" t="n">
+        <x:v>40280.9</x:v>
+      </x:c>
+      <x:c r="G182" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:7">
+      <x:c r="A183" s="3" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="B183" s="3" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D183" s="4" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E183" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F183" s="4" t="n">
+        <x:v>33562</x:v>
+      </x:c>
+      <x:c r="G183" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:7">
+      <x:c r="A184" s="3" t="s"/>
+      <x:c r="B184" s="3" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C184" s="3" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D184" s="4" t="n">
+        <x:v>1344.2</x:v>
+      </x:c>
+      <x:c r="E184" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F184" s="4" t="n">
+        <x:v>1344.2</x:v>
+      </x:c>
+      <x:c r="G184" s="3" t="s">
+        <x:v>546</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:7">
+      <x:c r="A186" s="3" t="s">
+        <x:v>547</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:7">
+      <x:c r="A187" s="3" t="s">
+        <x:v>548</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:7">
+      <x:c r="A188" s="1" t="s">
+        <x:v>549</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>