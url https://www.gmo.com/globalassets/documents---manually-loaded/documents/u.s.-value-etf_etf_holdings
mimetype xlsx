--- v4 (2026-02-13)
+++ v5 (2026-03-12)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b6c0541a4740aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2239885935d74e87bfee80d129c3dee4.psmdcp" Id="Rfd6709d8fd7246cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de3e9483e294332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2fc62c1003c4eddb388623657a26382.psmdcp" Id="R8c808fe9f7684ed7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="550" uniqueCount="550">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="517">
   <x:si>
     <x:t>Holdings - U.S. Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/12/2026 (%)</x:t>
+    <x:t>As of 03/11/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>XOM</x:t>
   </x:si>
@@ -67,1623 +67,1524 @@
   <x:si>
     <x:t>30231G102</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
     <x:t>JOHNSON + JOHNSON</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
     <x:t>MRK</x:t>
   </x:si>
   <x:si>
     <x:t>MERCK + CO. INC.</x:t>
   </x:si>
   <x:si>
     <x:t>58933Y105</x:t>
   </x:si>
   <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VERIZON COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92343V104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHEVRON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166764100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF AMERICA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>060505104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFIZER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717081103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMCAST CORP CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20030N101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUALCOMM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>747525103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRISTOL MYERS SQUIBB CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110122108</x:t>
+  </x:si>
+  <x:si>
     <x:t>META</x:t>
   </x:si>
   <x:si>
     <x:t>META PLATFORMS INC CLASS A</x:t>
   </x:si>
   <x:si>
     <x:t>30303M102</x:t>
   </x:si>
   <x:si>
-    <x:t>GOOGL</x:t>
-[...77 lines deleted...]
-    <x:t>747525103</x:t>
+    <x:t>T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT+T INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00206R102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPMORGAN CHASE + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46625H100</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO</x:t>
   </x:si>
   <x:si>
     <x:t>CISCO SYSTEMS INC</x:t>
   </x:si>
   <x:si>
     <x:t>17275R102</x:t>
   </x:si>
   <x:si>
-    <x:t>T</x:t>
-[...14 lines deleted...]
-    <x:t>46625H100</x:t>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
   </x:si>
   <x:si>
     <x:t>CI</x:t>
   </x:si>
   <x:si>
     <x:t>THE CIGNA GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>125523100</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TGT</x:t>
   </x:si>
   <x:si>
     <x:t>TARGET CORP</x:t>
   </x:si>
   <x:si>
     <x:t>87612E106</x:t>
   </x:si>
   <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC FINANCIAL SERVICES GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693475105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650100</x:t>
+  </x:si>
+  <x:si>
     <x:t>UPS</x:t>
   </x:si>
   <x:si>
     <x:t>UNITED PARCEL SERVICE CL B</x:t>
   </x:si>
   <x:si>
     <x:t>911312106</x:t>
   </x:si>
   <x:si>
-    <x:t>PNC</x:t>
-[...5 lines deleted...]
-    <x:t>693475105</x:t>
+    <x:t>GM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROGRESSIVE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>743315103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902973304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428X106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGENERON PHARMACEUTICALS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75886F107</x:t>
   </x:si>
   <x:si>
     <x:t>PEP</x:t>
   </x:si>
   <x:si>
     <x:t>PEPSICO INC</x:t>
   </x:si>
   <x:si>
     <x:t>713448108</x:t>
   </x:si>
   <x:si>
-    <x:t>C</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>COF</x:t>
   </x:si>
   <x:si>
     <x:t>CAPITAL ONE FINANCIAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>14040H105</x:t>
   </x:si>
   <x:si>
+    <x:t>HIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARTFORD INSURANCE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416515104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLSTATE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>020002101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITEDHEALTH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91324P102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHUBB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H1467J104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBAY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278642103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILEAD SCIENCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375558103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KROGER CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501044101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYPAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70450Y103</x:t>
+  </x:si>
+  <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
     <x:t>NORTHROP GRUMMAN CORP</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
-    <x:t>PGR</x:t>
-[...41 lines deleted...]
-    <x:t>416515104</x:t>
+    <x:t>TFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUIST FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89832Q109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGNIZANT TECH SOLUTIONS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192446102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORD MOTOR CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345370860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRAVELERS COS INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89417E109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLAC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001055102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857477103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR HORTON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23331A109</x:t>
   </x:si>
   <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
     <x:t>ELEVANCE HEALTH INC</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
-    <x:t>ALL</x:t>
-[...68 lines deleted...]
-    <x:t>501044101</x:t>
+    <x:t>SWKS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKYWORKS SOLUTIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83088M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141G104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M + T BANK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55261F104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVNET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>053807103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEAR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521865204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCH CAPITAL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0450A105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H+R BLOCK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>093671105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSHKOSH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688239201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIMBERLY CLARK CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494368103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
   </x:si>
   <x:si>
     <x:t>HON</x:t>
   </x:si>
   <x:si>
     <x:t>HONEYWELL INTERNATIONAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>438516106</x:t>
   </x:si>
   <x:si>
-    <x:t>DHI</x:t>
-[...140 lines deleted...]
-    <x:t>494368103</x:t>
+    <x:t>RDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIAN GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750236101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KENVUE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49177J102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN EXPRESS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATCH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57667L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROCS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227046109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEWLETT PACKARD ENTERPRISE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42824C109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03743Q108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MILLS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370334104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354613101</x:t>
   </x:si>
   <x:si>
     <x:t>MTG</x:t>
   </x:si>
   <x:si>
     <x:t>MGIC INVESTMENT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>552848103</x:t>
   </x:si>
   <x:si>
-    <x:t>AXP</x:t>
-[...5 lines deleted...]
-    <x:t>025816109</x:t>
+    <x:t>SLB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>806857108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB HOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48666K109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACADEMY SPORTS + OUTDOORS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00402L107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MACY S INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55616P104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PULTEGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745867101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METLIFE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59156R108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCHER DANIELS MIDLAND CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039483102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXP SEMICONDUCTORS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N6596X109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T ROWE PRICE GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74144T108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN UNION CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959802109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209S103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JANUS HENDERSON GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G4474Y214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOVA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29357K103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELLS FARGO + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMNICOM GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681919106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL TECHNOLOGIES  C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24703L202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTONATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05329W102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZOOM COMMUNICATIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98980L101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUNE BRANDS INNOVATIONS I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34964C106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLGATE PALMOLIVE CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194162103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NEW YORK MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064058100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI PROPERTIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925652109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORGANON + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68622V106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERITAGE HOMES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59001A102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOLLAR GENERAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256677105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165B103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEURIG DR PEPPER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49271V100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693656100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40434L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALT DISNEY CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254687106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARRIER GLOBAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14448C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINDER MORGAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49456B101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPG INDUSTRIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693506107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LENNAR CORP W/D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526057104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BREAD FINANCIAL HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>018581108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARROW ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>042735100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNET JEWELERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G81276100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOSAIC CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61945C103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOXA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTSONS COS INC   CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>013091103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALLIBURTON CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406216101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUMANA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444859102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRI POINTE HOMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87265H109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON BANCSHARES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446150104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN INTERNATIONAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>026874784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDTRONIC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G5960L103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PACCAR INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693718108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUNGE GLOBAL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H11356104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78442P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUP 1 AUTOMOTIVE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398905109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEST BUY CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086516101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRDO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERDOCEO EDUCATION CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71363P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FITB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316773100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETAPP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110D104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMMERCIAL METALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201723103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3265R107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDERATED HERMES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314211103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOX CORP   CLASS B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35137L204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKQ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501889208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RESMED INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>761152107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE HEALTHCARE TECHNOLOGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36266G107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGIONS FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7591EP100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIKE INC  CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>654106103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DROPBOX INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26210C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENPACT LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3922B107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMKEN CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887389104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YETI HOLDINGS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98585X104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSKY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT SKYDANCE CL B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69932A204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXTRON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883203101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAMAI TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00971T101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORO CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891092108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATH + BODY WORKS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>070830104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONCENTRIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20602D101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP INC/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364760108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESCO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G491BT108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEVON ENERGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25179M103</x:t>
   </x:si>
   <x:si>
     <x:t>AMP</x:t>
   </x:si>
   <x:si>
     <x:t>AMERIPRISE FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>03076C106</x:t>
   </x:si>
   <x:si>
-    <x:t>RDN</x:t>
-[...835 lines deleted...]
-  <x:si>
     <x:t>PRU</x:t>
   </x:si>
   <x:si>
     <x:t>PRUDENTIAL FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>744320102</x:t>
   </x:si>
   <x:si>
-    <x:t>DVN</x:t>
-[...5 lines deleted...]
-    <x:t>25179M103</x:t>
+    <x:t>VNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VONTIER CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928881101</x:t>
   </x:si>
   <x:si>
     <x:t>NEU</x:t>
   </x:si>
   <x:si>
     <x:t>NEWMARKET CORP</x:t>
   </x:si>
   <x:si>
     <x:t>651587107</x:t>
   </x:si>
   <x:si>
-    <x:t>VNT</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>TEX</x:t>
   </x:si>
   <x:si>
     <x:t>TEREX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>880779103</x:t>
   </x:si>
   <x:si>
     <x:t>TSN</x:t>
   </x:si>
   <x:si>
     <x:t>TYSON FOODS INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>902494103</x:t>
   </x:si>
   <x:si>
-    <x:t>PFG</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SYY</x:t>
   </x:si>
   <x:si>
     <x:t>SYSCO CORP</x:t>
   </x:si>
   <x:si>
     <x:t>871829107</x:t>
   </x:si>
   <x:si>
+    <x:t>CVSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COVISTA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00737L103</x:t>
+  </x:si>
+  <x:si>
     <x:t>OBDC</x:t>
   </x:si>
   <x:si>
     <x:t>BLUE OWL CAPITAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>69121K104</x:t>
   </x:si>
   <x:si>
+    <x:t>MAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATTEL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>577081102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNAP ON INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>833034101</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOL</x:t>
   </x:si>
   <x:si>
     <x:t>TOLL BROTHERS INC</x:t>
   </x:si>
   <x:si>
     <x:t>889478103</x:t>
   </x:si>
   <x:si>
+    <x:t>TSLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIXTH STREET SPECIALTY LENDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83012A109</x:t>
+  </x:si>
+  <x:si>
     <x:t>LNC</x:t>
   </x:si>
   <x:si>
     <x:t>LINCOLN NATIONAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>534187109</x:t>
   </x:si>
   <x:si>
-    <x:t>TSLX</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>MHO</x:t>
   </x:si>
   <x:si>
     <x:t>M/I HOMES INC</x:t>
   </x:si>
   <x:si>
     <x:t>55305B101</x:t>
   </x:si>
   <x:si>
+    <x:t>ANF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERCROMBIE + FITCH CO CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002896207</x:t>
+  </x:si>
+  <x:si>
     <x:t>FNF</x:t>
   </x:si>
   <x:si>
     <x:t>FIDELITY NATIONAL FINANCIAL</x:t>
   </x:si>
   <x:si>
     <x:t>31620R303</x:t>
   </x:si>
   <x:si>
-    <x:t>ANF</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DAL</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA AIR LINES INC</x:t>
   </x:si>
   <x:si>
     <x:t>247361702</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>525327102</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2042,51 +1943,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G188"/>
+  <x:dimension ref="A1:G177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.020625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.660625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -2101,4165 +2002,3912 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>21541</x:v>
+        <x:v>22231</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>3328730.7</x:v>
+        <x:v>3293078</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>12119</x:v>
+        <x:v>12780</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>2918982.3</x:v>
+        <x:v>3114613.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>19404</x:v>
+        <x:v>20580</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>2315091.2</x:v>
+        <x:v>2409712.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3430</x:v>
+        <x:v>7789</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>2293606.7</x:v>
+        <x:v>2391534.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7345</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2284001.2</x:v>
+        <x:v>2223481.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>10962</x:v>
+        <x:v>10645</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2036958.8</x:v>
+        <x:v>1983057.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>41343</x:v>
+        <x:v>37578</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>2024566.7</x:v>
+        <x:v>1824787.7</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>35430</x:v>
+        <x:v>67136</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1907905.5</x:v>
+        <x:v>1823413.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>63955</x:v>
+        <x:v>11478</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1773472.2</x:v>
+        <x:v>1790682.8</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>10822</x:v>
+        <x:v>54275</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1731520</x:v>
+        <x:v>1686324.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>27936</x:v>
+        <x:v>11169</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1674204.5</x:v>
+        <x:v>1510048.8</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>51175</x:v>
+        <x:v>24875</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1662164</x:v>
+        <x:v>1495733.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10529</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1485010.2</x:v>
+        <x:v>1443532.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>15816</x:v>
+        <x:v>49681</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1352900.6</x:v>
+        <x:v>1376660.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>46841</x:v>
+        <x:v>4534</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>1333563.3</x:v>
+        <x:v>1309101.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4274</x:v>
+        <x:v>16776</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>1328444.7</x:v>
+        <x:v>1303495.2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4205</x:v>
+        <x:v>9989</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>1239339.7</x:v>
+        <x:v>1277493.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>9417</x:v>
+        <x:v>4461</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>1113277.7</x:v>
+        <x:v>1170744.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>9136</x:v>
+        <x:v>9688</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>1047077</x:v>
+        <x:v>1169729.1</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8674</x:v>
+        <x:v>9109</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>1040880</x:v>
+        <x:v>992607.7</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4379</x:v>
+        <x:v>4643</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>1031166.9</x:v>
+        <x:v>958268.8</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5995</x:v>
+        <x:v>12243</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>1014054.3</x:v>
+        <x:v>934385.8</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>8589</x:v>
+        <x:v>9198</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>1008262.7</x:v>
+        <x:v>928262.2</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>12479</x:v>
+        <x:v>12128</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>961132.6</x:v>
+        <x:v>908751</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>15997</x:v>
+        <x:v>7901</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>943183.1</x:v>
+        <x:v>901899.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2565</x:v>
+        <x:v>4264</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>941765.4</x:v>
+        <x:v>882477.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>11436</x:v>
+        <x:v>16965</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>912821.5</x:v>
+        <x:v>881331.8</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4158</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>891433.6</x:v>
+        <x:v>880701.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1262</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>856683.5</x:v>
+        <x:v>855409.2</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4020</x:v>
+        <x:v>5220</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>837647.4</x:v>
+        <x:v>839271.6</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>7449</x:v>
+        <x:v>4410</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>828403.3</x:v>
+        <x:v>815276.7</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1044</x:v>
+        <x:v>5342</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>813244.7</x:v>
+        <x:v>733189.5</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5076</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>790840.8</x:v>
+        <x:v>697200</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5038</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>715496.8</x:v>
+        <x:v>671969.2</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2018</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>666444.5</x:v>
+        <x:v>661212.9</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3168</x:v>
+        <x:v>7233</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>648584.6</x:v>
+        <x:v>657190.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1917</x:v>
+        <x:v>4237</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>630827.2</x:v>
+        <x:v>629448.7</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11591</x:v>
+        <x:v>8485</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>626377.6</x:v>
+        <x:v>612956.4</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2244</x:v>
+        <x:v>13596</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>625874</x:v>
+        <x:v>612091.9</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8542</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>605713.2</x:v>
+        <x:v>598273.7</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>42676</x:v>
+        <x:v>12295</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>591062.6</x:v>
+        <x:v>573561.8</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6821</x:v>
+        <x:v>9058</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>565324.5</x:v>
+        <x:v>570472.8</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>8001</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>549348.7</x:v>
+        <x:v>554031.4</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2255</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>547288.5</x:v>
+        <x:v>533806.6</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3299</x:v>
+        <x:v>4775</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>540541.2</x:v>
+        <x:v>526682.5</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4503</x:v>
+        <x:v>4198</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>523473.8</x:v>
+        <x:v>514464.9</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3958</x:v>
+        <x:v>3499</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>520912.4</x:v>
+        <x:v>508334.7</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>8176</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>520647.7</x:v>
+        <x:v>486492.3</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>12820</x:v>
+        <x:v>8672</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>518697.2</x:v>
+        <x:v>476353</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2162</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>507464.6</x:v>
+        <x:v>473604.1</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>536</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>506300.2</x:v>
+        <x:v>468251.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="3" t="s">
+      <x:c r="A57" s="3" t="s"/>
+      <x:c r="B57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B57" s="3" t="s">
+      <x:c r="C57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1665</x:v>
+        <x:v>451941.4</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>497885</x:v>
+        <x:v>451941.4</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3506</x:v>
+        <x:v>7397</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>486913.3</x:v>
+        <x:v>448702</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6973</x:v>
+        <x:v>7930</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>462588.8</x:v>
+        <x:v>448679.4</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>7478</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>459672.7</x:v>
+        <x:v>443445.9</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>2483</x:v>
+        <x:v>4602</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>433333.2</x:v>
+        <x:v>442666.4</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4338</x:v>
+        <x:v>14400</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>427770.2</x:v>
+        <x:v>432864</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2087</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>405754.5</x:v>
+        <x:v>412008.6</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>13576</x:v>
+        <x:v>3991</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>404972.1</x:v>
+        <x:v>405924.6</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3763</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>404898.8</x:v>
+        <x:v>377502.5</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>14093</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>385584.5</x:v>
+        <x:v>376795.3</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1057</x:v>
+        <x:v>11294</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>374188.6</x:v>
+        <x:v>373379.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>754</x:v>
+        <x:v>20313</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>366413.8</x:v>
+        <x:v>364821.5</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>10650</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>364656</x:v>
+        <x:v>339831.2</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>7267</x:v>
+        <x:v>10983</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>356155.7</x:v>
+        <x:v>338715.7</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>19153</x:v>
+        <x:v>4061</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>355096.6</x:v>
+        <x:v>336697.5</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>14848</x:v>
+        <x:v>15748</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>353530.9</x:v>
+        <x:v>332282.8</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="3" t="s"/>
+      <x:c r="A73" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="B73" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>340084.7</x:v>
+        <x:v>10407</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>340084.7</x:v>
+        <x:v>331150.7</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>15169</x:v>
+        <x:v>7707</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>329622.4</x:v>
+        <x:v>325852</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>5145</x:v>
+        <x:v>12627</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>328868.4</x:v>
+        <x:v>318452.9</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>11907</x:v>
+        <x:v>12037</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>328037.9</x:v>
+        <x:v>317656.4</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1304</x:v>
+        <x:v>6511</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>325674</x:v>
+        <x:v>313244.2</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>10355</x:v>
+        <x:v>5457</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>325147</x:v>
+        <x:v>305155.4</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3829</x:v>
+        <x:v>4968</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>316773.2</x:v>
+        <x:v>297881.3</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>6139</x:v>
+        <x:v>16089</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>316526.8</x:v>
+        <x:v>289441.1</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2193</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>305528.8</x:v>
+        <x:v>289206.8</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>4128</x:v>
+        <x:v>3998</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>301055</x:v>
+        <x:v>282258.8</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3770</x:v>
+        <x:v>4065</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>297415.3</x:v>
+        <x:v>282070.4</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>10081</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>294062.8</x:v>
+        <x:v>280993.5</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4647</x:v>
+        <x:v>3153</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>293086.3</x:v>
+        <x:v>281058.4</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2233</x:v>
+        <x:v>27870</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>292590</x:v>
+        <x:v>271175.1</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2167</x:v>
+        <x:v>4002</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>280583.2</x:v>
+        <x:v>268694.3</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2973</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>278837.7</x:v>
+        <x:v>267474.5</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4684</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>278510.6</x:v>
+        <x:v>261289.2</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>9811</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>277258.9</x:v>
+        <x:v>260098.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>3078</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>273788.1</x:v>
+        <x:v>255727.8</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1762</x:v>
+        <x:v>3066</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>268687.4</x:v>
+        <x:v>245831.9</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>3833</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>265626.9</x:v>
+        <x:v>244747.6</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>26278</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>260152.2</x:v>
+        <x:v>231011.5</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2769</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>255163.4</x:v>
+        <x:v>224328.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>3774</x:v>
+        <x:v>4927</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>248782.1</x:v>
+        <x:v>223045.3</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>4958</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>239074.8</x:v>
+        <x:v>222715.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1146</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>239101.4</x:v>
+        <x:v>212026.5</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1136</x:v>
+        <x:v>7091</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>236072.2</x:v>
+        <x:v>207837.2</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>29816</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>229285</x:v>
+        <x:v>204923.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>2851</x:v>
+        <x:v>3023</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>222520.6</x:v>
+        <x:v>202934</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>2193</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>221668.4</x:v>
+        <x:v>202064</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>2272</x:v>
+        <x:v>2964</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>216544.3</x:v>
+        <x:v>194023.4</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1733</x:v>
+        <x:v>6919</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>210906.1</x:v>
+        <x:v>194008.8</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>1715</x:v>
+        <x:v>3067</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>207497.9</x:v>
+        <x:v>193282.3</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>3024</x:v>
+        <x:v>10343</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>202849.9</x:v>
+        <x:v>191242.1</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2890</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>200334.8</x:v>
+        <x:v>190481.6</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>1606</x:v>
+        <x:v>3208</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>199401</x:v>
+        <x:v>187443.4</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>2891</x:v>
+        <x:v>5659</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>198149.1</x:v>
+        <x:v>186520.6</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>6273</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>195341.2</x:v>
+        <x:v>183332.2</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>6523</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>194972.5</x:v>
+        <x:v>179571.7</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>9751</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>192679.8</x:v>
+        <x:v>179152.1</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>1304</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>191896.6</x:v>
+        <x:v>179008.8</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1772</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>191588.6</x:v>
+        <x:v>177170.3</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>1207</x:v>
+        <x:v>6653</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>190476.7</x:v>
+        <x:v>176171.4</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>318</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>190450.2</x:v>
+        <x:v>175934</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>2328</x:v>
+        <x:v>10233</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>176997.8</x:v>
+        <x:v>171505.1</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>2853</x:v>
+        <x:v>4731</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>174346.8</x:v>
+        <x:v>167193.5</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>2198</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>174081.6</x:v>
+        <x:v>163029.2</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>9649</x:v>
+        <x:v>3489</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>171076.8</x:v>
+        <x:v>161889.6</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1839</x:v>
+        <x:v>9805</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>169831.7</x:v>
+        <x:v>156782</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>5335</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>167785.8</x:v>
+        <x:v>155085.4</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>9245</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>165762.9</x:v>
+        <x:v>141307.1</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>6400</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>165312</x:v>
+        <x:v>140919.7</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>2419</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>159895.9</x:v>
+        <x:v>135796.5</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>4459</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>156198.8</x:v>
+        <x:v>135614.6</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>887</x:v>
+        <x:v>6788</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>155579.8</x:v>
+        <x:v>135420.6</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>1860</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>149209.2</x:v>
+        <x:v>134877.1</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>1875</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>147075</x:v>
+        <x:v>127461.6</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>1674</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>139293.5</x:v>
+        <x:v>124115.9</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>407</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>137175.3</x:v>
+        <x:v>120714.7</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>2443</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>132728.2</x:v>
+        <x:v>119683.9</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>1070</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>130572.1</x:v>
+        <x:v>117598.5</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>416</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>128165.4</x:v>
+        <x:v>115568.2</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>1512</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>126645.1</x:v>
+        <x:v>114996.1</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>1855</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>124433.4</x:v>
+        <x:v>113591.2</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>4660</x:v>
+        <x:v>3484</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>123210.4</x:v>
+        <x:v>106784.6</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>1163</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>123161.7</x:v>
+        <x:v>106010.2</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>3289</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>121397</x:v>
+        <x:v>104876.7</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>3284</x:v>
+        <x:v>3844</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>114283.2</x:v>
+        <x:v>102865.4</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>2395</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>113666.7</x:v>
+        <x:v>102626.4</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>3624</x:v>
+        <x:v>3867</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>112162.8</x:v>
+        <x:v>102088.8</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>2016</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>111787.2</x:v>
+        <x:v>101153.1</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>619</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>109488.7</x:v>
+        <x:v>100749.5</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>1726</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>107616.1</x:v>
+        <x:v>96304.3</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1961</x:v>
+        <x:v>8884</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>105639.1</x:v>
+        <x:v>91771.7</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>405</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>104903.1</x:v>
+        <x:v>84184.1</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>3419</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>104176.9</x:v>
+        <x:v>81301</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>930</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>101202.6</x:v>
+        <x:v>80924.7</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>2305</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>96510.4</x:v>
+        <x:v>80227</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>8376</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>92219.8</x:v>
+        <x:v>74718.2</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>2451</x:v>
+        <x:v>3125</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>91128.2</x:v>
+        <x:v>72281.3</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>3647</x:v>
+        <x:v>2757</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>89023.3</x:v>
+        <x:v>66085.3</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>261</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>88708.7</x:v>
+        <x:v>65462.6</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>858</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>83466.2</x:v>
+        <x:v>63862.4</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>3701</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>82939.4</x:v>
+        <x:v>62055.5</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>2945</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>80869.7</x:v>
+        <x:v>61466.9</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>770</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>76769</x:v>
+        <x:v>59201.2</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>2187</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>76020.1</x:v>
+        <x:v>55459.6</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>734</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>69583.2</x:v>
+        <x:v>55059.4</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>483</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>66871.4</x:v>
+        <x:v>54367.1</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>614</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>64629.6</x:v>
+        <x:v>51975.7</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>1414</x:v>
+        <x:v>4555</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>63573.4</x:v>
+        <x:v>51744.8</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>91</x:v>
+        <x:v>3205</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>63496.2</x:v>
+        <x:v>51408.2</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>1523</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>62001.3</x:v>
+        <x:v>47730</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>590</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>57188.7</x:v>
+        <x:v>47627.6</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>821</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>56714.7</x:v>
+        <x:v>47549.4</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>862</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>55461.1</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>580</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>53829.8</x:v>
+        <x:v>44708.2</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>609</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>53616.4</x:v>
+        <x:v>42199.4</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="3" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4295</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>51325.3</x:v>
+        <x:v>37800.4</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="3" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>307</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>49571.3</x:v>
+        <x:v>35562</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s">
+      <x:c r="A173" s="3" t="s"/>
+      <x:c r="B173" s="3" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="B173" s="3" t="s">
+      <x:c r="C173" s="3" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C173" s="3" t="s">
+      <x:c r="D173" s="4" t="n">
+        <x:v>3069.5</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="n">
+        <x:v>3069.5</x:v>
+      </x:c>
+      <x:c r="G173" s="3" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...33 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="3" t="s">
-        <x:v>517</x:v>
-[...17 lines deleted...]
-        <x:v>12</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="3" t="s">
-        <x:v>520</x:v>
-[...17 lines deleted...]
-        <x:v>12</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
-      <x:c r="A177" s="3" t="s">
-[...192 lines deleted...]
-        <x:v>549</x:v>
+      <x:c r="A177" s="1" t="s">
+        <x:v>516</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>