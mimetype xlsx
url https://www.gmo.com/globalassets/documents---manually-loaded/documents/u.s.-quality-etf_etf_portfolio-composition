--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0155533aa8544da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/672fd29552df4d71a36c64e8d5f26ca7.psmdcp" Id="Rd09582b134274f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536a737b27cc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c5a7fc9b7aa4aabbda9a050377019d9.psmdcp" Id="Ref2430adf61c40ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2023 to 08/31/2025</x:t>
+    <x:t>From 11/30/2023 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
   <x:si>
     <x:t>prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,144 +236,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Broadcom Inc</x:t>
+    <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
-    <x:t>Salesforce Inc</x:t>
+    <x:t>KLA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.1x</x:t>
-[...2 lines deleted...]
-    <x:t>26.5x</x:t>
+    <x:t>24.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.7%</x:t>
-[...2 lines deleted...]
-    <x:t>25.4%</x:t>
+    <x:t>26.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>264.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>354.8 USD</x:t>
+    <x:t>271.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -764,98 +764,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.66</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.23</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.09</x:v>
+        <x:v>10.92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -915,164 +915,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>38.3</x:v>
+        <x:v>39.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>33.5</x:v>
+        <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1122,271 +1122,271 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>80.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>68.7</x:v>
+        <x:v>69.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="18.080625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="18.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>