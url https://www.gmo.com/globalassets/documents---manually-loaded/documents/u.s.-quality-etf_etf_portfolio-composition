--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536a737b27cc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c5a7fc9b7aa4aabbda9a050377019d9.psmdcp" Id="Ref2430adf61c40ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd55d68e84e94433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0970f11338f4390af1bcd63e659c187.psmdcp" Id="R52fa7a2a38a140ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Risk Profile - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2023 to 09/30/2025</x:t>
+    <x:t>From 11/30/2023 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
   <x:si>
     <x:t>prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,144 +236,141 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Broadcom Inc</x:t>
+    <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Abbott Laboratories</x:t>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KLA Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Accenture PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.8x</x:t>
-[...2 lines deleted...]
-    <x:t>26.9x</x:t>
+    <x:t>25.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.8%</x:t>
-[...2 lines deleted...]
-    <x:t>25.1%</x:t>
+    <x:t>25.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>271.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>403.1 USD</x:t>
+    <x:t>275.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -764,98 +761,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.92</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -915,164 +912,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>39.8</x:v>
+        <x:v>36.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>34.8</x:v>
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1122,263 +1119,263 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>80.1</x:v>
+        <x:v>82.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>69.3</x:v>
+        <x:v>69.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="18.160625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="25.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
@@ -1428,84 +1425,84 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>