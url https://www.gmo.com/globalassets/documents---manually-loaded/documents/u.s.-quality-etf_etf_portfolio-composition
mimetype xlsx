--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd55d68e84e94433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0970f11338f4390af1bcd63e659c187.psmdcp" Id="R52fa7a2a38a140ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7dbd94ee294401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a7d69b4262f48b899bd54798028f03a.psmdcp" Id="R52f05d6b1c814b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Risk Profile - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2023 to 11/30/2025</x:t>
+    <x:t>From 11/30/2023 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
   <x:si>
     <x:t>prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,141 +236,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Thermo Fisher Scientific Inc</x:t>
+    <x:t>Salesforce Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KLA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.6x</x:t>
-[...2 lines deleted...]
-    <x:t>25.4x</x:t>
+    <x:t>26.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.8%</x:t>
+    <x:t>25.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>275.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>377.5 USD</x:t>
+    <x:t>262.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -761,98 +764,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.67</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.52</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -912,164 +915,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>10.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>36.7</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1122,268 +1125,268 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>82.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>69.9</x:v>
+        <x:v>69.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="25.250625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="18.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1425,84 +1428,84 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>