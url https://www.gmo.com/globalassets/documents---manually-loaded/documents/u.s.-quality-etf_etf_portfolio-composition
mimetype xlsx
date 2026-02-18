--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7dbd94ee294401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a7d69b4262f48b899bd54798028f03a.psmdcp" Id="R52f05d6b1c814b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc28df36d0e743e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8db94ebfd6564fd49a5646d3cd002b02.psmdcp" Id="R55fc929065b94c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Risk Profile - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2023 to 12/31/2025</x:t>
+    <x:t>From 11/30/2023 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P 500 Index is an independently maintained and widely published index comprised of U.S. large capitalization stocks. S&amp;P does not guarantee the accuracy, adequacy, completeness or</x:t>
   </x:si>
   <x:si>
     <x:t>availability of any data or information and is not responsible for any errors or omissions from the use of such data or information. Reproduction of the data or information in any form is</x:t>
   </x:si>
   <x:si>
     <x:t>prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,153 +236,150 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Accenture PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
+    <x:t>KLA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>KLA Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>26.5x</x:t>
-[...2 lines deleted...]
-    <x:t>25.2x</x:t>
+    <x:t>24.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.9%</x:t>
-[...2 lines deleted...]
-    <x:t>25.6%</x:t>
+    <x:t>25.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>262.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>347.5 USD</x:t>
+    <x:t>294.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>355.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3x</x:t>
+    <x:t>0.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -764,98 +761,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.53</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.38</x:v>
+        <x:v>10.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -915,153 +912,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>37</x:v>
+        <x:v>35.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>34.4</x:v>
+        <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1122,87 +1119,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>82.8</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>69.8</x:v>
+        <x:v>69.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
@@ -1243,150 +1240,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1428,84 +1425,84 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>