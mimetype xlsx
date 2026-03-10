--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc28df36d0e743e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8db94ebfd6564fd49a5646d3cd002b02.psmdcp" Id="R55fc929065b94c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra53250839bae47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bd30ae1f8194d849be2f44b4f3b58fc.psmdcp" Id="Re43855e875ee49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Risk Profile - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2023 to 01/31/2026</x:t>
+    <x:t>From 11/30/2023 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 500</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -761,98 +761,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.76</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.32</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>10.18</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>