--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c56b3b2122d4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4984c28c9f2446638c1e2430f2c6cfe4.psmdcp" Id="R78a7591ccf264730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref20f02bb0f342c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49fe736f8d3546feaa1a48a2a4996818.psmdcp" Id="R2b68bb34c36b43ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/03/2025 (%)</x:t>
+    <x:t>As of 10/29/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT</x:t>
   </x:si>
@@ -85,300 +85,300 @@
   <x:si>
     <x:t>ALPHABET INC CL A COMMON STOCK USD.001</x:t>
   </x:si>
   <x:si>
     <x:t>02079K305</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO</x:t>
   </x:si>
   <x:si>
     <x:t>BROADCOM INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>11135F101</x:t>
   </x:si>
   <x:si>
     <x:t>META</x:t>
   </x:si>
   <x:si>
     <x:t>META PLATFORMS INC CLASS A COMMON STOCK USD.000006</x:t>
   </x:si>
   <x:si>
     <x:t>30303M102</x:t>
   </x:si>
   <x:si>
-    <x:t>ORCL</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>AAPL</x:t>
   </x:si>
   <x:si>
     <x:t>APPLE INC COMMON STOCK USD.00001</x:t>
   </x:si>
   <x:si>
     <x:t>037833100</x:t>
   </x:si>
   <x:si>
+    <x:t>KLAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLA CORP COMMON STOCK USD.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482480100</x:t>
+  </x:si>
+  <x:si>
     <x:t>JNJ</x:t>
   </x:si>
   <x:si>
     <x:t>JOHNSON + JOHNSON COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>478160104</x:t>
   </x:si>
   <x:si>
+    <x:t>CRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALESFORCE INC COMMON STOCK USD.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79466L302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THERMO FISHER SCIENTIFIC INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883556102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCENTURE PLC CL A COMMON STOCK USD.0000225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1151C101</x:t>
+  </x:si>
+  <x:si>
     <x:t>ABT</x:t>
   </x:si>
   <x:si>
     <x:t>ABBOTT LABORATORIES COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>002824100</x:t>
   </x:si>
   <x:si>
-    <x:t>KLAC</x:t>
-[...32 lines deleted...]
-    <x:t>G1151C101</x:t>
+    <x:t>UNH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITEDHEALTH GROUP INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91324P102</x:t>
   </x:si>
   <x:si>
     <x:t>TXN</x:t>
   </x:si>
   <x:si>
     <x:t>TEXAS INSTRUMENTS INC COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>882508104</x:t>
   </x:si>
   <x:si>
-    <x:t>UNH</x:t>
-[...5 lines deleted...]
-    <x:t>91324P102</x:t>
+    <x:t>HLT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HILTON WORLDWIDE HOLDINGS IN COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43300A203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI LILLY + CO COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532457108</x:t>
   </x:si>
   <x:si>
     <x:t>PG</x:t>
   </x:si>
   <x:si>
     <x:t>PROCTER + GAMBLE CO/THE COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>742718109</x:t>
   </x:si>
   <x:si>
     <x:t>V</x:t>
   </x:si>
   <x:si>
     <x:t>VISA INC CLASS A SHARES COMMON STOCK USD.0001</x:t>
   </x:si>
   <x:si>
     <x:t>92826C839</x:t>
   </x:si>
   <x:si>
+    <x:t>AMZN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAZON.COM INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>023135106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELEVANCE HEALTH INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036752103</x:t>
+  </x:si>
+  <x:si>
     <x:t>USB</x:t>
   </x:si>
   <x:si>
     <x:t>US BANCORP COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>902973304</x:t>
   </x:si>
   <x:si>
-    <x:t>ELV</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>ARMK</x:t>
   </x:si>
   <x:si>
     <x:t>ARAMARK COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>03852U106</x:t>
   </x:si>
   <x:si>
+    <x:t>ISRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTUITIVE SURGICAL INC COMMON STOCK USD.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46120E602</x:t>
+  </x:si>
+  <x:si>
     <x:t>STZ</x:t>
   </x:si>
   <x:si>
     <x:t>CONSTELLATION BRANDS INC A COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>21036P108</x:t>
   </x:si>
   <x:si>
     <x:t>TJX</x:t>
   </x:si>
   <x:si>
     <x:t>TJX COMPANIES INC COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>872540109</x:t>
   </x:si>
   <x:si>
     <x:t>GE</x:t>
   </x:si>
   <x:si>
     <x:t>GENERAL ELECTRIC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>369604301</x:t>
   </x:si>
   <x:si>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELLS FARGO + CO COMMON STOCK USD1.666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
+  </x:si>
+  <x:si>
     <x:t>MRK</x:t>
   </x:si>
   <x:si>
     <x:t>MERCK + CO. INC. COMMON STOCK USD.5</x:t>
   </x:si>
   <x:si>
     <x:t>58933Y105</x:t>
   </x:si>
   <x:si>
     <x:t>UBER</x:t>
   </x:si>
   <x:si>
     <x:t>UBER TECHNOLOGIES INC COMMON STOCK USD.00001</x:t>
   </x:si>
   <x:si>
     <x:t>90353T100</x:t>
   </x:si>
   <x:si>
-    <x:t>WFC</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MDLZ</x:t>
   </x:si>
   <x:si>
     <x:t>MONDELEZ INTERNATIONAL INC A COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>609207105</x:t>
   </x:si>
   <x:si>
     <x:t>KO</x:t>
   </x:si>
   <x:si>
     <x:t>COCA COLA CO/THE COMMON STOCK USD.25</x:t>
   </x:si>
   <x:si>
     <x:t>191216100</x:t>
   </x:si>
   <x:si>
     <x:t>CI</x:t>
   </x:si>
   <x:si>
     <x:t>THE CIGNA GROUP COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>125523100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69370C100</x:t>
   </x:si>
   <x:si>
     <x:t>BF.B</x:t>
   </x:si>
   <x:si>
     <x:t>BROWN FORMAN CORP CLASS B COMMON STOCK USD.15</x:t>
   </x:si>
   <x:si>
     <x:t>115637209</x:t>
   </x:si>
   <x:si>
     <x:t>DGX</x:t>
   </x:si>
   <x:si>
     <x:t>QUEST DIAGNOSTICS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>74834L100</x:t>
   </x:si>
   <x:si>
     <x:t>TW</x:t>
   </x:si>
   <x:si>
     <x:t>TRADEWEB MARKETS INC CLASS A COMMON STOCK USD.00001</x:t>
   </x:si>
@@ -832,904 +832,904 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>406345</x:v>
+        <x:v>381842</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>209568370.3</x:v>
+        <x:v>206985092.9</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>973300</x:v>
+        <x:v>989272</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>143065367</x:v>
+        <x:v>153950508.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>518165</x:v>
+        <x:v>526626</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>127307958.9</x:v>
+        <x:v>140856656.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>356217</x:v>
+        <x:v>366217</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>120465465.1</x:v>
+        <x:v>136587954.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>159492</x:v>
+        <x:v>172314</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>115958658.6</x:v>
+        <x:v>129483632.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>396372</x:v>
+        <x:v>477478</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>114464306.2</x:v>
+        <x:v>128441582</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>442624</x:v>
+        <x:v>95666</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>113811909.1</x:v>
+        <x:v>115377022.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>577307</x:v>
+        <x:v>586807</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>107367555.9</x:v>
+        <x:v>109691832.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>727392</x:v>
+        <x:v>416228</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>96735862.1</x:v>
+        <x:v>105830131.3</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>83825</x:v>
+        <x:v>177213</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>95498469.5</x:v>
+        <x:v>98819285.2</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>359443</x:v>
+        <x:v>384696</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>85863743.8</x:v>
+        <x:v>97462731.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>162585</x:v>
+        <x:v>739309</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>85350621.6</x:v>
+        <x:v>93603912.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>313590</x:v>
+        <x:v>203449</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>76622580.6</x:v>
+        <x:v>74836680.2</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>401877</x:v>
+        <x:v>445493</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>73270214.6</x:v>
+        <x:v>74357236.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>200213</x:v>
+        <x:v>266818</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>70819342.4</x:v>
+        <x:v>69612816.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>439040</x:v>
+        <x:v>84625</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>66756032</x:v>
+        <x:v>69400962.5</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>190698</x:v>
+        <x:v>446214</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>65971973.1</x:v>
+        <x:v>67543413.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1311386</x:v>
+        <x:v>193817</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>62828503.3</x:v>
+        <x:v>67235117.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>183153</x:v>
+        <x:v>289355</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>62315976.7</x:v>
+        <x:v>66334633.8</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>235649</x:v>
+        <x:v>186155</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>61011882.6</x:v>
+        <x:v>63181007</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>73772</x:v>
+        <x:v>1332888</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>60481974.2</x:v>
+        <x:v>63005615.8</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>250890</x:v>
+        <x:v>1386173</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>55800444.9</x:v>
+        <x:v>54407290.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1363846</x:v>
+        <x:v>87425</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>52521709.5</x:v>
+        <x:v>47680720.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>323543</x:v>
+        <x:v>328839</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>45461026.9</x:v>
+        <x:v>44126905.4</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>292491</x:v>
+        <x:v>297248</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>41677042.6</x:v>
+        <x:v>42812629.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>135500</x:v>
+        <x:v>137683</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>40575475</x:v>
+        <x:v>42652816.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>451412</x:v>
+        <x:v>490336</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>40405888.1</x:v>
+        <x:v>42610198.4</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>410526</x:v>
+        <x:v>458814</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>39660916.9</x:v>
+        <x:v>39930582.4</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>482460</x:v>
+        <x:v>417232</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>38838030</x:v>
+        <x:v>39816449.8</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>86021</x:v>
+        <x:v>626581</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>38108163.2</x:v>
+        <x:v>37726442</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>575294</x:v>
+        <x:v>526057</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>35541663.3</x:v>
+        <x:v>36908159.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>517596</x:v>
+        <x:v>114440</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>34213095.6</x:v>
+        <x:v>35294440.4</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>112608</x:v>
+        <x:v>137853</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>33442323.8</x:v>
+        <x:v>27909718.4</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>906687</x:v>
+        <x:v>921497</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>25097096.2</x:v>
+        <x:v>26004645.3</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>127812</x:v>
+        <x:v>129878</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>23026609.9</x:v>
+        <x:v>23154649.8</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>146796</x:v>
+        <x:v>213904</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>15852500</x:v>
+        <x:v>23110188.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>15692154.8</x:v>
+        <x:v>18432675.3</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>15692154.8</x:v>
+        <x:v>18432675.3</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2723</x:v>
+        <x:v>19890.8</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>2723</x:v>
+        <x:v>19890.8</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>