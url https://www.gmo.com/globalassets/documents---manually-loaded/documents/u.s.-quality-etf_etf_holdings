--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,414 +1,414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref20f02bb0f342c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49fe736f8d3546feaa1a48a2a4996818.psmdcp" Id="R2b68bb34c36b43ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a656c3eefa434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d3f99097f3c4a3a86e45ea60073d115.psmdcp" Id="R03dfad3b7bc24c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/29/2025 (%)</x:t>
+    <x:t>As of 12/19/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT</x:t>
   </x:si>
   <x:si>
-    <x:t>MICROSOFT CORP COMMON STOCK USD.00000625</x:t>
+    <x:t>MICROSOFT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>594918104</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX</x:t>
   </x:si>
   <x:si>
-    <x:t>LAM RESEARCH CORP COMMON STOCK USD.001</x:t>
+    <x:t>LAM RESEARCH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>512807306</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL</x:t>
   </x:si>
   <x:si>
-    <x:t>ALPHABET INC CL A COMMON STOCK USD.001</x:t>
+    <x:t>ALPHABET INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>02079K305</x:t>
   </x:si>
   <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META PLATFORMS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30303M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON + JOHNSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478160104</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVGO</x:t>
   </x:si>
   <x:si>
-    <x:t>BROADCOM INC COMMON STOCK</x:t>
+    <x:t>BROADCOM INC</x:t>
   </x:si>
   <x:si>
     <x:t>11135F101</x:t>
   </x:si>
   <x:si>
-    <x:t>META</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>KLAC</x:t>
   </x:si>
   <x:si>
-    <x:t>KLA CORP COMMON STOCK USD.001</x:t>
+    <x:t>KLA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>482480100</x:t>
   </x:si>
   <x:si>
-    <x:t>JNJ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CRM</x:t>
   </x:si>
   <x:si>
-    <x:t>SALESFORCE INC COMMON STOCK USD.001</x:t>
+    <x:t>SALESFORCE INC</x:t>
   </x:si>
   <x:si>
     <x:t>79466L302</x:t>
   </x:si>
   <x:si>
+    <x:t>ACN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCENTURE PLC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1151C101</x:t>
+  </x:si>
+  <x:si>
     <x:t>TMO</x:t>
   </x:si>
   <x:si>
-    <x:t>THERMO FISHER SCIENTIFIC INC COMMON STOCK USD1.0</x:t>
+    <x:t>THERMO FISHER SCIENTIFIC INC</x:t>
   </x:si>
   <x:si>
     <x:t>883556102</x:t>
   </x:si>
   <x:si>
-    <x:t>ACN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ABT</x:t>
   </x:si>
   <x:si>
-    <x:t>ABBOTT LABORATORIES COMMON STOCK</x:t>
+    <x:t>ABBOTT LABORATORIES</x:t>
   </x:si>
   <x:si>
     <x:t>002824100</x:t>
   </x:si>
   <x:si>
+    <x:t>AMZN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAZON.COM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>023135106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI LILLY + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532457108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXAS INSTRUMENTS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882508104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HILTON WORLDWIDE HOLDINGS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43300A203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US BANCORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902973304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VISA INC CLASS A SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92826C839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNH</x:t>
   </x:si>
   <x:si>
-    <x:t>UNITEDHEALTH GROUP INC COMMON STOCK USD.01</x:t>
+    <x:t>UNITEDHEALTH GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>91324P102</x:t>
   </x:si>
   <x:si>
-    <x:t>TXN</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
-    <x:t>ELEVANCE HEALTH INC COMMON STOCK USD.01</x:t>
+    <x:t>ELEVANCE HEALTH INC</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
-    <x:t>USB</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ARMK</x:t>
   </x:si>
   <x:si>
-    <x:t>ARAMARK COMMON STOCK USD.01</x:t>
+    <x:t>ARAMARK</x:t>
   </x:si>
   <x:si>
     <x:t>03852U106</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG</x:t>
   </x:si>
   <x:si>
-    <x:t>INTUITIVE SURGICAL INC COMMON STOCK USD.001</x:t>
+    <x:t>INTUITIVE SURGICAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>46120E602</x:t>
   </x:si>
   <x:si>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX COMPANIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872540109</x:t>
+  </x:si>
+  <x:si>
     <x:t>STZ</x:t>
   </x:si>
   <x:si>
-    <x:t>CONSTELLATION BRANDS INC A COMMON STOCK USD.01</x:t>
+    <x:t>CONSTELLATION BRANDS INC A</x:t>
   </x:si>
   <x:si>
     <x:t>21036P108</x:t>
   </x:si>
   <x:si>
-    <x:t>TJX</x:t>
-[...5 lines deleted...]
-    <x:t>872540109</x:t>
+    <x:t>WFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELLS FARGO + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>949746101</x:t>
   </x:si>
   <x:si>
     <x:t>GE</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL ELECTRIC COMMON STOCK USD.01</x:t>
+    <x:t>GENERAL ELECTRIC</x:t>
   </x:si>
   <x:si>
     <x:t>369604301</x:t>
   </x:si>
   <x:si>
-    <x:t>WFC</x:t>
-[...14 lines deleted...]
-    <x:t>58933Y105</x:t>
+    <x:t>KO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191216100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
   </x:si>
   <x:si>
     <x:t>UBER</x:t>
   </x:si>
   <x:si>
-    <x:t>UBER TECHNOLOGIES INC COMMON STOCK USD.00001</x:t>
+    <x:t>UBER TECHNOLOGIES INC</x:t>
   </x:si>
   <x:si>
     <x:t>90353T100</x:t>
   </x:si>
   <x:si>
-    <x:t>MDLZ</x:t>
-[...23 lines deleted...]
-    <x:t>125523100</x:t>
+    <x:t>BF.B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROWN FORMAN CORP CLASS B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115637209</x:t>
   </x:si>
   <x:si>
     <x:t>PTC</x:t>
   </x:si>
   <x:si>
-    <x:t>PTC INC COMMON STOCK USD.01</x:t>
+    <x:t>PTC INC</x:t>
   </x:si>
   <x:si>
     <x:t>69370C100</x:t>
   </x:si>
   <x:si>
-    <x:t>BF.B</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DGX</x:t>
   </x:si>
   <x:si>
-    <x:t>QUEST DIAGNOSTICS INC COMMON STOCK USD.01</x:t>
+    <x:t>QUEST DIAGNOSTICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>74834L100</x:t>
   </x:si>
   <x:si>
     <x:t>TW</x:t>
   </x:si>
   <x:si>
-    <x:t>TRADEWEB MARKETS INC CLASS A COMMON STOCK USD.00001</x:t>
+    <x:t>TRADEWEB MARKETS INC CLASS A</x:t>
   </x:si>
   <x:si>
     <x:t>892672106</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+    <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
@@ -780,51 +780,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="56.290625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="31.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
@@ -832,904 +832,904 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>381842</x:v>
+        <x:v>415179</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>206985092.9</x:v>
+        <x:v>200938332.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>989272</x:v>
+        <x:v>969076</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>153950508.6</x:v>
+        <x:v>159606817.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>526626</x:v>
+        <x:v>520534</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>140856656.2</x:v>
+        <x:v>157440713.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>366217</x:v>
+        <x:v>215581</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>136587954.5</x:v>
+        <x:v>143242795.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>172314</x:v>
+        <x:v>519612</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>129483632.2</x:v>
+        <x:v>141433190.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>477478</x:v>
+        <x:v>638376</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>128441582</x:v>
+        <x:v>132980104.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>95666</x:v>
+        <x:v>398296</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>115377022.6</x:v>
+        <x:v>131389884.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>586807</x:v>
+        <x:v>96318</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>109691832.5</x:v>
+        <x:v>117738160</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>416228</x:v>
+        <x:v>452710</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>105830131.3</x:v>
+        <x:v>116731273.5</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>177213</x:v>
+        <x:v>418653</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>98819285.2</x:v>
+        <x:v>113019563.9</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>384696</x:v>
+        <x:v>192938</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>97462731.6</x:v>
+        <x:v>108506401.8</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>739309</x:v>
+        <x:v>804087</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>93603912.5</x:v>
+        <x:v>100607365.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>203449</x:v>
+        <x:v>433439</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>74836680.2</x:v>
+        <x:v>98286627.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>445493</x:v>
+        <x:v>92173</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>74357236.6</x:v>
+        <x:v>97415800.2</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>266818</x:v>
+        <x:v>484491</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>69612816.2</x:v>
+        <x:v>85362469.3</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>84625</x:v>
+        <x:v>290091</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>69400962.5</x:v>
+        <x:v>83450478</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>446214</x:v>
+        <x:v>1449873</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>67543413.2</x:v>
+        <x:v>78104658.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>193817</x:v>
+        <x:v>210800</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>67235117.3</x:v>
+        <x:v>72938908</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>289355</x:v>
+        <x:v>485212</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>66334633.8</x:v>
+        <x:v>70608050.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>186155</x:v>
+        <x:v>215119</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>63181007</x:v>
+        <x:v>70589148.7</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1332888</x:v>
+        <x:v>195488</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>63005615.8</x:v>
+        <x:v>67365164.8</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1386173</x:v>
+        <x:v>1507561</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>54407290.3</x:v>
+        <x:v>57272242.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>87425</x:v>
+        <x:v>94973</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>47680720.8</x:v>
+        <x:v>53364379</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>328839</x:v>
+        <x:v>499070</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>44126905.4</x:v>
+        <x:v>50251358.3</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>297248</x:v>
+        <x:v>323037</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>42812629.4</x:v>
+        <x:v>50031970.6</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>137683</x:v>
+        <x:v>357773</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>42652816.6</x:v>
+        <x:v>48946924.1</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>490336</x:v>
+        <x:v>499334</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>42610198.4</x:v>
+        <x:v>45679074.3</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>458814</x:v>
+        <x:v>149634</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>39930582.4</x:v>
+        <x:v>45143081.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>417232</x:v>
+        <x:v>631061</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>39816449.8</x:v>
+        <x:v>44401452</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>626581</x:v>
+        <x:v>144661</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>37726442</x:v>
+        <x:v>39637114</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>526057</x:v>
+        <x:v>681304</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>36908159.1</x:v>
+        <x:v>37321833.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>114440</x:v>
+        <x:v>453714</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>35294440.4</x:v>
+        <x:v>36156468.7</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>137853</x:v>
+        <x:v>1002009</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>27909718.4</x:v>
+        <x:v>28917979.7</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>921497</x:v>
+        <x:v>149804</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>26004645.3</x:v>
+        <x:v>26350523.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>129878</x:v>
+        <x:v>141200</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>23154649.8</x:v>
+        <x:v>24872380</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>213904</x:v>
+        <x:v>232774</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>23110188.2</x:v>
+        <x:v>24082798</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>18432675.3</x:v>
+        <x:v>19405259.1</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>18432675.3</x:v>
+        <x:v>19405259.1</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>19890.8</x:v>
+        <x:v>375343.2</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>19890.8</x:v>
+        <x:v>375343.2</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>