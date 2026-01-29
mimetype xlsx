--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a656c3eefa434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d3f99097f3c4a3a86e45ea60073d115.psmdcp" Id="R03dfad3b7bc24c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15340dbc2ab846f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c1d6c8d9d784de895d062e2df3a843f.psmdcp" Id="R515fa53855a04f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/19/2025 (%)</x:t>
+    <x:t>As of 01/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT</x:t>
   </x:si>
@@ -76,327 +76,327 @@
   <x:si>
     <x:t>LAM RESEARCH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>512807306</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL</x:t>
   </x:si>
   <x:si>
     <x:t>ALPHABET INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>02079K305</x:t>
   </x:si>
   <x:si>
     <x:t>META</x:t>
   </x:si>
   <x:si>
     <x:t>META PLATFORMS INC CLASS A</x:t>
   </x:si>
   <x:si>
     <x:t>30303M102</x:t>
   </x:si>
   <x:si>
+    <x:t>JNJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON + JOHNSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478160104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482480100</x:t>
+  </x:si>
+  <x:si>
     <x:t>AAPL</x:t>
   </x:si>
   <x:si>
     <x:t>APPLE INC</x:t>
   </x:si>
   <x:si>
     <x:t>037833100</x:t>
   </x:si>
   <x:si>
-    <x:t>JNJ</x:t>
-[...5 lines deleted...]
-    <x:t>478160104</x:t>
+    <x:t>ACN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCENTURE PLC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G1151C101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALESFORCE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79466L302</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO</x:t>
   </x:si>
   <x:si>
     <x:t>BROADCOM INC</x:t>
   </x:si>
   <x:si>
     <x:t>11135F101</x:t>
   </x:si>
   <x:si>
-    <x:t>KLAC</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>TMO</x:t>
   </x:si>
   <x:si>
     <x:t>THERMO FISHER SCIENTIFIC INC</x:t>
   </x:si>
   <x:si>
     <x:t>883556102</x:t>
   </x:si>
   <x:si>
+    <x:t>AMZN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAZON.COM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>023135106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI LILLY + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532457108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXAS INSTRUMENTS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882508104</x:t>
+  </x:si>
+  <x:si>
     <x:t>ABT</x:t>
   </x:si>
   <x:si>
     <x:t>ABBOTT LABORATORIES</x:t>
   </x:si>
   <x:si>
     <x:t>002824100</x:t>
   </x:si>
   <x:si>
-    <x:t>AMZN</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>HLT</x:t>
   </x:si>
   <x:si>
     <x:t>HILTON WORLDWIDE HOLDINGS IN</x:t>
   </x:si>
   <x:si>
     <x:t>43300A203</x:t>
   </x:si>
   <x:si>
     <x:t>USB</x:t>
   </x:si>
   <x:si>
     <x:t>US BANCORP</x:t>
   </x:si>
   <x:si>
     <x:t>902973304</x:t>
   </x:si>
   <x:si>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
+  </x:si>
+  <x:si>
     <x:t>V</x:t>
   </x:si>
   <x:si>
     <x:t>VISA INC CLASS A SHARES</x:t>
   </x:si>
   <x:si>
     <x:t>92826C839</x:t>
   </x:si>
   <x:si>
-    <x:t>PG</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>UNH</x:t>
   </x:si>
   <x:si>
     <x:t>UNITEDHEALTH GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>91324P102</x:t>
   </x:si>
   <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
     <x:t>ELEVANCE HEALTH INC</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
     <x:t>ARMK</x:t>
   </x:si>
   <x:si>
     <x:t>ARAMARK</x:t>
   </x:si>
   <x:si>
     <x:t>03852U106</x:t>
   </x:si>
   <x:si>
+    <x:t>STZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONSTELLATION BRANDS INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21036P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191216100</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISRG</x:t>
   </x:si>
   <x:si>
     <x:t>INTUITIVE SURGICAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>46120E602</x:t>
   </x:si>
   <x:si>
-    <x:t>MRK</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TJX</x:t>
   </x:si>
   <x:si>
     <x:t>TJX COMPANIES INC</x:t>
   </x:si>
   <x:si>
     <x:t>872540109</x:t>
   </x:si>
   <x:si>
-    <x:t>STZ</x:t>
-[...5 lines deleted...]
-    <x:t>21036P108</x:t>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90353T100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
   </x:si>
   <x:si>
     <x:t>WFC</x:t>
   </x:si>
   <x:si>
     <x:t>WELLS FARGO + CO</x:t>
   </x:si>
   <x:si>
     <x:t>949746101</x:t>
   </x:si>
   <x:si>
-    <x:t>GE</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>BF.B</x:t>
   </x:si>
   <x:si>
     <x:t>BROWN FORMAN CORP CLASS B</x:t>
   </x:si>
   <x:si>
     <x:t>115637209</x:t>
   </x:si>
   <x:si>
+    <x:t>DGX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUEST DIAGNOSTICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74834L100</x:t>
+  </x:si>
+  <x:si>
     <x:t>PTC</x:t>
   </x:si>
   <x:si>
     <x:t>PTC INC</x:t>
   </x:si>
   <x:si>
     <x:t>69370C100</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>74834L100</x:t>
   </x:si>
   <x:si>
     <x:t>TW</x:t>
   </x:si>
   <x:si>
     <x:t>TRADEWEB MARKETS INC CLASS A</x:t>
   </x:si>
   <x:si>
     <x:t>892672106</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
@@ -832,904 +832,904 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>415179</x:v>
+        <x:v>439166</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>200938332.4</x:v>
+        <x:v>211054396.3</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>969076</x:v>
+        <x:v>807136</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>159606817.2</x:v>
+        <x:v>192469650.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>520534</x:v>
+        <x:v>550831</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>157440713.6</x:v>
+        <x:v>184280511.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>215581</x:v>
+        <x:v>239086</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>143242795.5</x:v>
+        <x:v>160897705.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>519612</x:v>
+        <x:v>675468</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>141433190.3</x:v>
+        <x:v>151602037.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>638376</x:v>
+        <x:v>89092</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>132980104.6</x:v>
+        <x:v>144002072.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>398296</x:v>
+        <x:v>549909</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>131389884.5</x:v>
+        <x:v>142024997.4</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>96318</x:v>
+        <x:v>509702</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>117738160</x:v>
+        <x:v>140575811.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>452710</x:v>
+        <x:v>585263</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>116731273.5</x:v>
+        <x:v>133750153.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>418653</x:v>
+        <x:v>397743</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>113019563.9</x:v>
+        <x:v>132364893</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>192938</x:v>
+        <x:v>204241</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>108506401.8</x:v>
+        <x:v>127428002.3</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>804087</x:v>
+        <x:v>479095</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>100607365.4</x:v>
+        <x:v>117224964.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>433439</x:v>
+        <x:v>97609</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>98286627.6</x:v>
+        <x:v>101465531.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>92173</x:v>
+        <x:v>512555</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>97415800.2</x:v>
+        <x:v>100783689.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>484491</x:v>
+        <x:v>888590</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>85362469.3</x:v>
+        <x:v>96207639.3</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>290091</x:v>
+        <x:v>306830</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>83450478</x:v>
+        <x:v>90873841.1</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1449873</x:v>
+        <x:v>1534023</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>78104658.5</x:v>
+        <x:v>86718320.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>210800</x:v>
+        <x:v>560033</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>72938908</x:v>
+        <x:v>83075295.2</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>485212</x:v>
+        <x:v>223009</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>70608050.2</x:v>
+        <x:v>72535907.3</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>215119</x:v>
+        <x:v>256426</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>70589148.7</x:v>
+        <x:v>72491630.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>195488</x:v>
+        <x:v>206803</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>67365164.8</x:v>
+        <x:v>66780824.8</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1507561</x:v>
+        <x:v>1594892</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>57272242.4</x:v>
+        <x:v>61818013.9</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>94973</x:v>
+        <x:v>378589</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>53364379</x:v>
+        <x:v>61047476.3</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>499070</x:v>
+        <x:v>528030</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>50251358.3</x:v>
+        <x:v>56984997.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>323037</x:v>
+        <x:v>764413</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>50031970.6</x:v>
+        <x:v>56222576.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>357773</x:v>
+        <x:v>100409</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>48946924.1</x:v>
+        <x:v>52718741.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>499334</x:v>
+        <x:v>341600</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>45679074.3</x:v>
+        <x:v>50560216</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>149634</x:v>
+        <x:v>856572</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>45143081.5</x:v>
+        <x:v>50554879.4</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>631061</x:v>
+        <x:v>595958</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>44401452</x:v>
+        <x:v>48415627.9</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>144661</x:v>
+        <x:v>158241</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>39637114</x:v>
+        <x:v>47071950.3</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>681304</x:v>
+        <x:v>153236</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>37321833.1</x:v>
+        <x:v>41387511.2</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>453714</x:v>
+        <x:v>426406</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>36156468.7</x:v>
+        <x:v>37826476.3</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1002009</x:v>
+        <x:v>1059939</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>28917979.7</x:v>
+        <x:v>28374567</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>149804</x:v>
+        <x:v>149354</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>26350523.6</x:v>
+        <x:v>27516981</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>141200</x:v>
+        <x:v>158411</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>24872380</x:v>
+        <x:v>26079202.9</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>232774</x:v>
+        <x:v>246342</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>24082798</x:v>
+        <x:v>25582616.7</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>19405259.1</x:v>
+        <x:v>9973110.3</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>19405259.1</x:v>
+        <x:v>9973110.3</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>375343.2</x:v>
+        <x:v>487624.9</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>375343.2</x:v>
+        <x:v>487624.9</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>