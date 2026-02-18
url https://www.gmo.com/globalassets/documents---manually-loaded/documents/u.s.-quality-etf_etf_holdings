--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15340dbc2ab846f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c1d6c8d9d784de895d062e2df3a843f.psmdcp" Id="R515fa53855a04f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e74b5fe7954f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7e28eb498ae47cbaa85e5f570b878c9.psmdcp" Id="R8e525b0e8c384012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/28/2026 (%)</x:t>
+    <x:t>As of 02/18/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT</x:t>
   </x:si>
@@ -67,345 +67,345 @@
   <x:si>
     <x:t>594918104</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX</x:t>
   </x:si>
   <x:si>
     <x:t>LAM RESEARCH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>512807306</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL</x:t>
   </x:si>
   <x:si>
     <x:t>ALPHABET INC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>02079K305</x:t>
   </x:si>
   <x:si>
+    <x:t>JNJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON + JOHNSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478160104</x:t>
+  </x:si>
+  <x:si>
     <x:t>META</x:t>
   </x:si>
   <x:si>
     <x:t>META PLATFORMS INC CLASS A</x:t>
   </x:si>
   <x:si>
     <x:t>30303M102</x:t>
   </x:si>
   <x:si>
-    <x:t>JNJ</x:t>
-[...5 lines deleted...]
-    <x:t>478160104</x:t>
+    <x:t>AAPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROADCOM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11135F101</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC</x:t>
   </x:si>
   <x:si>
     <x:t>KLA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>482480100</x:t>
   </x:si>
   <x:si>
-    <x:t>AAPL</x:t>
-[...5 lines deleted...]
-    <x:t>037833100</x:t>
+    <x:t>TXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEXAS INSTRUMENTS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882508104</x:t>
   </x:si>
   <x:si>
     <x:t>ACN</x:t>
   </x:si>
   <x:si>
     <x:t>ACCENTURE PLC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>G1151C101</x:t>
   </x:si>
   <x:si>
     <x:t>CRM</x:t>
   </x:si>
   <x:si>
     <x:t>SALESFORCE INC</x:t>
   </x:si>
   <x:si>
     <x:t>79466L302</x:t>
   </x:si>
   <x:si>
-    <x:t>AVGO</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TMO</x:t>
   </x:si>
   <x:si>
     <x:t>THERMO FISHER SCIENTIFIC INC</x:t>
   </x:si>
   <x:si>
     <x:t>883556102</x:t>
   </x:si>
   <x:si>
+    <x:t>LLY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI LILLY + CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532457108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBOTT LABORATORIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002824100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HILTON WORLDWIDE HOLDINGS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43300A203</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMZN</x:t>
   </x:si>
   <x:si>
     <x:t>AMAZON.COM INC</x:t>
   </x:si>
   <x:si>
     <x:t>023135106</x:t>
   </x:si>
   <x:si>
-    <x:t>LLY</x:t>
-[...32 lines deleted...]
-    <x:t>43300A203</x:t>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
   </x:si>
   <x:si>
     <x:t>USB</x:t>
   </x:si>
   <x:si>
     <x:t>US BANCORP</x:t>
   </x:si>
   <x:si>
     <x:t>902973304</x:t>
   </x:si>
   <x:si>
-    <x:t>PG</x:t>
-[...5 lines deleted...]
-    <x:t>742718109</x:t>
+    <x:t>UNH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITEDHEALTH GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91324P102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELEVANCE HEALTH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>036752103</x:t>
   </x:si>
   <x:si>
     <x:t>V</x:t>
   </x:si>
   <x:si>
     <x:t>VISA INC CLASS A SHARES</x:t>
   </x:si>
   <x:si>
     <x:t>92826C839</x:t>
   </x:si>
   <x:si>
-    <x:t>UNH</x:t>
-[...14 lines deleted...]
-    <x:t>036752103</x:t>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
   </x:si>
   <x:si>
     <x:t>ARMK</x:t>
   </x:si>
   <x:si>
     <x:t>ARAMARK</x:t>
   </x:si>
   <x:si>
     <x:t>03852U106</x:t>
   </x:si>
   <x:si>
+    <x:t>KO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191216100</x:t>
+  </x:si>
+  <x:si>
     <x:t>STZ</x:t>
   </x:si>
   <x:si>
     <x:t>CONSTELLATION BRANDS INC A</x:t>
   </x:si>
   <x:si>
     <x:t>21036P108</x:t>
   </x:si>
   <x:si>
-    <x:t>MRK</x:t>
-[...14 lines deleted...]
-    <x:t>191216100</x:t>
+    <x:t>TJX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX COMPANIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872540109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG</x:t>
   </x:si>
   <x:si>
     <x:t>INTUITIVE SURGICAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>46120E602</x:t>
   </x:si>
   <x:si>
-    <x:t>TJX</x:t>
-[...14 lines deleted...]
-    <x:t>609207105</x:t>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
   </x:si>
   <x:si>
     <x:t>UBER</x:t>
   </x:si>
   <x:si>
     <x:t>UBER TECHNOLOGIES INC</x:t>
   </x:si>
   <x:si>
     <x:t>90353T100</x:t>
   </x:si>
   <x:si>
-    <x:t>GE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>WFC</x:t>
   </x:si>
   <x:si>
     <x:t>WELLS FARGO + CO</x:t>
   </x:si>
   <x:si>
     <x:t>949746101</x:t>
   </x:si>
   <x:si>
     <x:t>BF.B</x:t>
   </x:si>
   <x:si>
     <x:t>BROWN FORMAN CORP CLASS B</x:t>
   </x:si>
   <x:si>
     <x:t>115637209</x:t>
   </x:si>
   <x:si>
     <x:t>DGX</x:t>
   </x:si>
   <x:si>
     <x:t>QUEST DIAGNOSTICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>74834L100</x:t>
   </x:si>
   <x:si>
+    <x:t>TW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRADEWEB MARKETS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892672106</x:t>
+  </x:si>
+  <x:si>
     <x:t>PTC</x:t>
   </x:si>
   <x:si>
     <x:t>PTC INC</x:t>
   </x:si>
   <x:si>
     <x:t>69370C100</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>892672106</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
@@ -832,904 +832,904 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>439166</x:v>
+        <x:v>466408</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>211054396.3</x:v>
+        <x:v>185098678.9</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>807136</x:v>
+        <x:v>784481</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>192469650.6</x:v>
+        <x:v>184808034</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>550831</x:v>
+        <x:v>585151</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>184280511.1</x:v>
+        <x:v>176727305</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>239086</x:v>
+        <x:v>681762</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>160897705.4</x:v>
+        <x:v>165893147.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>675468</x:v>
+        <x:v>248914</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>151602037.9</x:v>
+        <x:v>159128231.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>89092</x:v>
+        <x:v>584229</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>144002072.4</x:v>
+        <x:v>154166348.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>549909</x:v>
+        <x:v>422415</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>142024997.4</x:v>
+        <x:v>140469884.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>509702</x:v>
+        <x:v>94746</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>140575811.6</x:v>
+        <x:v>139294621.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>585263</x:v>
+        <x:v>544423</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>133750153.4</x:v>
+        <x:v>122870826.9</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>397743</x:v>
+        <x:v>541452</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>132364893</x:v>
+        <x:v>119059880.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>204241</x:v>
+        <x:v>621757</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>127428002.3</x:v>
+        <x:v>114583597.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>479095</x:v>
+        <x:v>217091</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>117224964.6</x:v>
+        <x:v>108890674.7</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>97609</x:v>
+        <x:v>103777</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>101465531.6</x:v>
+        <x:v>107518160.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>512555</x:v>
+        <x:v>943984</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>100783689.7</x:v>
+        <x:v>105971643.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>888590</x:v>
+        <x:v>325848</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>96207639.3</x:v>
+        <x:v>103561011.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>306830</x:v>
+        <x:v>508907</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>90873841.1</x:v>
+        <x:v>102366643.1</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1534023</x:v>
+        <x:v>594867</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>86718320.2</x:v>
+        <x:v>94911029.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>560033</x:v>
+        <x:v>1629509</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>83075295.2</x:v>
+        <x:v>94788538.5</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>223009</x:v>
+        <x:v>272360</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>72535907.3</x:v>
+        <x:v>78736552.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>256426</x:v>
+        <x:v>219653</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>72491630.2</x:v>
+        <x:v>75731961.3</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>206803</x:v>
+        <x:v>236887</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>66780824.8</x:v>
+        <x:v>75685396.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1594892</x:v>
+        <x:v>560926</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>61818013.9</x:v>
+        <x:v>68191773.8</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>378589</x:v>
+        <x:v>1693976</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>61047476.3</x:v>
+        <x:v>66319160.4</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>528030</x:v>
+        <x:v>812097</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>56984997.6</x:v>
+        <x:v>64610437.3</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>764413</x:v>
+        <x:v>402233</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>56222576.2</x:v>
+        <x:v>61420979.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>100409</x:v>
+        <x:v>362674</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>52718741.4</x:v>
+        <x:v>56928937.8</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>341600</x:v>
+        <x:v>168007</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>50560216</x:v>
+        <x:v>54951729.6</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>856572</x:v>
+        <x:v>909910</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>50554879.4</x:v>
+        <x:v>54467212.6</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>595958</x:v>
+        <x:v>106577</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>48415627.9</x:v>
+        <x:v>52579763</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>158241</x:v>
+        <x:v>162884</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>47071950.3</x:v>
+        <x:v>47352007.6</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>153236</x:v>
+        <x:v>632966</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>41387511.2</x:v>
+        <x:v>44643092</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>426406</x:v>
+        <x:v>453016</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>37826476.3</x:v>
+        <x:v>39593598.4</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1059939</x:v>
+        <x:v>1125731</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>28374567</x:v>
+        <x:v>32938889.1</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>149354</x:v>
+        <x:v>158606</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>27516981</x:v>
+        <x:v>32591946.9</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>158411</x:v>
+        <x:v>261762</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>26079202.9</x:v>
+        <x:v>29924631.8</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>246342</x:v>
+        <x:v>168177</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>25582616.7</x:v>
+        <x:v>25742853.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9973110.3</x:v>
+        <x:v>25101782</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>9973110.3</x:v>
+        <x:v>25101782</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>487624.9</x:v>
+        <x:v>114057.9</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>487624.9</x:v>
+        <x:v>114057.9</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>