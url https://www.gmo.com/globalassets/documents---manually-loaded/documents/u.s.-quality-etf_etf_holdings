--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,411 +1,438 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e74b5fe7954f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7e28eb498ae47cbaa85e5f570b878c9.psmdcp" Id="R8e525b0e8c384012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee489ca48ce46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a02edd1a72e54ae4b672a01bb971a179.psmdcp" Id="Rdcf3d3cfcdd041a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Holdings - U.S. Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/18/2026 (%)</x:t>
+    <x:t>As of 03/10/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT</x:t>
   </x:si>
   <x:si>
     <x:t>MICROSOFT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>594918104</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079K305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON + JOHNSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478160104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META PLATFORMS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30303M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROADCOM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11135F101</x:t>
+  </x:si>
+  <x:si>
     <x:t>LRCX</x:t>
   </x:si>
   <x:si>
     <x:t>LAM RESEARCH CORP</x:t>
   </x:si>
   <x:si>
     <x:t>512807306</x:t>
   </x:si>
   <x:si>
-    <x:t>GOOGL</x:t>
-[...41 lines deleted...]
-    <x:t>11135F101</x:t>
+    <x:t>AMZN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAZON.COM INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>023135106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THERMO FISHER SCIENTIFIC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883556102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBOTT LABORATORIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002824100</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC</x:t>
   </x:si>
   <x:si>
     <x:t>KLA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>482480100</x:t>
   </x:si>
   <x:si>
+    <x:t>CRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALESFORCE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79466L302</x:t>
+  </x:si>
+  <x:si>
     <x:t>TXN</x:t>
   </x:si>
   <x:si>
     <x:t>TEXAS INSTRUMENTS INC</x:t>
   </x:si>
   <x:si>
     <x:t>882508104</x:t>
   </x:si>
   <x:si>
     <x:t>ACN</x:t>
   </x:si>
   <x:si>
     <x:t>ACCENTURE PLC CL A</x:t>
   </x:si>
   <x:si>
     <x:t>G1151C101</x:t>
   </x:si>
   <x:si>
-    <x:t>CRM</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>LLY</x:t>
   </x:si>
   <x:si>
     <x:t>ELI LILLY + CO</x:t>
   </x:si>
   <x:si>
     <x:t>532457108</x:t>
   </x:si>
   <x:si>
-    <x:t>ABT</x:t>
-[...5 lines deleted...]
-    <x:t>002824100</x:t>
+    <x:t>PG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCTER + GAMBLE CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742718109</x:t>
   </x:si>
   <x:si>
     <x:t>HLT</x:t>
   </x:si>
   <x:si>
     <x:t>HILTON WORLDWIDE HOLDINGS IN</x:t>
   </x:si>
   <x:si>
     <x:t>43300A203</x:t>
   </x:si>
   <x:si>
-    <x:t>AMZN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>USB</x:t>
   </x:si>
   <x:si>
     <x:t>US BANCORP</x:t>
   </x:si>
   <x:si>
     <x:t>902973304</x:t>
   </x:si>
   <x:si>
     <x:t>UNH</x:t>
   </x:si>
   <x:si>
     <x:t>UNITEDHEALTH GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>91324P102</x:t>
   </x:si>
   <x:si>
+    <x:t>V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VISA INC CLASS A SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92826C839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARAMARK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03852U106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK + CO. INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58933Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA CO/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191216100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONSTELLATION BRANDS INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21036P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THE CIGNA GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125523100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX COMPANIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872540109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTUITIVE SURGICAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46120E602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONDELEZ INTERNATIONAL INC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609207105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90353T100</x:t>
+  </x:si>
+  <x:si>
     <x:t>ELV</x:t>
   </x:si>
   <x:si>
     <x:t>ELEVANCE HEALTH INC</x:t>
   </x:si>
   <x:si>
     <x:t>036752103</x:t>
   </x:si>
   <x:si>
-    <x:t>V</x:t>
-[...104 lines deleted...]
-    <x:t>949746101</x:t>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTERCARD INC   A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57636Q104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETFLIX INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110L106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNOPSYS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871607107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRADEWEB MARKETS INC CLASS A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892672106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUEST DIAGNOSTICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74834L100</x:t>
   </x:si>
   <x:si>
     <x:t>BF.B</x:t>
   </x:si>
   <x:si>
     <x:t>BROWN FORMAN CORP CLASS B</x:t>
   </x:si>
   <x:si>
     <x:t>115637209</x:t>
   </x:si>
   <x:si>
-    <x:t>DGX</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PTC</x:t>
   </x:si>
   <x:si>
     <x:t>PTC INC</x:t>
   </x:si>
   <x:si>
     <x:t>69370C100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROPER TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>776696106</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
@@ -773,51 +800,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G47"/>
+  <x:dimension ref="A1:G50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.140625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -832,922 +859,991 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>466408</x:v>
+        <x:v>578661</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>185098678.9</x:v>
+        <x:v>236909600</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>784481</x:v>
+        <x:v>631036</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>184808034</x:v>
+        <x:v>193324189</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>585151</x:v>
+        <x:v>735137</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>176727305</x:v>
+        <x:v>178336884.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>681762</x:v>
+        <x:v>268206</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>165893147.5</x:v>
+        <x:v>173633882.3</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>248914</x:v>
+        <x:v>643631</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>159128231.1</x:v>
+        <x:v>167266824.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>584229</x:v>
+        <x:v>466645</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>154166348.5</x:v>
+        <x:v>161342508.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>422415</x:v>
+        <x:v>699830</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>140469884.1</x:v>
+        <x:v>147769104.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>94746</x:v>
+        <x:v>565808</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>139294621.7</x:v>
+        <x:v>120794349.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>544423</x:v>
+        <x:v>234227</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>122870826.9</x:v>
+        <x:v>119448743.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>541452</x:v>
+        <x:v>1049244</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>119059880.3</x:v>
+        <x:v>118197336.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>621757</x:v>
+        <x:v>80625</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>114583597.5</x:v>
+        <x:v>115221187.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>217091</x:v>
+        <x:v>567534</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>108890674.7</x:v>
+        <x:v>112820083.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>103777</x:v>
+        <x:v>569892</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>107518160.9</x:v>
+        <x:v>111812810.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>943984</x:v>
+        <x:v>523629</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>105971643.8</x:v>
+        <x:v>109626967.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>325848</x:v>
+        <x:v>104956</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>103561011.4</x:v>
+        <x:v>105836580.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>508907</x:v>
+        <x:v>641441</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>102366643.1</x:v>
+        <x:v>99564472</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>594867</x:v>
+        <x:v>327915</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>94911029.9</x:v>
+        <x:v>99509085.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1629509</x:v>
+        <x:v>1757140</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>94788538.5</x:v>
+        <x:v>91599708.2</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>272360</x:v>
+        <x:v>293719</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>78736552.4</x:v>
+        <x:v>83759847.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>219653</x:v>
+        <x:v>255490</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>75731961.3</x:v>
+        <x:v>80727175.3</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>236887</x:v>
+        <x:v>1826430</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>75685396.5</x:v>
+        <x:v>73641657.6</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>560926</x:v>
+        <x:v>604866</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>68191773.8</x:v>
+        <x:v>70835857.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1693976</x:v>
+        <x:v>875807</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>66319160.4</x:v>
+        <x:v>68137784.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>812097</x:v>
+        <x:v>433771</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>64610437.3</x:v>
+        <x:v>64614528.2</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>402233</x:v>
+        <x:v>226500</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>61420979.1</x:v>
+        <x:v>61077990</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>362674</x:v>
+        <x:v>368797</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>56928937.8</x:v>
+        <x:v>58321557.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>168007</x:v>
+        <x:v>114845</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>54951729.6</x:v>
+        <x:v>56682898.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>909910</x:v>
+        <x:v>171010</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>54467212.6</x:v>
+        <x:v>55053249.3</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>106577</x:v>
+        <x:v>919694</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>52579763</x:v>
+        <x:v>53498600</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>162884</x:v>
+        <x:v>682418</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>47352007.6</x:v>
+        <x:v>50389745.1</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>632966</x:v>
+        <x:v>174865</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>44643092</x:v>
+        <x:v>48790832.3</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>453016</x:v>
+        <x:v>73173</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>39593598.4</x:v>
+        <x:v>37883125.6</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1125731</x:v>
+        <x:v>379323</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>32938889.1</x:v>
+        <x:v>37295037.4</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>158606</x:v>
+        <x:v>83661</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>32591946.9</x:v>
+        <x:v>36578262.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>261762</x:v>
+        <x:v>282343</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>29924631.8</x:v>
+        <x:v>35736153.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>168177</x:v>
+        <x:v>171008</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="n">
+        <x:v>34471792.6</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>1213678</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="F41" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>25101782</x:v>
+        <x:v>30196308.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="3" t="s"/>
+      <x:c r="A43" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>114057.9</x:v>
+        <x:v>181268</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>114057.9</x:v>
+        <x:v>29622816.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>74478</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>27039982.7</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
-        <x:v>124</x:v>
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>17960709.7</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="n">
+        <x:v>17960709.7</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>126</x:v>
+      <x:c r="A46" s="3" t="s"/>
+      <x:c r="B46" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>-2527403.6</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="n">
+        <x:v>-2527403.6</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="1" t="s">
+        <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>