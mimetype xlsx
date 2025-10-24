--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917081a2359f441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c844e704a0b419c9d12b6ed61a57e5f.psmdcp" Id="R82b5e60c38504c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b312cee63a470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/290e977749744df4bdb3114bf36bb1ae.psmdcp" Id="R5b2d7574f5c446e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/30/2022 to 08/31/2025</x:t>
+    <x:t>From 12/30/2022 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
@@ -239,204 +239,210 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Exxon Mobil Corp</x:t>
+    <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
+    <x:t>QUALCOMM Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Cisco Systems Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Chevron Corp</x:t>
+    <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Pfizer Inc</x:t>
-[...2 lines deleted...]
-    <x:t>QUALCOMM Inc</x:t>
+    <x:t>CVS Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5x</x:t>
-[...5 lines deleted...]
-    <x:t>27.0x</x:t>
+    <x:t>12.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.5x</x:t>
-[...5 lines deleted...]
-    <x:t>34.9x</x:t>
+    <x:t>16.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.2x</x:t>
-[...2 lines deleted...]
-    <x:t>5.4x</x:t>
+    <x:t>3.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.1x</x:t>
-[...2 lines deleted...]
-    <x:t>18.7x</x:t>
+    <x:t>10.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.5%</x:t>
-[...5 lines deleted...]
-    <x:t>30.0%</x:t>
+    <x:t>16.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
+    <x:t>0.8x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>80.4 USD</x:t>
-[...5 lines deleted...]
-    <x:t>282.1 USD</x:t>
+    <x:t>91.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>64.8%</x:t>
+    <x:t>63.1%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -818,98 +824,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.91</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>14.04</x:v>
+        <x:v>13.84</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12.48</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -968,191 +974,191 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>34.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
@@ -1197,107 +1203,107 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>38</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>50.4</x:v>
+        <x:v>51.2</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>66.3</x:v>
+        <x:v>67.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>27.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
@@ -1318,153 +1324,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1541,115 +1547,115 @@
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>