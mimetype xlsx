--- v1 (2025-10-24)
+++ v2 (2025-12-07)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b312cee63a470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/290e977749744df4bdb3114bf36bb1ae.psmdcp" Id="R5b2d7574f5c446e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd769d39e84c49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e581a8d12644bb7b65a24d1469a87e3.psmdcp" Id="Rb36334e9aa124ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/30/2022 to 09/30/2025</x:t>
+    <x:t>From 12/30/2022 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
@@ -239,210 +239,210 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>QUALCOMM Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
-    <x:t>QUALCOMM Inc</x:t>
+    <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Pfizer Inc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3x</x:t>
+    <x:t>12.4x</x:t>
   </x:si>
   <x:si>
     <x:t>19.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>26.9x</x:t>
+    <x:t>27.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.0x</x:t>
-[...5 lines deleted...]
-    <x:t>33.8x</x:t>
+    <x:t>15.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.3x</x:t>
-[...2 lines deleted...]
-    <x:t>5.6x</x:t>
+    <x:t>3.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.4x</x:t>
-[...5 lines deleted...]
-    <x:t>24.4x</x:t>
+    <x:t>10.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.1%</x:t>
+    <x:t>16.0%</x:t>
   </x:si>
   <x:si>
     <x:t>17.2%</x:t>
   </x:si>
   <x:si>
-    <x:t>30.2%</x:t>
+    <x:t>30.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>91.8 USD</x:t>
-[...5 lines deleted...]
-    <x:t>320.8 USD</x:t>
+    <x:t>93.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>63.1%</x:t>
+    <x:t>64.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -824,98 +824,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.84</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12.29</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -974,194 +974,194 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34.5</x:v>
+        <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
@@ -1203,107 +1203,107 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.2</x:v>
+        <x:v>50.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>67.2</x:v>
+        <x:v>67.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
@@ -1324,153 +1324,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1597,57 +1597,57 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>