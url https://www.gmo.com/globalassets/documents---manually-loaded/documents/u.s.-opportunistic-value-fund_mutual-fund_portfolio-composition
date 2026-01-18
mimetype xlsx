--- v2 (2025-12-07)
+++ v3 (2026-01-18)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd769d39e84c49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e581a8d12644bb7b65a24d1469a87e3.psmdcp" Id="Rb36334e9aa124ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb45889854d34c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb57231e2c14415facd916ef192d6f57.psmdcp" Id="R124d9d2d4e4c49d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/30/2022 to 11/30/2025</x:t>
+    <x:t>From 12/30/2022 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
@@ -239,210 +239,204 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...8 lines deleted...]
-    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Exxon Mobil Corp</x:t>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
+    <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QUALCOMM Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.4x</x:t>
-[...5 lines deleted...]
-    <x:t>27.0x</x:t>
+    <x:t>12.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.4x</x:t>
-[...5 lines deleted...]
-    <x:t>34.5x</x:t>
+    <x:t>16.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1x</x:t>
-[...2 lines deleted...]
-    <x:t>3.2x</x:t>
+    <x:t>2.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4x</x:t>
   </x:si>
   <x:si>
     <x:t>5.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.0x</x:t>
-[...2 lines deleted...]
-    <x:t>16.3x</x:t>
+    <x:t>10.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.4x</x:t>
   </x:si>
   <x:si>
     <x:t>24.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.0%</x:t>
-[...5 lines deleted...]
-    <x:t>30.7%</x:t>
+    <x:t>16.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.8x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>93.8 USD</x:t>
-[...5 lines deleted...]
-    <x:t>382.4 USD</x:t>
+    <x:t>83.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>64.2%</x:t>
+    <x:t>64.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -824,98 +818,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.57</x:v>
+        <x:v>13.39</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -974,197 +968,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>35.8</x:v>
+        <x:v>34.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="1" t="s">
         <x:v>19</x:v>
@@ -1203,274 +1197,274 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>37.5</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>50.6</x:v>
+        <x:v>52.7</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>67.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1516,146 +1510,146 @@
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="D8" s="3" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="s">
+      <x:c r="D9" s="3" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="s">
+      <x:c r="D10" s="3" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
+      <x:c r="C11" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="D12" s="3" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>