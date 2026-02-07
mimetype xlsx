--- v3 (2026-01-18)
+++ v4 (2026-02-07)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb45889854d34c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb57231e2c14415facd916ef192d6f57.psmdcp" Id="R124d9d2d4e4c49d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf82b613c64274f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50adec2ca254b949d1a557f15a08758.psmdcp" Id="R316d3a1978a54568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/30/2022 to 12/31/2025</x:t>
+    <x:t>From 12/30/2022 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -818,95 +818,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.89</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="n">
         <x:v>0.73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.39</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>