--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf82b613c64274f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50adec2ca254b949d1a557f15a08758.psmdcp" Id="R316d3a1978a54568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8304fadf2ae44859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6674313a37d84edeb950f8af10ef7bbf.psmdcp" Id="R0effc48094e64b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 12/30/2022 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
@@ -239,204 +239,210 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Cisco Systems Inc</x:t>
+    <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>QUALCOMM Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Chevron Corp</x:t>
+    <x:t>Bank of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.6x</x:t>
-[...5 lines deleted...]
-    <x:t>25.3x</x:t>
+    <x:t>12.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.0x</x:t>
-[...2 lines deleted...]
-    <x:t>33.9x</x:t>
+    <x:t>16.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>2.2x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4x</x:t>
+    <x:t>3.5x</x:t>
   </x:si>
   <x:si>
     <x:t>5.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.2x</x:t>
-[...5 lines deleted...]
-    <x:t>24.5x</x:t>
+    <x:t>11.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.4%</x:t>
+    <x:t>16.9%</x:t>
   </x:si>
   <x:si>
     <x:t>19.0%</x:t>
   </x:si>
   <x:si>
-    <x:t>31.0%</x:t>
+    <x:t>30.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.8x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.6x</x:t>
+    <x:t>0.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>83.0 USD</x:t>
-[...5 lines deleted...]
-    <x:t>335.4 USD</x:t>
+    <x:t>94.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>64.3%</x:t>
+    <x:t>64.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -968,169 +974,169 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34.3</x:v>
+        <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>3.8</x:v>
@@ -1197,99 +1203,99 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>38</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>52.7</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>67.9</x:v>
+        <x:v>67.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>30.5</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
@@ -1318,153 +1324,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1510,146 +1516,146 @@
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>