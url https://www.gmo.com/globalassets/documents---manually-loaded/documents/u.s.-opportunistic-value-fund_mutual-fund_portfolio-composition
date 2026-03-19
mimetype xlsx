--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8304fadf2ae44859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6674313a37d84edeb950f8af10ef7bbf.psmdcp" Id="R0effc48094e64b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ac1a34e3044971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4fb95851865447183d4c83d41a7b507.psmdcp" Id="R22e8e961ac0e4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Risk Profile - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/30/2022 to 01/31/2026</x:t>
+    <x:t>From 12/30/2022 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
@@ -239,210 +239,210 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Merck &amp; Co Inc</x:t>
+    <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Verizon Communications Inc</x:t>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank of America Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank of America Corp</x:t>
-[...2 lines deleted...]
-    <x:t>Bristol-Myers Squibb Co</x:t>
+    <x:t>Comcast Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - U.S. Opportunistic Value Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5x</x:t>
-[...5 lines deleted...]
-    <x:t>24.7x</x:t>
+    <x:t>12.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.7x</x:t>
-[...5 lines deleted...]
-    <x:t>32.8x</x:t>
+    <x:t>17.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2x</x:t>
-[...5 lines deleted...]
-    <x:t>5.5x</x:t>
+    <x:t>2.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.0x</x:t>
-[...5 lines deleted...]
-    <x:t>23.4x</x:t>
+    <x:t>10.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.9%</x:t>
-[...5 lines deleted...]
-    <x:t>30.3%</x:t>
+    <x:t>16.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
     <x:t>0.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
+    <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>94.2 USD</x:t>
-[...5 lines deleted...]
-    <x:t>341.0 USD</x:t>
+    <x:t>101.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>64.0%</x:t>
+    <x:t>63.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -824,98 +824,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.65</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.83</x:v>
+        <x:v>11.68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -974,197 +974,197 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
         <x:v>9.9</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>32.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="1" t="s">
         <x:v>19</x:v>
@@ -1203,110 +1203,110 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>40.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>53</x:v>
+        <x:v>52.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>67.4</x:v>
+        <x:v>65.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
@@ -1324,153 +1324,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>