--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -4,105 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3bec615ca54e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eacfb8c88f8b428398ad4cb6e2f9c710.psmdcp" Id="R54775f1cdfd1436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c2a59be9ace497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a19811a0a06e435fb4a6b4febe19b452.psmdcp" Id="R1b4b852e0f4b4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="106">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -152,87 +155,87 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 06/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-I</x:t>
   </x:si>
@@ -323,81 +326,75 @@
   <x:si>
     <x:t>08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -742,9391 +739,9476 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G83"/>
+  <x:dimension ref="A1:G84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E37" s="4" t="n">
+      <x:c r="E38" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="n">
+      <x:c r="E51" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>14.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D60" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E60" s="3" t="s">
+      <x:c r="D61" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="s">
+      <x:c r="E61" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G60" s="3" t="s">
+      <x:c r="F61" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A61" s="1" t="s">
+      <x:c r="G61" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B61" s="2" t="s">
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="D61" s="3" t="s">
+      <x:c r="B62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="C62" s="4" t="n">
+        <x:v>7.44</x:v>
+      </x:c>
+      <x:c r="D62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="n">
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="5" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="5" t="n">
         <x:v>0.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.79</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.15</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.08</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.05</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>13.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.15</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>10.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.74</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.74</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.23</x:v>
+        <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>22.17</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.75</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>22.17</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>14.23</x:v>
+        <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.75</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.02</x:v>
+        <x:v>13.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.78</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G83"/>
+  <x:dimension ref="A1:G84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E37" s="4" t="n">
+      <x:c r="E38" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="n">
+      <x:c r="E51" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>10.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>14.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D60" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E60" s="3" t="s">
+      <x:c r="D61" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="s">
+      <x:c r="E61" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G60" s="3" t="s">
+      <x:c r="F61" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      <x:c r="D61" s="3" t="s">
+      <x:c r="G61" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="C62" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+      <x:c r="D62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="n">
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="5" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="5" t="n">
         <x:v>0.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G83"/>
+  <x:dimension ref="A1:G84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E37" s="4" t="n">
+      <x:c r="E38" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
+      <x:c r="E40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-6.12</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="n">
+      <x:c r="E51" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>13.01</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>14.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>6.64</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D60" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E60" s="3" t="s">
+      <x:c r="D61" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="s">
+      <x:c r="E61" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G60" s="3" t="s">
+      <x:c r="F61" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      <x:c r="D61" s="3" t="s">
+      <x:c r="G61" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="C62" s="4" t="n">
+        <x:v>7.67</x:v>
+      </x:c>
+      <x:c r="D62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="n">
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="5" t="n">
+        <x:v>0.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="5" t="n">
         <x:v>0.44</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G75"/>
+  <x:dimension ref="A1:G76"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
-      <x:c r="E31" s="4" t="n">
+      <x:c r="E32" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:7">
-      <x:c r="A34" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
+      <x:c r="E34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>10.48</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-1.78</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-2.86</x:v>
       </x:c>
-      <x:c r="E42" s="4" t="n">
+      <x:c r="E43" s="4" t="n">
         <x:v>-2.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A46" s="2" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>12.97</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>14.97</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>12.97</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>13.52</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B47" s="4" t="n">
+      <x:c r="B48" s="4" t="n">
         <x:v>8.86</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>6.73</x:v>
       </x:c>
-      <x:c r="E47" s="4" t="n">
+      <x:c r="E48" s="4" t="n">
         <x:v>8.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B52" s="2" t="s">
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C52" s="3" t="s">
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D52" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E52" s="3" t="s">
+      <x:c r="D53" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F52" s="3" t="s">
+      <x:c r="E53" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G52" s="3" t="s">
+      <x:c r="F53" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B53" s="2" t="s">
+      <x:c r="G53" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
-[...17 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="B54" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>7.59</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E54" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="n">
+        <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="s">
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B60" s="5" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B61" s="5" t="n">
         <x:v>0.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="1" t="s">
+      <x:c r="A75" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G87"/>
+  <x:dimension ref="A1:G88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="n">
+      <x:c r="E40" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
+      <x:c r="E42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="n">
+      <x:c r="E54" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
+      <x:c r="E56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>14.97</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E60" s="4" t="n">
         <x:v>-4.5</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B64" s="2" t="s">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E64" s="3" t="s">
+      <x:c r="D65" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="s">
+      <x:c r="E65" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G64" s="3" t="s">
+      <x:c r="F65" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B65" s="2" t="s">
+      <x:c r="G65" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
-[...17 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="B66" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="D66" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="n">
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B72" s="5" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B73" s="5" t="n">
         <x:v>0.39</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
+      <x:c r="A87" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.38</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.12</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
         <x:v>5.72</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.57</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>10.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.62</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.11</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.89</x:v>
+        <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.09</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>14.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>18.18</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>14.23</x:v>
+        <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>