--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -4,105 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c2a59be9ace497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a19811a0a06e435fb4a6b4febe19b452.psmdcp" Id="R1b4b852e0f4b4f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1a90aee1dd4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4206b7080d243a5bbc218828f036c16.psmdcp" Id="Ra92524074b52473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -155,50 +158,53 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -326,75 +332,81 @@
   <x:si>
     <x:t>08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -739,9476 +751,9646 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G84"/>
+  <x:dimension ref="A1:G86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E38" s="4" t="n">
+      <x:c r="E39" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>-1.15</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="n">
+      <x:c r="E53" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:7">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:7">
-      <x:c r="A55" s="2" t="n">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>8.68</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>10.89</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>17.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="n">
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E56" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:7">
-[...6 lines deleted...]
-        <x:v>52</x:v>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C61" s="3" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D61" s="3" t="s">
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F61" s="3" t="s">
+      <x:c r="D63" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G61" s="3" t="s">
+      <x:c r="E63" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A62" s="1" t="s">
+      <x:c r="F63" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B62" s="2" t="s">
+      <x:c r="G63" s="3" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+      <x:c r="C64" s="4" t="n">
+        <x:v>7.44</x:v>
+      </x:c>
+      <x:c r="D64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="n">
+        <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B68" s="5" t="n">
+      <x:c r="A68" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B69" s="5" t="n">
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="5" t="n">
         <x:v>0.61</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+      <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="1" t="s">
+      <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.02</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.15</x:v>
+        <x:v>12.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.02</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.15</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.84</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G84"/>
-[...1008 lines deleted...]
-  <x:dimension ref="A1:G84"/>
+  <x:dimension ref="A1:G86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E38" s="4" t="n">
+      <x:c r="E39" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>-1.19</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="D51" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
+        <x:v>-6.11</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="n">
+      <x:c r="E53" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:7">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:7">
-      <x:c r="A55" s="2" t="n">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>8.78</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>9.22</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>10.89</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>17.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="D55" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="n">
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="C56" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
+        <x:v>6.59</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E56" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:7">
-[...6 lines deleted...]
-        <x:v>52</x:v>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C61" s="3" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D61" s="3" t="s">
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E61" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F61" s="3" t="s">
+      <x:c r="D63" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G61" s="3" t="s">
+      <x:c r="E63" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B62" s="2" t="s">
+      <x:c r="F63" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G63" s="3" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+      <x:c r="C64" s="4" t="n">
+        <x:v>7.61</x:v>
+      </x:c>
+      <x:c r="D64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="n">
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B69" s="5" t="n">
-        <x:v>0.44</x:v>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="5" t="n">
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
-      <x:c r="A71" s="1" t="s">
-[...4 lines deleted...]
-      <x:c r="A72" s="1" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="5" t="n">
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+      <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="1" t="s">
+      <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G76"/>
+  <x:dimension ref="A1:G86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-2.62</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-2.58</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
-      <x:c r="A34" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E34" s="3" t="s"/>
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>4.44</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>3.44</x:v>
+      </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.11</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>5.93</x:v>
-[...16 lines deleted...]
-        <x:v>4.04</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E45" s="3" t="s"/>
+      <x:c r="A45" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-4.51</x:v>
+      </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A47" s="2" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>12.97</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A48" s="2" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>8.67</x:v>
+        <x:v>4.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>10.29</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>10.41</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>10.84</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-6.12</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-4.11</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>-0.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
-    </x:row>
-[...46 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="B56" s="4" t="n">
+        <x:v>8.85</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>9.25</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>10.89</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="1" t="s">
-        <x:v>63</x:v>
+      <x:c r="A57" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A58" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>7.04</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>5.84</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>0.53</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>0.49</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="1" t="s">
-        <x:v>67</x:v>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D63" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E63" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F63" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G63" s="3" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
-        <x:v>68</x:v>
-[...4 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B64" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>7.67</x:v>
+      </x:c>
+      <x:c r="D64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F64" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="n">
+        <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
-        <x:v>71</x:v>
+      <x:c r="A67" s="1" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s">
-[...5 lines deleted...]
-        <x:v>73</x:v>
+      <x:c r="A68" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="5" t="n">
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
-      <x:c r="A71" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>76</x:v>
+      <x:c r="A71" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="5" t="n">
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
-        <x:v>78</x:v>
+      <x:c r="A74" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
-        <x:v>79</x:v>
+      <x:c r="A75" s="1" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G88"/>
+  <x:dimension ref="A1:G78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="3" t="s"/>
+    </x:row>
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>-0.88</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>-0.84</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>5.82</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>5.15</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="n">
+        <x:v>8.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
         <x:v>3.44</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>11.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>1.06</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>-4.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-1.87</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-3.05</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>6.31</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>6.44</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>5.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-1.75</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-1.63</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-1.44</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>4.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>10.35</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>10.48</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>10.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>-1.78</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-1.74</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-2.86</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>-2.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="3" t="s"/>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>8.81</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>9.26</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>10.89</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>17.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>12.97</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>13.52</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>8.86</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>9.04</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>6.73</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>8.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D55" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E55" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B56" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>7.59</x:v>
+      </x:c>
+      <x:c r="D56" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E56" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F56" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="n">
+        <x:v>15.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B62" s="5" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B63" s="5" t="n">
+        <x:v>0.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:G90"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
+    <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:7">
+      <x:c r="A1" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:7">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:7">
+      <x:c r="A3" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:7">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>-0.88</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>-0.85</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:7">
+      <x:c r="A8" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>3.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:7">
+      <x:c r="A9" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>5.73</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>5.77</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:7">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>-0.01</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>4.46</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>5.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>6.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>-4.25</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>-4.22</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>-3.53</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>-0.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-2.91</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-2.88</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-2.43</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>-5.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-0.54</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>-1.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>4.52</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>3.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>-6.05</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>-6.01</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>-6.95</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>6.27</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>5.44</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>-1.79</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>-1.18</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>-0.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.15</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.18</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>4.19</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>4.81</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>1.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.22</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>3.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>3.35</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>4.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>-4.68</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>-4.65</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>-4.21</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>-4.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>6.44</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3.46</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>5.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>0.55</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>0.55</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>7.24</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>4.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>7.25</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>7.18</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>9.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>-3.57</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-3.54</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-2.85</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-2.71</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-2.67</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E40" s="4" t="n">
+      <x:c r="E41" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E54" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="n">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
+      <x:c r="E58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A59" s="2" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>13.09</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>13.53</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E60" s="4" t="n">
+      <x:c r="E62" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...6 lines deleted...]
-        <x:v>52</x:v>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C65" s="3" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D65" s="3" t="s">
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s"/>
+      <x:c r="B67" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
+      <x:c r="C67" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="s">
+      <x:c r="D67" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G65" s="3" t="s">
+      <x:c r="E67" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>12.72</x:v>
+      <x:c r="F67" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G67" s="3" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
-        <x:v>62</x:v>
-[...4 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B68" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>7.68</x:v>
+      </x:c>
+      <x:c r="D68" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E68" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F68" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G68" s="4" t="n">
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B72" s="5" t="n">
+      <x:c r="A72" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B74" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B73" s="5" t="n">
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B75" s="5" t="n">
         <x:v>0.39</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+      <x:c r="A79" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
+      <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
+      <x:c r="A88" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.11</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.15</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.79</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>10.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.19</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>8.67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>11.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>14.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>14.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>9.13</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.99</x:v>
+        <x:v>14.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>14.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>21.89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>