--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -4,105 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1a90aee1dd4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4206b7080d243a5bbc218828f036c16.psmdcp" Id="Ra92524074b52473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0ffc0329954ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74ec8cf62a684566abdc6302bd0b059e.psmdcp" Id="R051da4a9b46e4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -332,69 +335,69 @@
   <x:si>
     <x:t>08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -751,9646 +754,9731 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G86"/>
+  <x:dimension ref="A1:G87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="n">
+      <x:c r="E40" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
+      <x:c r="E42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="n">
+      <x:c r="E54" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
+      <x:c r="E56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>12.65</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>13.28</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E59" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B63" s="2" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D63" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E63" s="3" t="s">
+      <x:c r="D64" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F63" s="3" t="s">
+      <x:c r="E64" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G63" s="3" t="s">
+      <x:c r="F64" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A64" s="1" t="s">
+      <x:c r="G64" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="B64" s="2" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="B65" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G64" s="4" t="n">
+      <x:c r="D65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="n">
         <x:v>11.11</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="5" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="5" t="n">
         <x:v>0.61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.88</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>13.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.15</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>12.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.84</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>5.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11.93</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.51</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.18</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G86"/>
+  <x:dimension ref="A1:G87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="n">
+      <x:c r="E40" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
+      <x:c r="E42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="n">
+      <x:c r="E54" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
+      <x:c r="E56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>13.29</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E59" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B63" s="2" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D63" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E63" s="3" t="s">
+      <x:c r="D64" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F63" s="3" t="s">
+      <x:c r="E64" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G63" s="3" t="s">
+      <x:c r="F64" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-      <x:c r="C64" s="4" t="n">
+      <x:c r="G64" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B65" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G64" s="4" t="n">
+      <x:c r="D65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="n">
         <x:v>11.22</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="5" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="5" t="n">
         <x:v>0.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G86"/>
+  <x:dimension ref="A1:G87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="n">
+      <x:c r="E40" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
+      <x:c r="E42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-6.12</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="n">
+      <x:c r="E54" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:7">
-      <x:c r="A56" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
+      <x:c r="E56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>13.01</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B58" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>6.64</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E59" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B63" s="2" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D63" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E63" s="3" t="s">
+      <x:c r="D64" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F63" s="3" t="s">
+      <x:c r="E64" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G63" s="3" t="s">
+      <x:c r="F64" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-      <x:c r="C64" s="4" t="n">
+      <x:c r="G64" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B65" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G64" s="4" t="n">
+      <x:c r="D65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F65" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="n">
         <x:v>11.28</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="5" t="n">
+        <x:v>0.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="5" t="n">
         <x:v>0.44</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G78"/>
+  <x:dimension ref="A1:G79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
-      <x:c r="E33" s="4" t="n">
+      <x:c r="E34" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
+      <x:c r="E36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>10.48</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>-1.78</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>-2.86</x:v>
       </x:c>
-      <x:c r="E45" s="4" t="n">
+      <x:c r="E46" s="4" t="n">
         <x:v>-2.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
+      <x:c r="E48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A49" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>12.97</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>12.97</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>13.52</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B50" s="4" t="n">
+      <x:c r="B51" s="4" t="n">
         <x:v>8.86</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>6.73</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="n">
+      <x:c r="E51" s="4" t="n">
         <x:v>8.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B55" s="2" t="s">
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D55" s="3" t="s">
+      <x:c r="C56" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E55" s="3" t="s">
+      <x:c r="D56" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F55" s="3" t="s">
+      <x:c r="E56" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G55" s="3" t="s">
+      <x:c r="F56" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B56" s="2" t="s">
+      <x:c r="G56" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="B57" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
-      <x:c r="D56" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G56" s="4" t="n">
+      <x:c r="D57" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E57" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F57" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="n">
         <x:v>15.43</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="s">
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="5" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B64" s="5" t="n">
         <x:v>0.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A69" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="1" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G90"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="n">
+      <x:c r="E42" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+      <x:c r="E44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E56" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A60" s="2" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E62" s="4" t="n">
+      <x:c r="E63" s="4" t="n">
         <x:v>-4.5</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D67" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E67" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F67" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G67" s="3" t="s">
+      <x:c r="F68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B68" s="2" t="s">
+      <x:c r="G68" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="B69" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
         <x:v>7.68</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G68" s="4" t="n">
+      <x:c r="D69" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
         <x:v>12.72</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B75" s="5" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B76" s="5" t="n">
         <x:v>0.39</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
+      <x:c r="A88" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
-      <x:c r="A90" s="1" t="s">
+      <x:c r="A90" s="2" t="s">
         <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.68</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.38</x:v>
+        <x:v>11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>13.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.14</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>12.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.44</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.47</x:v>
+        <x:v>11.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>13.29</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.61</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.87</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.67</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>11.66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.14</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.67</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.32</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>14.91</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.26</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>14.87</x:v>
+        <x:v>16.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.89</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>14.91</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>21.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>