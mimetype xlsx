--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -4,51 +4,51 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0ffc0329954ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74ec8cf62a684566abdc6302bd0b059e.psmdcp" Id="R051da4a9b46e4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c9565935e844e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dda8ac3614a43c5b368c52bd6263363.psmdcp" Id="Re3dc68040ccb405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>