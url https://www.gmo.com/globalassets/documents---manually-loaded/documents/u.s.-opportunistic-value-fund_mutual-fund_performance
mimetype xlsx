--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -4,105 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c9565935e844e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dda8ac3614a43c5b368c52bd6263363.psmdcp" Id="Re3dc68040ccb405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82e90ee8ced4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd45710115364b0b83890b92f6d74ef6.psmdcp" Id="R6f6e58e7a8b147bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -161,255 +164,273 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-I</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Net Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee. The Index used for</x:t>
   </x:si>
   <x:si>
     <x:t>performance reporting purposes changed from S&amp;P Composite 1500 to MSCI U.S.A. Value effective June 30th, 2024.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Value (Gross) Index is an independently maintained and widely published index comprised of large and mid cap US securities exhibiting overall value style characteristics. MSCI</x:t>
   </x:si>
   <x:si>
     <x:t>data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA (Gross) Index is an independently maintained and widely published index comprised of large and mid cap segments of the US market. MSCI data may not be reproduced or used for</x:t>
   </x:si>
   <x:si>
     <x:t>any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class III</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-III</x:t>
   </x:si>
   <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class IV</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-IV</x:t>
   </x:si>
   <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class R6</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-R6</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -431,73 +452,69 @@
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId20" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -754,9731 +771,9816 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G87"/>
+  <x:dimension ref="A1:G88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E40" s="4" t="n">
+      <x:c r="E41" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E54" s="4" t="n">
+      <x:c r="E55" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E60" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B64" s="2" t="s">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E64" s="3" t="s">
+      <x:c r="D65" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="s">
+      <x:c r="E65" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G64" s="3" t="s">
+      <x:c r="F65" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A65" s="1" t="s">
+      <x:c r="G65" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B65" s="2" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="D65" s="3" t="s">
+      <x:c r="B66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>65</x:v>
+      <x:c r="C66" s="4" t="n">
+        <x:v>14.64</x:v>
+      </x:c>
+      <x:c r="D66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="n">
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="5" t="n">
-[...4 lines deleted...]
-      <x:c r="A74" s="1" t="s">
+      <x:c r="B72" s="2" t="s">
         <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A85" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6.07</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>14.74</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.49</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>15.38</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.44</x:v>
+        <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.74</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.68</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.43</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.39</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.11</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.15</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.11</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.65</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.61</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.79</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.19</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.53</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.49</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>12.26</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.48</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.44</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.99</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>16.08</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.18</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.53</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.49</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.68</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.51</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.18</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>22.03</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.1</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>15.38</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>13.15</x:v>
+        <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.51</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.18</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>22.03</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.68</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.43</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.39</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G87"/>
+  <x:dimension ref="A1:G88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E40" s="4" t="n">
+      <x:c r="E41" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E54" s="4" t="n">
+      <x:c r="E55" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E60" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B64" s="2" t="s">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E64" s="3" t="s">
+      <x:c r="D65" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="s">
+      <x:c r="E65" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G64" s="3" t="s">
+      <x:c r="F65" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      <x:c r="D65" s="3" t="s">
+      <x:c r="G65" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>65</x:v>
+      <x:c r="C66" s="4" t="n">
+        <x:v>14.8</x:v>
+      </x:c>
+      <x:c r="D66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="n">
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>70</x:v>
+      <x:c r="B72" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A85" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G87"/>
+  <x:dimension ref="A1:G88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E40" s="4" t="n">
+      <x:c r="E41" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-6.12</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E54" s="4" t="n">
+      <x:c r="E55" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:7">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>13.01</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>13.01</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>6.64</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E60" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B64" s="2" t="s">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D64" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E64" s="3" t="s">
+      <x:c r="D65" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F64" s="3" t="s">
+      <x:c r="E65" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G64" s="3" t="s">
+      <x:c r="F65" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      <x:c r="D65" s="3" t="s">
+      <x:c r="G65" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
-[...11 lines deleted...]
-        <x:v>65</x:v>
+      <x:c r="C66" s="4" t="n">
+        <x:v>14.85</x:v>
+      </x:c>
+      <x:c r="D66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F66" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="n">
+        <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>70</x:v>
+      <x:c r="B72" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A85" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G79"/>
+  <x:dimension ref="A1:G80"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
-      <x:c r="E34" s="4" t="n">
+      <x:c r="E35" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:7">
-      <x:c r="A37" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>10.48</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>-1.78</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-2.86</x:v>
       </x:c>
-      <x:c r="E46" s="4" t="n">
+      <x:c r="E47" s="4" t="n">
         <x:v>-2.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:7">
-      <x:c r="A50" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A50" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>12.97</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>12.97</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>13.52</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B52" s="4" t="n">
         <x:v>8.86</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>6.73</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="n">
+      <x:c r="E52" s="4" t="n">
         <x:v>8.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B56" s="2" t="s">
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C56" s="3" t="s">
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D56" s="3" t="s">
+      <x:c r="C57" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E56" s="3" t="s">
+      <x:c r="D57" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F56" s="3" t="s">
+      <x:c r="E57" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G56" s="3" t="s">
+      <x:c r="F57" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>65</x:v>
+      <x:c r="G57" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B58" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>14.88</x:v>
+      </x:c>
+      <x:c r="D58" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E58" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F58" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="n">
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="s">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B64" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>70</x:v>
+      <x:c r="B64" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B65" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A70" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A74" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A77" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A79" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E42" s="4" t="n">
+      <x:c r="E43" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E57" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E63" s="4" t="n">
+      <x:c r="E64" s="4" t="n">
         <x:v>-4.5</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B68" s="2" t="s">
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="D69" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="E69" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="F69" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>65</x:v>
+      <x:c r="G69" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B70" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>14.81</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F70" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="n">
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B76" s="5" t="n">
-[...5 lines deleted...]
-        <x:v>70</x:v>
+      <x:c r="B76" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B77" s="2" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A82" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A86" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A89" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.28</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.14</x:v>
+        <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.11</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.65</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.61</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.29</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.13</x:v>
+        <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.53</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.49</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.87</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.32</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>15.35</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.15</x:v>
+        <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.48</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.44</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.61</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.35</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.17</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15.22</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.74</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>0.53</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>0.49</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>