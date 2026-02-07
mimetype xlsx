--- v5 (2026-01-18)
+++ v6 (2026-02-07)
@@ -4,105 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82e90ee8ced4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd45710115364b0b83890b92f6d74ef6.psmdcp" Id="R6f6e58e7a8b147bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbeb2b177ac4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6cd74526dae4a3f86d9442708907bd2.psmdcp" Id="R3b7094e0e33b45ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -164,87 +167,90 @@
   <x:si>
     <x:t>09/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -362,75 +368,81 @@
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -771,9816 +783,10071 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G88"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="n">
+      <x:c r="E42" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+      <x:c r="E44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-1.15</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...10 lines deleted...]
-      <x:c r="B58" s="4" t="n">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="3" t="s"/>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>15.34</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E61" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E62" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E60" s="4" t="n">
+      <x:c r="E63" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s"/>
-      <x:c r="B65" s="2" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D65" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G65" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A66" s="1" t="s">
+      <x:c r="F68" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="B66" s="2" t="s">
+      <x:c r="G68" s="3" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>14.64</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>11.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="2" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B73" s="2" t="s">
+      <x:c r="B75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="1" t="s">
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A76" s="1" t="s">
+      <x:c r="B76" s="2" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>14.81</x:v>
+        <x:v>13.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.28</x:v>
+        <x:v>14.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>12.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>23.24</x:v>
+        <x:v>21.17</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.38</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.38</x:v>
+        <x:v>14.83</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.72</x:v>
+        <x:v>14.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>12.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>23.24</x:v>
+        <x:v>21.17</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.34</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.34</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.35</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.45</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>23.24</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.38</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>23.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G88"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="n">
+      <x:c r="E42" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+      <x:c r="E44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-1.19</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...10 lines deleted...]
-      <x:c r="B58" s="4" t="n">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="3" t="s"/>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>4.06</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E61" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>12.94</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E62" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E60" s="4" t="n">
+      <x:c r="E63" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s"/>
-      <x:c r="B65" s="2" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D65" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G65" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B66" s="2" t="s">
+      <x:c r="F68" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G68" s="3" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>14.8</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>11.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B73" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A75" s="1" t="s">
+      <x:c r="B75" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>75</x:v>
+      <x:c r="B76" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G88"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="n">
+      <x:c r="E42" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
+      <x:c r="E44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>10.29</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>-2.64</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-6.12</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...10 lines deleted...]
-      <x:c r="B58" s="4" t="n">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="3" t="s"/>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>15.35</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E61" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>13.01</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E59" s="4" t="n">
+      <x:c r="E62" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>6.64</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E60" s="4" t="n">
+      <x:c r="E63" s="4" t="n">
         <x:v>16.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s"/>
-      <x:c r="B65" s="2" t="s">
+      <x:c r="A65" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D65" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E65" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F65" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G65" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B66" s="2" t="s">
+      <x:c r="F68" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G68" s="3" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>14.85</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>11.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B72" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B73" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A75" s="1" t="s">
+      <x:c r="B75" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>75</x:v>
+      <x:c r="B76" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G80"/>
+  <x:dimension ref="A1:G83"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
-      <x:c r="E35" s="4" t="n">
+      <x:c r="E36" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
+      <x:c r="E38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.48</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>10.35</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>10.48</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>9.07</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="n">
+        <x:v>10.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>-1.78</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>-2.86</x:v>
       </x:c>
-      <x:c r="E47" s="4" t="n">
+      <x:c r="E49" s="4" t="n">
         <x:v>-2.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:7">
-[...10 lines deleted...]
-      <x:c r="B50" s="4" t="n">
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="3" t="s"/>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>15.45</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="E50" s="4" t="n">
+      <x:c r="E53" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:7">
-      <x:c r="A51" s="2" t="n">
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B51" s="4" t="n">
+      <x:c r="B54" s="4" t="n">
         <x:v>12.97</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>13.52</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>14.34</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="n">
+      <x:c r="E54" s="4" t="n">
         <x:v>25.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:7">
-      <x:c r="A52" s="2" t="n">
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B52" s="4" t="n">
+      <x:c r="B55" s="4" t="n">
         <x:v>8.86</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>6.73</x:v>
       </x:c>
-      <x:c r="E52" s="4" t="n">
+      <x:c r="E55" s="4" t="n">
         <x:v>8.67</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:7">
-      <x:c r="A57" s="2" t="s"/>
-      <x:c r="B57" s="2" t="s">
+      <x:c r="A57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D57" s="3" t="s">
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E57" s="3" t="s">
+      <x:c r="C60" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F57" s="3" t="s">
+      <x:c r="D60" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G57" s="3" t="s">
+      <x:c r="E60" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="F60" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G60" s="3" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="1" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      <x:c r="A62" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>14.88</x:v>
+      </x:c>
+      <x:c r="D61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="n">
+        <x:v>15.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B64" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B65" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A67" s="1" t="s">
+      <x:c r="B67" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>75</x:v>
+      <x:c r="B68" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:7">
-      <x:c r="A72" s="2" t="s">
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="1" t="s">
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:7">
-      <x:c r="A76" s="1" t="s">
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:7">
-      <x:c r="A77" s="1" t="s">
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G92"/>
+  <x:dimension ref="A1:G95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E43" s="4" t="n">
+      <x:c r="E44" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
+      <x:c r="E46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E60" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="n">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
+      <x:c r="E62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A63" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>15.38</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="n">
+        <x:v>17.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>13.09</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>13.53</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B64" s="4" t="n">
+      <x:c r="B67" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E64" s="4" t="n">
+      <x:c r="E67" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="69" spans="1:7">
-      <x:c r="A69" s="2" t="s"/>
-      <x:c r="B69" s="2" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s">
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D69" s="3" t="s">
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E69" s="3" t="s">
+      <x:c r="C72" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F69" s="3" t="s">
+      <x:c r="D72" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G69" s="3" t="s">
+      <x:c r="E72" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="F72" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G72" s="3" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      <x:c r="A74" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>14.81</x:v>
+      </x:c>
+      <x:c r="E73" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F73" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G73" s="4" t="n">
+        <x:v>13.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B76" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B77" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A79" s="1" t="s">
+      <x:c r="B79" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>75</x:v>
+      <x:c r="B80" s="2" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:7">
-      <x:c r="A89" s="1" t="s">
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:7">
-      <x:c r="A90" s="2" t="s">
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.34</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.34</x:v>
+        <x:v>14.84</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.46</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>13.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>13.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.46</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.85</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.88</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.88</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.89</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.45</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.45</x:v>
+        <x:v>14.94</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>15.75</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>