--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -1,86 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbeb2b177ac4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6cd74526dae4a3f86d9442708907bd2.psmdcp" Id="R3b7094e0e33b45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c86b2f26ae4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae7fc35b695144d293fc52b07c9c90c7.psmdcp" Id="Ra0bd994a779f4039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
-    <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
-[...11 lines deleted...]
-    <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
+    <x:sheet name="Share Class R6_Historical" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Share Class VI_Historical" sheetId="5" r:id="rId5"/>
+    <x:sheet name="Share Class I_Month-End" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Share Class III_Month-End" sheetId="7" r:id="rId7"/>
+    <x:sheet name="Share Class R6_Month-End" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Share Class VI_Month-End" sheetId="9" r:id="rId9"/>
+    <x:sheet name="Share Class I_Quarter-End" sheetId="10" r:id="rId10"/>
+    <x:sheet name="Share Class III_Quarter-End" sheetId="11" r:id="rId11"/>
+    <x:sheet name="Share Class R6_Quarter-End" sheetId="12" r:id="rId12"/>
+    <x:sheet name="Share Class VI_Quarter-End" sheetId="13" r:id="rId13"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
@@ -315,62 +309,50 @@
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class III</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-III</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class R6</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-R6</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
@@ -492,51 +474,51 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1911,857 +1893,832 @@
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J47"/>
+  <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-[...4 lines deleted...]
-    <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:10">
+    <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row r="2" spans="1:10">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:10">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:10">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:10">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:10">
+    <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.02</x:v>
-[...5 lines deleted...]
-        <x:v>13.37</x:v>
+        <x:v>14.8</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I9" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="10" spans="1:10">
+      <x:c r="I9" s="4" t="n">
+        <x:v>11.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
-[...5 lines deleted...]
-        <x:v>12.86</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I10" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="11" spans="1:10">
+      <x:c r="I10" s="4" t="n">
+        <x:v>11.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
-[...5 lines deleted...]
-        <x:v>21.17</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I11" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="13" spans="1:10">
+      <x:c r="I11" s="4" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:10">
+    <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:10">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:10">
+    <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.05</x:v>
-[...5 lines deleted...]
-        <x:v>13.81</x:v>
+        <x:v>15.36</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I17" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="18" spans="1:10">
+      <x:c r="I17" s="4" t="n">
+        <x:v>12.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
-[...5 lines deleted...]
-        <x:v>12.86</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I18" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="19" spans="1:10">
+      <x:c r="I18" s="4" t="n">
+        <x:v>11.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
-[...5 lines deleted...]
-        <x:v>21.17</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I19" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="21" spans="1:10">
+      <x:c r="I19" s="4" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:10">
+    <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:10">
+    <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:10">
+    <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>14.93</x:v>
-[...2 lines deleted...]
-        <x:v>14.81</x:v>
+        <x:v>14.8</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>13.28</x:v>
-[...2 lines deleted...]
-    <x:row r="27" spans="1:10">
+        <x:v>11.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:10">
+    <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:10">
+    <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:10">
+    <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row r="32" spans="1:10">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row r="34" spans="1:10">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:10">
+    <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:10">
+    <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:10">
+    <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:10">
+    <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:10">
+    <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:10">
+    <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:10">
+    <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:10">
+    <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:10">
+    <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:10">
+    <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:10">
+    <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:10">
+    <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:10">
+    <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.34</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.34</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.46</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
         <x:v>79</x:v>
@@ -2800,1704 +2757,402 @@
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...432 lines deleted...]
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.85</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="F10" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="F10" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
-      <x:c r="F11" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="F11" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.35</x:v>
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.35</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>15.38</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>12.46</x:v>
+        <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
-      <x:c r="F18" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="F18" s="4" t="n">
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
-      <x:c r="F19" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="F19" s="4" t="n">
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>14.85</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>96</x:v>
-[...867 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
         <x:v>79</x:v>
@@ -5668,2197 +4323,1069 @@
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G83"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
         <x:v>0.09</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>2.77</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>4.46</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>2.65</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.04</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
+        <x:v>6.25</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
         <x:v>6.29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>5.44</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
         <x:v>1.15</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>2.88</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>4.81</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
+        <x:v>-4.73</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
         <x:v>-4.69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>4.85</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>3.09</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>3.46</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>5.51</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>7.18</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-1.69</x:v>
-[...16 lines deleted...]
-        <x:v>3.44</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A38" s="2" t="s"/>
+      <x:c r="B38" s="3" t="s"/>
+      <x:c r="C38" s="3" t="s"/>
+      <x:c r="D38" s="3" t="s"/>
+      <x:c r="E38" s="3" t="s"/>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.11</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>11.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>1.06</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E44" s="3" t="s"/>
+      <x:c r="A44" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-1.87</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-3.05</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-4.51</x:v>
-[...16 lines deleted...]
-        <x:v>2.79</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
-      <x:c r="A51" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="3" t="s"/>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="s">
-        <x:v>51</x:v>
+      <x:c r="A53" s="2" t="n">
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>10.29</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
-      <x:c r="A54" s="2" t="s">
-        <x:v>52</x:v>
+      <x:c r="A54" s="2" t="n">
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.84</x:v>
+        <x:v>12.97</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
-      <x:c r="A55" s="2" t="s">
-        <x:v>53</x:v>
+      <x:c r="A55" s="2" t="n">
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>8.86</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-3.07</x:v>
-[...16 lines deleted...]
-        <x:v>8.72</x:v>
+        <x:v>8.67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
-        <x:v>55</x:v>
-[...19 lines deleted...]
-      <x:c r="E59" s="3" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...12 lines deleted...]
-        <x:v>1.29</x:v>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C60" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D60" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E60" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F60" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G60" s="3" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-[...3 lines deleted...]
-        <x:v>14.85</x:v>
+      <x:c r="A61" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>15.35</x:v>
-[...22 lines deleted...]
-        <x:v>25.08</x:v>
+        <x:v>14.88</x:v>
+      </x:c>
+      <x:c r="D61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F61" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="n">
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="n">
-[...12 lines deleted...]
-        <x:v>16.93</x:v>
+      <x:c r="A63" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="s">
-[...5 lines deleted...]
-        <x:v>58</x:v>
+      <x:c r="A65" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B67" s="2" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s"/>
+      <x:c r="A68" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="B68" s="2" t="s">
-        <x:v>59</x:v>
-[...37 lines deleted...]
-        <x:v>11.97</x:v>
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
-[...39 lines deleted...]
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...990 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
@@ -8446,68 +5973,68 @@
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>8.03</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>8.06</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s"/>
       <x:c r="B46" s="3" t="s"/>
       <x:c r="C46" s="3" t="s"/>
       <x:c r="D46" s="3" t="s"/>
       <x:c r="E46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -8708,51 +6235,51 @@
         <x:v>3.18</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
         <x:v>2.53</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>-1.03</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s"/>
       <x:c r="B62" s="3" t="s"/>
       <x:c r="C62" s="3" t="s"/>
       <x:c r="D62" s="3" t="s"/>
       <x:c r="E62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -8848,100 +6375,100 @@
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s"/>
       <x:c r="B72" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D72" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E72" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F72" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B73" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="E73" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F73" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B79" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B80" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>79</x:v>
@@ -8979,104 +6506,104 @@
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
@@ -9144,71 +6671,71 @@
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
@@ -9438,104 +6965,104 @@
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
@@ -9603,71 +7130,71 @@
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>15.75</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
@@ -9785,50 +7312,509 @@
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:10">
+      <x:c r="A27" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:10">
+      <x:c r="A28" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:10">
+      <x:c r="A29" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:10">
+      <x:c r="A31" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:10">
+      <x:c r="A32" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:10">
+      <x:c r="A34" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:10">
+      <x:c r="A35" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:10">
+      <x:c r="A36" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:10">
+      <x:c r="A37" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:10">
+      <x:c r="A38" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:10">
+      <x:c r="A39" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:10">
+      <x:c r="A40" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:10">
+      <x:c r="A41" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:10">
+      <x:c r="A42" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:10">
+      <x:c r="A43" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:10">
+      <x:c r="A44" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:10">
+      <x:c r="A45" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:10">
+      <x:c r="A46" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:10">
+      <x:c r="A47" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:J47"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:10">
+      <x:c r="A1" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:10">
+      <x:c r="A2" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:10">
+      <x:c r="A5" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:10">
+      <x:c r="A6" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:10">
+      <x:c r="A8" s="2" t="s"/>
+      <x:c r="B8" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:10">
+      <x:c r="A9" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>4.07</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>14.38</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J9" s="4" t="n">
+        <x:v>17.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:10">
+      <x:c r="A10" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s"/>
+      <x:c r="C10" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J10" s="4" t="n">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:10">
+      <x:c r="A11" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s"/>
+      <x:c r="C11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>15.75</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="n">
+        <x:v>22.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:10">
+      <x:c r="A13" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:10">
+      <x:c r="A14" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:10">
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:10">
+      <x:c r="A17" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>4.12</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>14.94</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J17" s="4" t="n">
+        <x:v>17.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:10">
+      <x:c r="A18" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B18" s="2" t="s"/>
+      <x:c r="C18" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>13.73</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J18" s="4" t="n">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:10">
+      <x:c r="A19" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s"/>
+      <x:c r="C19" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>1.29</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>15.75</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J19" s="4" t="n">
+        <x:v>22.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:10">
+      <x:c r="A21" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:10">
+      <x:c r="A22" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:10">
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:10">
+      <x:c r="A25" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B25" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>14.88</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G25" s="4" t="n">
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
@@ -9920,405 +7906,405 @@
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.35</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.38</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>13.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.12</x:v>
+        <x:v>14.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>13.73</x:v>
       </x:c>
-      <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="G10" s="4" t="n">
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>12.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>15.75</x:v>
       </x:c>
-      <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="G11" s="4" t="n">
+        <x:v>21.17</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.85</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.83</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>13.81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>14.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>13.73</x:v>
       </x:c>
-      <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="G18" s="4" t="n">
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>12.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>15.75</x:v>
       </x:c>
-      <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+      <x:c r="G19" s="4" t="n">
+        <x:v>21.17</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>14.85</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
         <x:v>79</x:v>
@@ -10361,551 +8347,517 @@
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J47"/>
+  <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-[...4 lines deleted...]
-    <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:10">
+    <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row r="2" spans="1:10">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row r="5" spans="1:10">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row r="6" spans="1:10">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row r="8" spans="1:10">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:10">
+    <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.07</x:v>
-[...2 lines deleted...]
-        <x:v>14.38</x:v>
+        <x:v>14.64</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I9" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="10" spans="1:10">
+      <x:c r="I9" s="4" t="n">
+        <x:v>11.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
-[...2 lines deleted...]
-        <x:v>13.73</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I10" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="11" spans="1:10">
+      <x:c r="I10" s="4" t="n">
+        <x:v>11.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
-[...2 lines deleted...]
-        <x:v>15.75</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I11" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="13" spans="1:10">
+      <x:c r="I11" s="4" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:10">
+    <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:10">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:10">
+    <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.12</x:v>
-[...2 lines deleted...]
-        <x:v>14.94</x:v>
+        <x:v>15.34</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I17" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="18" spans="1:10">
+      <x:c r="I17" s="4" t="n">
+        <x:v>12.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
-[...2 lines deleted...]
-        <x:v>13.73</x:v>
+        <x:v>13.71</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I18" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="19" spans="1:10">
+      <x:c r="I18" s="4" t="n">
+        <x:v>11.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
-[...2 lines deleted...]
-        <x:v>15.75</x:v>
+        <x:v>17.75</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="I19" s="3" t="s">
-[...6 lines deleted...]
-    <x:row r="21" spans="1:10">
+      <x:c r="I19" s="4" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:10">
+    <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:10">
+    <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:10">
+    <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>14.88</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>15.89</x:v>
-[...2 lines deleted...]
-    <x:row r="27" spans="1:10">
+        <x:v>11.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:10">
+    <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:10">
+    <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:10">
+    <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row r="32" spans="1:10">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row r="34" spans="1:10">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:10">
+    <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:10">
+    <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:10">
+    <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:10">
+    <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:10">
+    <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:10">
+    <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:10">
+    <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:10">
+    <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:10">
+    <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:10">
+    <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:10">
+    <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:10">
+    <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:10">
+    <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="45">
+    <vt:vector baseType="lpstr" size="36">
       <vt:lpstr>Share Class I_Historical</vt:lpstr>
       <vt:lpstr>Share Class III_Historical</vt:lpstr>
-      <vt:lpstr>Share Class IV_Historical</vt:lpstr>
       <vt:lpstr>Share Class R6_Historical</vt:lpstr>
       <vt:lpstr>Share Class VI_Historical</vt:lpstr>
       <vt:lpstr>Share Class I_Month-End</vt:lpstr>
       <vt:lpstr>Share Class III_Month-End</vt:lpstr>
-      <vt:lpstr>Share Class IV_Month-End</vt:lpstr>
       <vt:lpstr>Share Class R6_Month-End</vt:lpstr>
       <vt:lpstr>Share Class VI_Month-End</vt:lpstr>
       <vt:lpstr>Share Class I_Quarter-End</vt:lpstr>
       <vt:lpstr>Share Class III_Quarter-End</vt:lpstr>
-      <vt:lpstr>Share Class IV_Quarter-End</vt:lpstr>
       <vt:lpstr>Share Class R6_Quarter-End</vt:lpstr>
       <vt:lpstr>Share Class VI_Quarter-End</vt:lpstr>
       <vt:lpstr>Share Class I_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class I_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class III_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class III_Historical!Print_Titles</vt:lpstr>
-      <vt:lpstr>Share Class IV_Historical!Print_Area</vt:lpstr>
-      <vt:lpstr>Share Class IV_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class R6_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class R6_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class VI_Historical!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class VI_Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class I_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class I_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class III_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class III_Month-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>Share Class IV_Month-End!Print_Area</vt:lpstr>
-      <vt:lpstr>Share Class IV_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class R6_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class R6_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class VI_Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class VI_Month-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class I_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class I_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class III_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class III_Quarter-End!Print_Titles</vt:lpstr>
-      <vt:lpstr>Share Class IV_Quarter-End!Print_Area</vt:lpstr>
-      <vt:lpstr>Share Class IV_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class R6_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class R6_Quarter-End!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class VI_Quarter-End!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class VI_Quarter-End!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>