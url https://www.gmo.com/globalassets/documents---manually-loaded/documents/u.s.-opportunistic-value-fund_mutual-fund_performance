--- v7 (2026-02-27)
+++ v8 (2026-03-19)
@@ -1,102 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c86b2f26ae4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae7fc35b695144d293fc52b07c9c90c7.psmdcp" Id="Ra0bd994a779f4039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafcad2fcf29b4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/555b6a7b8bec4df49e7f36b9e0f229af.psmdcp" Id="Rb916fd25d91b46fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class VI_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class I_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class III_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="13" r:id="rId13"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Performance - U.S. Opportunistic Value Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 02/15/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Value (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA (Gross)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -350,69 +353,69 @@
   <x:si>
     <x:t>Inception date: 12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Opportunistic Value Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2022</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -765,8050 +768,8118 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-2.08</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E42" s="4" t="n">
+      <x:c r="E43" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E57" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>15.34</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>12.85</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>7.06</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E63" s="4" t="n">
+      <x:c r="E64" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B68" s="2" t="s">
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="D69" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="E69" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="F69" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A69" s="1" t="s">
+      <x:c r="G69" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B69" s="2" t="s">
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="B70" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
-      <x:c r="D69" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G69" s="4" t="n">
+      <x:c r="D70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="n">
         <x:v>11.8</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B76" s="2" t="s">
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A78" s="1" t="s">
+      <x:c r="B77" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
+      <x:c r="A89" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.45</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.45</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>23.24</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.38</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>23.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.24</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.24</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-2.13</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-2.09</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>-4.13</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>-3.42</x:v>
       </x:c>
-      <x:c r="E42" s="4" t="n">
+      <x:c r="E43" s="4" t="n">
         <x:v>-4.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>3.81</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>8.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-6.17</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-4.11</x:v>
       </x:c>
-      <x:c r="E57" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>13.49</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>7.04</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
-      <x:c r="E63" s="4" t="n">
+      <x:c r="E64" s="4" t="n">
         <x:v>16.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B68" s="2" t="s">
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="D69" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="E69" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="F69" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-      <x:c r="C69" s="4" t="n">
+      <x:c r="G69" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B70" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
-      <x:c r="D69" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G69" s="4" t="n">
+      <x:c r="D70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F70" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="n">
         <x:v>11.91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:7">
-[...1 lines deleted...]
-        <x:v>75</x:v>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B77" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
+      <x:c r="A89" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G83"/>
+  <x:dimension ref="A1:G84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.25</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
+        <x:v>-2.74</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>-3.61</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>-4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
-      <x:c r="E36" s="4" t="n">
+      <x:c r="E37" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="3" t="s"/>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>4.78</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>10.48</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.96</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>10.83</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>10.96</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>-1.78</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>-1.74</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>-2.86</x:v>
       </x:c>
-      <x:c r="E49" s="4" t="n">
+      <x:c r="E50" s="4" t="n">
         <x:v>-2.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:7">
-      <x:c r="A52" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
+      <x:c r="E52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A53" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>14.88</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>15.45</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>12.97</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>15.45</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>12.97</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>13.52</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>14.34</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>25.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B56" s="4" t="n">
         <x:v>8.86</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>9.04</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>6.73</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>8.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D60" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E60" s="3" t="s">
+      <x:c r="D61" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F60" s="3" t="s">
+      <x:c r="E61" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G60" s="3" t="s">
+      <x:c r="F61" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B61" s="2" t="s">
+      <x:c r="G61" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="B62" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
-      <x:c r="D61" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="G61" s="4" t="n">
+      <x:c r="D62" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="n">
         <x:v>15.89</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-[...1 lines deleted...]
-        <x:v>75</x:v>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G95"/>
+  <x:dimension ref="A1:G96"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.060625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.770625" style="0" customWidth="1"/>
     <x:col min="6" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>6.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>6.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.61</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>6.67</x:v>
+        <x:v>3.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>6.67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>6.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E44" s="4" t="n">
+      <x:c r="E45" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>2.42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>11.36</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>11.36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.97</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>-1.97</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>10.34</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>10.44</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>11.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>7.73</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>7.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E60" s="4" t="n">
+      <x:c r="E61" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A64" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>15.38</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>17.75</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>14.34</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>16.45</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>16.45</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>16.89</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>9.24</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B67" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-3.34</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-2.41</x:v>
       </x:c>
-      <x:c r="E67" s="4" t="n">
+      <x:c r="E68" s="4" t="n">
         <x:v>-4.5</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B72" s="2" t="s">
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D72" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E72" s="3" t="s">
+      <x:c r="D73" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F72" s="3" t="s">
+      <x:c r="E73" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G72" s="3" t="s">
+      <x:c r="F73" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+      <x:c r="G73" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="B74" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
-      <x:c r="E73" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G73" s="4" t="n">
+      <x:c r="E74" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F74" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="n">
         <x:v>13.28</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:7">
-[...1 lines deleted...]
-        <x:v>75</x:v>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B81" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
-      <x:c r="A90" s="1" t="s">
+      <x:c r="A90" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
-      <x:c r="A93" s="2" t="s">
+      <x:c r="A93" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="1" t="s">
+      <x:c r="A95" s="2" t="s">
         <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.14</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>17.57</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>13.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.73</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.68</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.75</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>16.57</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.84</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>18.29</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>15.94</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>14.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.73</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.68</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.75</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>16.57</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.340625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.3</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>17.71</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>15.38</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>13.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.73</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.68</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.75</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>16.57</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.86</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>18.29</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>14.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.73</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>14.68</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.75</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>16.57</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.69</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.38</x:v>
+        <x:v>17.88</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.73</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.57</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>22.01</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.94</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.77</x:v>
+        <x:v>18.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.73</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.57</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>22.01</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.460625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.38</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>13.37</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.33</x:v>
+        <x:v>14.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.73</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.86</x:v>
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.54</x:v>
+        <x:v>12.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.57</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.83</x:v>
+        <x:v>18.27</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>13.81</x:v>
+        <x:v>15.95</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>14.77</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.73</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.86</x:v>
+        <x:v>14.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.54</x:v>
+        <x:v>12.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.75</x:v>
+        <x:v>16.57</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.79</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>14.81</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.220625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.34</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.34</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>14.64</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>