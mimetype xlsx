--- v2 (2025-11-15)
+++ v3 (2025-12-07)
@@ -1,122 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29e61b8a5f84300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5421754b861d45eea134e5f4f615d2a2.psmdcp" Id="R125817d786b84012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9919e5a3bb7542e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/528130cd6d0c45d78f575e20e3b7a249.psmdcp" Id="Rd2b84c1e2b0b46a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="753" uniqueCount="753">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="767">
   <x:si>
     <x:t>U.S. Opportunistic Value Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
     <x:t>LT Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>12/05/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/14/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>06/25/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/13/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/12/2023</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/10/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/11/2023</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025</x:t>
   </x:si>
@@ -2668,51 +2710,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H702"/>
+  <x:dimension ref="A1:H716"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
@@ -2721,27685 +2763,28305 @@
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.2267</x:v>
+      </x:c>
+      <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.9391</x:v>
+        <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.3983</x:v>
+        <x:v>0.3156</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>0.9474</x:v>
+        <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7953</x:v>
+        <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1078</x:v>
+        <x:v>0.3983</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>0.2763</x:v>
+        <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.1314</x:v>
+        <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.99</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3777</x:v>
+        <x:v>0.1078</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>0.3348</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.2763</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="n">
+        <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>22.01</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.3777</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.312</x:v>
-[...2 lines deleted...]
-        <x:v>0.0001</x:v>
+        <x:v>0.3348</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>22.13</x:v>
+      </x:c>
+      <x:c r="E10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="n">
-        <x:v>21.35</x:v>
+      <x:c r="F10" s="4" t="n">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>0.312</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
         <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
         <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>19.54</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.54</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>24.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>24.96</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>25.07</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>24.49</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>24.17</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>24.31</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.74</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.54</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.96</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.6</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.71</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>25.07</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.54</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>24.71</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
         <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>507</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>18.77</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.77</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
         <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>614</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>18.97</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="696" spans="1:8">
+      <x:c r="A696" s="2" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B696" s="3" t="n">
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B697" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B698" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B699" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B700" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="B701" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
-      <x:c r="A702" s="1" t="s">
-        <x:v>705</x:v>
+      <x:c r="A702" s="2" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B702" s="3" t="n">
+        <x:v>20.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="703" spans="1:8">
+      <x:c r="A703" s="2" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B703" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="704" spans="1:8">
+      <x:c r="A704" s="2" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B704" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="705" spans="1:8">
+      <x:c r="A705" s="2" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B705" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="706" spans="1:8">
+      <x:c r="A706" s="2" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B706" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="707" spans="1:8">
+      <x:c r="A707" s="2" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="B707" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="708" spans="1:8">
+      <x:c r="A708" s="2" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B708" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="709" spans="1:8">
+      <x:c r="A709" s="2" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="B709" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="711" spans="1:8">
+      <x:c r="A711" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="712" spans="1:8">
+      <x:c r="A712" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="713" spans="1:8">
+      <x:c r="A713" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="714" spans="1:8">
+      <x:c r="A714" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="715" spans="1:8">
+      <x:c r="A715" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="716" spans="1:8">
+      <x:c r="A716" s="1" t="s">
+        <x:v>719</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H703"/>
+  <x:dimension ref="A1:H717"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.42</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.2419</x:v>
+      </x:c>
+      <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.9391</x:v>
+        <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.33</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.4154</x:v>
+        <x:v>0.3314</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>0.9474</x:v>
+        <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7953</x:v>
+        <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>22.32</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1201</x:v>
+        <x:v>0.4154</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>0.2763</x:v>
+        <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.1314</x:v>
+        <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3225</x:v>
+        <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>0.3348</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.2763</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="n">
+        <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>22.1</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.0921</x:v>
+        <x:v>0.3225</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.312</x:v>
-[...2 lines deleted...]
-        <x:v>0.0001</x:v>
+        <x:v>0.3348</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>22.22</x:v>
+      </x:c>
+      <x:c r="E10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="n">
-        <x:v>21.44</x:v>
+      <x:c r="F10" s="4" t="n">
+        <x:v>0.0921</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>0.312</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
         <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>19.12</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>19.12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>24.83</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>25.05</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>25.06</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>25.16</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.65</x:v>
+        <x:v>24.83</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.84</x:v>
+        <x:v>25.05</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>25.06</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.69</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>25.16</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>23.65</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>23.9</x:v>
+        <x:v>24.65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.06</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>24.69</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.43</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.65</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.08</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.07</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.06</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.43</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.66</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.08</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>24.07</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.66</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
         <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.43</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>22.43</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>507</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>614</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
-        <x:v>707</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="697" spans="1:8">
+      <x:c r="A697" s="2" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B697" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B698" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B699" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B700" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="B701" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B702" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
-      <x:c r="A703" s="1" t="s">
-        <x:v>705</x:v>
+      <x:c r="A703" s="2" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B703" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="704" spans="1:8">
+      <x:c r="A704" s="2" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B704" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="705" spans="1:8">
+      <x:c r="A705" s="2" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B705" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="706" spans="1:8">
+      <x:c r="A706" s="2" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B706" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="707" spans="1:8">
+      <x:c r="A707" s="2" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="B707" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="708" spans="1:8">
+      <x:c r="A708" s="2" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B708" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="709" spans="1:8">
+      <x:c r="A709" s="2" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="B709" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="710" spans="1:8">
+      <x:c r="A710" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B710" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="712" spans="1:8">
+      <x:c r="A712" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="713" spans="1:8">
+      <x:c r="A713" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="714" spans="1:8">
+      <x:c r="A714" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="715" spans="1:8">
+      <x:c r="A715" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="716" spans="1:8">
+      <x:c r="A716" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="717" spans="1:8">
+      <x:c r="A717" s="1" t="s">
+        <x:v>719</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H703"/>
+  <x:dimension ref="A1:H717"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.37</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.2448</x:v>
+      </x:c>
+      <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.9391</x:v>
+        <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.4235</x:v>
+        <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>0.9474</x:v>
+        <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7953</x:v>
+        <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.27</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1204</x:v>
+        <x:v>0.4235</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>0.2763</x:v>
+        <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.1314</x:v>
+        <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.04</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3853</x:v>
+        <x:v>0.1204</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>0.3348</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.2763</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="n">
+        <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>22.06</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.0872</x:v>
+        <x:v>0.3853</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.312</x:v>
-[...2 lines deleted...]
-        <x:v>0.0001</x:v>
+        <x:v>0.3348</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>22.18</x:v>
+      </x:c>
+      <x:c r="E10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="n">
-        <x:v>21.4</x:v>
+      <x:c r="F10" s="4" t="n">
+        <x:v>0.0872</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>0.312</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
         <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
         <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>24.78</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>24.9</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>25.11</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.78</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.79</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>25.11</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>23.6</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.79</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.39</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.7</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.39</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
         <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
         <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>507</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>19.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>614</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
-        <x:v>707</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="697" spans="1:8">
+      <x:c r="A697" s="2" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B697" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B698" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B699" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B700" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="B701" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B702" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
-      <x:c r="A703" s="1" t="s">
-        <x:v>705</x:v>
+      <x:c r="A703" s="2" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B703" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="704" spans="1:8">
+      <x:c r="A704" s="2" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B704" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="705" spans="1:8">
+      <x:c r="A705" s="2" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B705" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="706" spans="1:8">
+      <x:c r="A706" s="2" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B706" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="707" spans="1:8">
+      <x:c r="A707" s="2" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="B707" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="708" spans="1:8">
+      <x:c r="A708" s="2" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B708" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="709" spans="1:8">
+      <x:c r="A709" s="2" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="B709" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="710" spans="1:8">
+      <x:c r="A710" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B710" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="712" spans="1:8">
+      <x:c r="A712" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="713" spans="1:8">
+      <x:c r="A713" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="714" spans="1:8">
+      <x:c r="A714" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="715" spans="1:8">
+      <x:c r="A715" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="716" spans="1:8">
+      <x:c r="A716" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="717" spans="1:8">
+      <x:c r="A717" s="1" t="s">
+        <x:v>719</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H570"/>
+  <x:dimension ref="A1:H584"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="n">
-[...3 lines deleted...]
-        <x:v>0.5551</x:v>
+      <x:c r="G5" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.9391</x:v>
+        <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.25</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.4162</x:v>
+        <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>0.9474</x:v>
+        <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7953</x:v>
+        <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.24</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1154</x:v>
+        <x:v>0.4162</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>0.2763</x:v>
+        <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.1314</x:v>
+        <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3907</x:v>
+        <x:v>0.1154</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>0.3348</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.2763</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="n">
+        <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>22.03</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="n">
-        <x:v>21.4</x:v>
+      <x:c r="F9" s="4" t="n">
+        <x:v>0.3907</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>0.3348</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
         <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>19.55</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>24.68</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>24.86</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>24.92</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>25.08</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>24.77</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>24.18</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>24.68</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>24.86</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.92</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.77</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.18</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.22</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.93</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.22</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>23.93</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.93</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.93</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>507</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="564" spans="1:8">
+      <x:c r="A564" s="2" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B564" s="3" t="n">
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
-        <x:v>700</x:v>
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B565" s="3" t="n">
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
-        <x:v>701</x:v>
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B566" s="3" t="n">
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
-        <x:v>702</x:v>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="B567" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
-        <x:v>703</x:v>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="B568" s="3" t="n">
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
-        <x:v>704</x:v>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B569" s="3" t="n">
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
-      <x:c r="A570" s="1" t="s">
-        <x:v>705</x:v>
+      <x:c r="A570" s="2" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="B570" s="3" t="n">
+        <x:v>20.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="571" spans="1:8">
+      <x:c r="A571" s="2" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B571" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="572" spans="1:8">
+      <x:c r="A572" s="2" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B572" s="3" t="n">
+        <x:v>20.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="573" spans="1:8">
+      <x:c r="A573" s="2" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B573" s="3" t="n">
+        <x:v>20.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="574" spans="1:8">
+      <x:c r="A574" s="2" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B574" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:8">
+      <x:c r="A575" s="2" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B575" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="576" spans="1:8">
+      <x:c r="A576" s="2" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="B576" s="3" t="n">
+        <x:v>20.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="577" spans="1:8">
+      <x:c r="A577" s="2" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B577" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="579" spans="1:8">
+      <x:c r="A579" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="580" spans="1:8">
+      <x:c r="A580" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="581" spans="1:8">
+      <x:c r="A581" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:8">
+      <x:c r="A582" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="583" spans="1:8">
+      <x:c r="A583" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:8">
+      <x:c r="A584" s="1" t="s">
+        <x:v>719</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H745"/>
+  <x:dimension ref="A1:H759"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.37</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.2557</x:v>
+      </x:c>
+      <x:c r="G5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.9391</x:v>
+        <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.4297</x:v>
+        <x:v>0.3375</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>0.9474</x:v>
+        <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7953</x:v>
+        <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>22.29</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1201</x:v>
+        <x:v>0.4297</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>0.2763</x:v>
+        <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.1314</x:v>
+        <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.05</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3913</x:v>
+        <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>0.3348</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.2763</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="n">
+        <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>22.07</x:v>
+      </x:c>
+      <x:c r="E9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.0856</x:v>
+        <x:v>0.3913</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>0.312</x:v>
-[...2 lines deleted...]
-        <x:v>0.0001</x:v>
+        <x:v>0.3348</x:v>
+      </x:c>
+      <x:c r="H9" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>22.19</x:v>
+      </x:c>
+      <x:c r="E10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.0282</x:v>
-[...5 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>0.0856</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>0.312</x:v>
+      </x:c>
+      <x:c r="H10" s="4" t="n">
+        <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>22.08</x:v>
+      </x:c>
+      <x:c r="E11" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>0.0282</x:v>
+      </x:c>
+      <x:c r="G11" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="H11" s="2" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>24.73</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>25.13</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>24.82</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>24.23</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>24.42</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>261</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.73</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.66</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>25.13</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>24.82</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.23</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>24.66</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.38</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.05</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.38</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.05</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.68</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.68</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>366</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
         <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
         <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>507</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
         <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>614</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
-        <x:v>707</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
-        <x:v>712</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
-        <x:v>713</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
-        <x:v>719</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
-        <x:v>720</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
-        <x:v>722</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
-        <x:v>723</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
-        <x:v>724</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>711</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>19.36</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>19.07</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739" spans="1:8">
+      <x:c r="A739" s="2" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="B739" s="3" t="n">
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
-        <x:v>700</x:v>
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="B740" s="3" t="n">
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
-        <x:v>701</x:v>
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="B741" s="3" t="n">
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
-        <x:v>702</x:v>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B742" s="3" t="n">
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
-        <x:v>703</x:v>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B743" s="3" t="n">
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
-        <x:v>704</x:v>
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="B744" s="3" t="n">
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
-      <x:c r="A745" s="1" t="s">
-        <x:v>705</x:v>
+      <x:c r="A745" s="2" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B745" s="3" t="n">
+        <x:v>19.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="746" spans="1:8">
+      <x:c r="A746" s="2" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="B746" s="3" t="n">
+        <x:v>19.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="747" spans="1:8">
+      <x:c r="A747" s="2" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="B747" s="3" t="n">
+        <x:v>19.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="748" spans="1:8">
+      <x:c r="A748" s="2" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B748" s="3" t="n">
+        <x:v>19.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="749" spans="1:8">
+      <x:c r="A749" s="2" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="B749" s="3" t="n">
+        <x:v>19.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="750" spans="1:8">
+      <x:c r="A750" s="2" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="B750" s="3" t="n">
+        <x:v>19.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="751" spans="1:8">
+      <x:c r="A751" s="2" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="B751" s="3" t="n">
+        <x:v>19.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="752" spans="1:8">
+      <x:c r="A752" s="2" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="B752" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="754" spans="1:8">
+      <x:c r="A754" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="755" spans="1:8">
+      <x:c r="A755" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="756" spans="1:8">
+      <x:c r="A756" s="2" t="s">
+        <x:v>716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="757" spans="1:8">
+      <x:c r="A757" s="2" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="758" spans="1:8">
+      <x:c r="A758" s="2" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="759" spans="1:8">
+      <x:c r="A759" s="1" t="s">
+        <x:v>719</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>