--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -1,125 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9919e5a3bb7542e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/528130cd6d0c45d78f575e20e3b7a249.psmdcp" Id="Rd2b84c1e2b0b46a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6714851c5ab4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a02570c8ebe5486a9adc9b56dee4a96b.psmdcp" Id="R1c7c621a7f32416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="767">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="781">
   <x:si>
     <x:t>U.S. Opportunistic Value Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
     <x:t>LT Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>12/26/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
+    <x:t>12/24/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/04/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>06/25/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/03/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/02/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/01/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/12/2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/28/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/11/2023</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025</x:t>
   </x:si>
@@ -2710,51 +2752,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H716"/>
+  <x:dimension ref="A1:H730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
@@ -2763,28305 +2805,28865 @@
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.83</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2267</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3156</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.72</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.3983</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>21.73</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1078</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>21.61</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3777</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.56</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.91</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
         <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>19.54</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.54</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.96</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>25.07</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>24.49</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>24.17</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.31</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.74</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.54</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.96</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.6</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.71</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>25.07</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.54</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>24.71</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
         <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>521</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>18.77</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.77</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
         <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>628</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>18.97</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="710" spans="1:8">
+      <x:c r="A710" s="2" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="B710" s="3" t="n">
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B711" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="B712" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B713" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B714" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B715" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
-      <x:c r="A716" s="1" t="s">
-        <x:v>719</x:v>
+      <x:c r="A716" s="2" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B716" s="3" t="n">
+        <x:v>20.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="717" spans="1:8">
+      <x:c r="A717" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B717" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="718" spans="1:8">
+      <x:c r="A718" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B718" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="719" spans="1:8">
+      <x:c r="A719" s="2" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B719" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="720" spans="1:8">
+      <x:c r="A720" s="2" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B720" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="721" spans="1:8">
+      <x:c r="A721" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B721" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="722" spans="1:8">
+      <x:c r="A722" s="2" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B722" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:8">
+      <x:c r="A723" s="2" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B723" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:8">
+      <x:c r="A725" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:8">
+      <x:c r="A726" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:8">
+      <x:c r="A727" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:8">
+      <x:c r="A728" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:8">
+      <x:c r="A729" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:8">
+      <x:c r="A730" s="1" t="s">
+        <x:v>733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H717"/>
+  <x:dimension ref="A1:H731"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2419</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3314</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4154</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>21.81</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.69</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3225</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.64</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0921</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>19.12</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>19.12</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.83</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>25.05</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>25.06</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>25.16</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.65</x:v>
+        <x:v>24.83</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.84</x:v>
+        <x:v>25.05</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>25.06</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.69</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>25.16</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>23.65</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.9</x:v>
+        <x:v>24.65</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.06</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>24.69</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.43</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.65</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>24.08</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>24.07</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.06</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.66</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.08</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>24.07</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.66</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
         <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>22.43</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>22.43</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>521</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>628</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="711" spans="1:8">
+      <x:c r="A711" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B711" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="B712" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B713" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B714" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B715" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B716" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
-      <x:c r="A717" s="1" t="s">
-        <x:v>719</x:v>
+      <x:c r="A717" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B717" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="718" spans="1:8">
+      <x:c r="A718" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B718" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="719" spans="1:8">
+      <x:c r="A719" s="2" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B719" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="720" spans="1:8">
+      <x:c r="A720" s="2" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B720" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="721" spans="1:8">
+      <x:c r="A721" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B721" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="722" spans="1:8">
+      <x:c r="A722" s="2" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B722" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:8">
+      <x:c r="A723" s="2" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B723" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:8">
+      <x:c r="A724" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B724" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:8">
+      <x:c r="A726" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:8">
+      <x:c r="A727" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:8">
+      <x:c r="A728" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:8">
+      <x:c r="A729" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:8">
+      <x:c r="A730" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:8">
+      <x:c r="A731" s="1" t="s">
+        <x:v>733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H717"/>
+  <x:dimension ref="A1:H731"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2448</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4235</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1204</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>21.64</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3853</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0872</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
         <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.78</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.9</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>25.11</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.78</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.79</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>25.11</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>23.6</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.79</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.39</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.7</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.39</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
         <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
         <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>521</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>628</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="711" spans="1:8">
+      <x:c r="A711" s="2" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B711" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="B712" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B713" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B714" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B715" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B716" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
-      <x:c r="A717" s="1" t="s">
-        <x:v>719</x:v>
+      <x:c r="A717" s="2" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B717" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="718" spans="1:8">
+      <x:c r="A718" s="2" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B718" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="719" spans="1:8">
+      <x:c r="A719" s="2" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B719" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="720" spans="1:8">
+      <x:c r="A720" s="2" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B720" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="721" spans="1:8">
+      <x:c r="A721" s="2" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B721" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="722" spans="1:8">
+      <x:c r="A722" s="2" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B722" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:8">
+      <x:c r="A723" s="2" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B723" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:8">
+      <x:c r="A724" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B724" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:8">
+      <x:c r="A726" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:8">
+      <x:c r="A727" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:8">
+      <x:c r="A728" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:8">
+      <x:c r="A729" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:8">
+      <x:c r="A730" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:8">
+      <x:c r="A731" s="1" t="s">
+        <x:v>733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H584"/>
+  <x:dimension ref="A1:H598"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4162</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.98</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1154</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3907</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>19.55</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.68</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.86</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.92</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>25.08</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>24.77</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>24.18</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>24.68</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>24.86</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.92</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.77</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.18</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>24.22</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.93</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.22</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>23.93</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.93</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.93</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>521</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="578" spans="1:8">
+      <x:c r="A578" s="2" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="B578" s="3" t="n">
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="B579" s="3" t="n">
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B580" s="3" t="n">
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B581" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="B582" s="3" t="n">
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B583" s="3" t="n">
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
-      <x:c r="A584" s="1" t="s">
-        <x:v>719</x:v>
+      <x:c r="A584" s="2" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B584" s="3" t="n">
+        <x:v>20.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="585" spans="1:8">
+      <x:c r="A585" s="2" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="B585" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="586" spans="1:8">
+      <x:c r="A586" s="2" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="B586" s="3" t="n">
+        <x:v>20.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="587" spans="1:8">
+      <x:c r="A587" s="2" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="B587" s="3" t="n">
+        <x:v>20.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="588" spans="1:8">
+      <x:c r="A588" s="2" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B588" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="589" spans="1:8">
+      <x:c r="A589" s="2" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B589" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="590" spans="1:8">
+      <x:c r="A590" s="2" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="B590" s="3" t="n">
+        <x:v>20.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="591" spans="1:8">
+      <x:c r="A591" s="2" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B591" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="593" spans="1:8">
+      <x:c r="A593" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="594" spans="1:8">
+      <x:c r="A594" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="595" spans="1:8">
+      <x:c r="A595" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="596" spans="1:8">
+      <x:c r="A596" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="597" spans="1:8">
+      <x:c r="A597" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:8">
+      <x:c r="A598" s="1" t="s">
+        <x:v>733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H759"/>
+  <x:dimension ref="A1:H773"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2557</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3375</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4297</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3913</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0856</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.0282</x:v>
       </x:c>
       <x:c r="G11" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="H11" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>24.73</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>25.13</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>24.82</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>24.23</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>24.42</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.73</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.66</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>25.13</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>24.82</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.23</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.42</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>24.66</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>24.38</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>24.05</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.38</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.05</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>23.68</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.68</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>380</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
         <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
         <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>521</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
         <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>628</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
-        <x:v>721</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
-        <x:v>726</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
-        <x:v>727</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
-        <x:v>733</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
-        <x:v>734</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
-        <x:v>736</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
-        <x:v>737</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
-        <x:v>738</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
-        <x:v>725</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
-        <x:v>760</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>19.36</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>19.07</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="753" spans="1:8">
+      <x:c r="A753" s="2" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="B753" s="3" t="n">
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
-        <x:v>714</x:v>
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="B754" s="3" t="n">
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
-        <x:v>715</x:v>
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="B755" s="3" t="n">
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
-        <x:v>716</x:v>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B756" s="3" t="n">
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
-        <x:v>717</x:v>
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="B757" s="3" t="n">
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
-        <x:v>718</x:v>
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B758" s="3" t="n">
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
-      <x:c r="A759" s="1" t="s">
-        <x:v>719</x:v>
+      <x:c r="A759" s="2" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="B759" s="3" t="n">
+        <x:v>19.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="760" spans="1:8">
+      <x:c r="A760" s="2" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="B760" s="3" t="n">
+        <x:v>19.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="761" spans="1:8">
+      <x:c r="A761" s="2" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="B761" s="3" t="n">
+        <x:v>19.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="762" spans="1:8">
+      <x:c r="A762" s="2" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="B762" s="3" t="n">
+        <x:v>19.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="763" spans="1:8">
+      <x:c r="A763" s="2" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="B763" s="3" t="n">
+        <x:v>19.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="764" spans="1:8">
+      <x:c r="A764" s="2" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B764" s="3" t="n">
+        <x:v>19.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="765" spans="1:8">
+      <x:c r="A765" s="2" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="B765" s="3" t="n">
+        <x:v>19.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="766" spans="1:8">
+      <x:c r="A766" s="2" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="B766" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="768" spans="1:8">
+      <x:c r="A768" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="769" spans="1:8">
+      <x:c r="A769" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="770" spans="1:8">
+      <x:c r="A770" s="2" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="771" spans="1:8">
+      <x:c r="A771" s="2" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="772" spans="1:8">
+      <x:c r="A772" s="2" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="773" spans="1:8">
+      <x:c r="A773" s="1" t="s">
+        <x:v>733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>