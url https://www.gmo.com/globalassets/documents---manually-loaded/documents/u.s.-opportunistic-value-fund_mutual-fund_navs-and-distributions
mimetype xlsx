--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -1,128 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6714851c5ab4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a02570c8ebe5486a9adc9b56dee4a96b.psmdcp" Id="R1c7c621a7f32416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff903dd5f3e4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dede15a186b47e3868c76f48c41793a.psmdcp" Id="R5d0f4431a07c4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="781">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="795" uniqueCount="795">
   <x:si>
     <x:t>U.S. Opportunistic Value Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
     <x:t>LT Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>01/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/26/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/05/2025</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/24/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>06/25/2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/23/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/22/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/19/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>12/12/2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/18/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/11/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
@@ -2752,51 +2794,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H730"/>
+  <x:dimension ref="A1:H744"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
@@ -2805,28865 +2847,29425 @@
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.05</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2267</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>22.18</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3156</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.12</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.3983</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.99</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1078</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.09</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3777</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.91</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
         <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
         <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>19.54</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.96</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>25.07</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.49</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.17</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.31</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.74</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>24.54</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.96</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.6</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.71</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>25.07</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.49</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.17</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.54</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>24.71</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
         <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
-        <x:v>394</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.77</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.77</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
         <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
-        <x:v>642</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.58</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.95</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.58</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>18.97</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:8">
+      <x:c r="A724" s="2" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B724" s="3" t="n">
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B725" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B726" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B727" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B728" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B729" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
-      <x:c r="A730" s="1" t="s">
-        <x:v>733</x:v>
+      <x:c r="A730" s="2" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B730" s="3" t="n">
+        <x:v>20.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:8">
+      <x:c r="A731" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B731" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:8">
+      <x:c r="A732" s="2" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B732" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:8">
+      <x:c r="A733" s="2" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B733" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:8">
+      <x:c r="A734" s="2" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="B734" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735" spans="1:8">
+      <x:c r="A735" s="2" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B735" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:8">
+      <x:c r="A736" s="2" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B736" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:8">
+      <x:c r="A737" s="2" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B737" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739" spans="1:8">
+      <x:c r="A739" s="2" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:8">
+      <x:c r="A740" s="2" t="s">
+        <x:v>743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:8">
+      <x:c r="A741" s="2" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742" spans="1:8">
+      <x:c r="A742" s="2" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743" spans="1:8">
+      <x:c r="A743" s="2" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744" spans="1:8">
+      <x:c r="A744" s="1" t="s">
+        <x:v>747</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H731"/>
+  <x:dimension ref="A1:H745"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.91</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2419</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.91</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3314</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4154</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3225</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0921</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
         <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>19.12</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>19.12</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.83</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.94</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>25.05</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>25.06</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>25.16</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.85</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.65</x:v>
+        <x:v>24.83</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.94</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.84</x:v>
+        <x:v>25.05</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.67</x:v>
+        <x:v>25.06</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.69</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>25.16</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.85</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.65</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.9</x:v>
+        <x:v>24.65</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>24.06</x:v>
+        <x:v>24.67</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>24.69</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>24.43</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>24.28</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.65</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>24.08</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>24.07</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.06</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>24.43</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.66</x:v>
+        <x:v>24.28</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.08</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>24.07</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.66</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
-        <x:v>394</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.37</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.37</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
         <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>23.31</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.31</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>22.43</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.93</x:v>
+        <x:v>22.43</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.93</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.62</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
-        <x:v>642</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:8">
+      <x:c r="A725" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B725" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B726" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B727" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B728" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B729" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B730" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
-      <x:c r="A731" s="1" t="s">
-        <x:v>733</x:v>
+      <x:c r="A731" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B731" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:8">
+      <x:c r="A732" s="2" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B732" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:8">
+      <x:c r="A733" s="2" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B733" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:8">
+      <x:c r="A734" s="2" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="B734" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735" spans="1:8">
+      <x:c r="A735" s="2" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B735" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:8">
+      <x:c r="A736" s="2" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B736" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:8">
+      <x:c r="A737" s="2" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B737" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738" spans="1:8">
+      <x:c r="A738" s="2" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B738" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:8">
+      <x:c r="A740" s="2" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:8">
+      <x:c r="A741" s="2" t="s">
+        <x:v>743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742" spans="1:8">
+      <x:c r="A742" s="2" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743" spans="1:8">
+      <x:c r="A743" s="2" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744" spans="1:8">
+      <x:c r="A744" s="2" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="745" spans="1:8">
+      <x:c r="A745" s="1" t="s">
+        <x:v>747</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H731"/>
+  <x:dimension ref="A1:H745"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2448</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.21</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.16</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4235</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1204</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.12</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3853</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0872</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
         <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.55</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
         <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.55</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.59</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>19.41</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.78</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.9</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>25.11</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.53</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.35</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>24.48</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.78</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>24.58</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.79</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>25.11</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.53</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.6</x:v>
+        <x:v>24.53</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.54</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.35</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>24.48</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.58</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.79</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>24.39</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>24.44</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>24.24</x:v>
+        <x:v>23.53</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.54</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.96</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>24.02</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.7</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.91</x:v>
+        <x:v>24.39</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.76</x:v>
+        <x:v>24.44</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>24.02</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.91</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.76</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.49</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>23.49</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.58</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
         <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.58</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
-        <x:v>394</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.06</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.06</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
         <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.89</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.89</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.16</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>19.97</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
-        <x:v>642</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.85</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>18.96</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>18.86</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.96</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:8">
+      <x:c r="A725" s="2" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B725" s="3" t="n">
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B726" s="3" t="n">
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B727" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B728" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B729" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B730" s="3" t="n">
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
-      <x:c r="A731" s="1" t="s">
-        <x:v>733</x:v>
+      <x:c r="A731" s="2" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B731" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:8">
+      <x:c r="A732" s="2" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B732" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:8">
+      <x:c r="A733" s="2" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B733" s="3" t="n">
+        <x:v>20.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:8">
+      <x:c r="A734" s="2" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="B734" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735" spans="1:8">
+      <x:c r="A735" s="2" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B735" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:8">
+      <x:c r="A736" s="2" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B736" s="3" t="n">
+        <x:v>20.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:8">
+      <x:c r="A737" s="2" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B737" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738" spans="1:8">
+      <x:c r="A738" s="2" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B738" s="3" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:8">
+      <x:c r="A740" s="2" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:8">
+      <x:c r="A741" s="2" t="s">
+        <x:v>743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742" spans="1:8">
+      <x:c r="A742" s="2" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743" spans="1:8">
+      <x:c r="A743" s="2" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744" spans="1:8">
+      <x:c r="A744" s="2" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="745" spans="1:8">
+      <x:c r="A745" s="1" t="s">
+        <x:v>747</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H598"/>
+  <x:dimension ref="A1:H612"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.31</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3312</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>22.38</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4162</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.25</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1154</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.35</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3907</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.79</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>22.04</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
         <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.85</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.69</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.16</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>19.94</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.69</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>19.39</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>19.55</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>20.16</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>19.94</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>21.51</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.26</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.41</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>22.26</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>21.77</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.68</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.86</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>24.98</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.92</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>24.95</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>25.08</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.77</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.2</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.18</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.32</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>24.68</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.57</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>24.86</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.75</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.98</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.61</x:v>
+        <x:v>24.92</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.72</x:v>
+        <x:v>24.95</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>25.08</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.77</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.57</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.18</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>23.95</x:v>
+        <x:v>24.32</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.57</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.85</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>24.75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>23.98</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.29</x:v>
+        <x:v>24.61</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>24.36</x:v>
+        <x:v>24.72</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>24.41</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>24.21</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>23.57</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>24.22</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.93</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.67</x:v>
+        <x:v>23.85</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.75</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.94</x:v>
+        <x:v>24.29</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24.36</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.73</x:v>
+        <x:v>24.41</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>24.21</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.22</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.74</x:v>
+        <x:v>23.93</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.81</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.38</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.67</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.75</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.94</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.73</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.4</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.74</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.81</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.41</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.38</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>22.35</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>23.41</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.14</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.64</x:v>
+        <x:v>22.14</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.95</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
         <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.93</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.64</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.95</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
-        <x:v>394</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.62</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.75</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.83</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.82</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.93</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.62</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.75</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.83</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.82</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.94</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.53</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>22.44</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.34</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.69</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.67</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.47</x:v>
+        <x:v>22.94</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.28</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.21</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.53</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
         <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.69</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>23.14</x:v>
+        <x:v>22.67</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>23.42</x:v>
+        <x:v>22.47</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>22.28</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>23.32</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.21</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.44</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.65</x:v>
+        <x:v>23.14</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.52</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>22.46</x:v>
+        <x:v>23.42</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>23.32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>22.12</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.94</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.89</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>22.03</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.95</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.46</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.94</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.95</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.87</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.62</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.64</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.71</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.08</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.92</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.08</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>19.51</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>19.76</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>19.91</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.92</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>19.51</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>19.76</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>19.91</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="592" spans="1:8">
+      <x:c r="A592" s="2" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B592" s="3" t="n">
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="B593" s="3" t="n">
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B594" s="3" t="n">
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B595" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B596" s="3" t="n">
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="B597" s="3" t="n">
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
-      <x:c r="A598" s="1" t="s">
-        <x:v>733</x:v>
+      <x:c r="A598" s="2" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B598" s="3" t="n">
+        <x:v>20.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="599" spans="1:8">
+      <x:c r="A599" s="2" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B599" s="3" t="n">
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="600" spans="1:8">
+      <x:c r="A600" s="2" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="B600" s="3" t="n">
+        <x:v>20.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:8">
+      <x:c r="A601" s="2" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="B601" s="3" t="n">
+        <x:v>20.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:8">
+      <x:c r="A602" s="2" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B602" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:8">
+      <x:c r="A603" s="2" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B603" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:8">
+      <x:c r="A604" s="2" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="B604" s="3" t="n">
+        <x:v>20.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:8">
+      <x:c r="A605" s="2" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="B605" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:8">
+      <x:c r="A607" s="2" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="608" spans="1:8">
+      <x:c r="A608" s="2" t="s">
+        <x:v>743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:8">
+      <x:c r="A609" s="2" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="610" spans="1:8">
+      <x:c r="A610" s="2" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:8">
+      <x:c r="A611" s="2" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:8">
+      <x:c r="A612" s="1" t="s">
+        <x:v>747</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H773"/>
+  <x:dimension ref="A1:H787"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.990625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>22.09</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.2557</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.6826</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.86</x:v>
+        <x:v>22.22</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0.3375</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.5551</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0.9391</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>22.16</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>0.4297</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>0.9474</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>0.7953</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.03</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1201</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>0.2763</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0.1314</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.3913</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.3348</x:v>
       </x:c>
       <x:c r="H9" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.0856</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.312</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0.0001</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.21</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.0282</x:v>
       </x:c>
       <x:c r="G11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>22.19</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>22.19</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.84</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.56</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>21.84</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.41</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>21.56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.49</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.57</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.48</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.47</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.49</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.57</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>21.48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>21.68</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>21.82</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.82</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>19.72</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>19.09</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>21.65</x:v>
+        <x:v>19.72</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>21.46</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>21.87</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>21.9</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>21.67</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>21.72</x:v>
+        <x:v>19.09</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
-        <x:v>21.54</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B204" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B205" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B206" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>21.65</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B207" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B208" s="3" t="n">
-        <x:v>22.01</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B209" s="3" t="n">
-        <x:v>21.75</x:v>
+        <x:v>21.87</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B211" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B212" s="3" t="n">
-        <x:v>21.99</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B213" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.67</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B214" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>21.72</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="3" t="n">
-        <x:v>22.17</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B216" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B217" s="3" t="n">
-        <x:v>22.31</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B218" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B219" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B220" s="3" t="n">
-        <x:v>22.59</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B221" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B222" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.01</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B223" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.75</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B224" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B225" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B226" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>21.99</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B228" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B229" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>22.17</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B230" s="3" t="n">
-        <x:v>22.29</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B231" s="3" t="n">
-        <x:v>22.25</x:v>
+        <x:v>22.31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B232" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B233" s="3" t="n">
-        <x:v>22.61</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B234" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>22.59</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B235" s="3" t="n">
-        <x:v>22.51</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B236" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B237" s="3" t="n">
-        <x:v>22.42</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B238" s="3" t="n">
-        <x:v>22.45</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B239" s="3" t="n">
-        <x:v>22.27</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B240" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B241" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B242" s="3" t="n">
-        <x:v>22.09</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B243" s="3" t="n">
-        <x:v>22.07</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B244" s="3" t="n">
-        <x:v>21.76</x:v>
+        <x:v>22.29</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B245" s="3" t="n">
-        <x:v>21.63</x:v>
+        <x:v>22.25</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B246" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B247" s="3" t="n">
-        <x:v>21.66</x:v>
+        <x:v>22.61</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B248" s="3" t="n">
-        <x:v>21.71</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B249" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.51</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B250" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B251" s="3" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B252" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.45</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B253" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>22.27</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B254" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B255" s="3" t="n">
-        <x:v>21.74</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B256" s="3" t="n">
-        <x:v>21.69</x:v>
+        <x:v>22.09</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B257" s="3" t="n">
-        <x:v>21.52</x:v>
+        <x:v>22.07</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B258" s="3" t="n">
-        <x:v>21.42</x:v>
+        <x:v>21.76</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B259" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B260" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B261" s="3" t="n">
-        <x:v>21.81</x:v>
+        <x:v>21.66</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B262" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B263" s="3" t="n">
-        <x:v>22.13</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B264" s="3" t="n">
-        <x:v>22.23</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B265" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>21.43</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B266" s="3" t="n">
-        <x:v>22.36</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B267" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B268" s="3" t="n">
-        <x:v>22.55</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="2" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B269" s="3" t="n">
-        <x:v>24.73</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="2" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B270" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>21.69</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="2" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B271" s="3" t="n">
-        <x:v>24.91</x:v>
+        <x:v>21.52</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="2" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B272" s="3" t="n">
-        <x:v>25.02</x:v>
+        <x:v>21.42</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="2" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B273" s="3" t="n">
-        <x:v>25.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="2" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B274" s="3" t="n">
-        <x:v>24.97</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="2" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B275" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21.81</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="2" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B276" s="3" t="n">
-        <x:v>25.13</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="2" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B277" s="3" t="n">
-        <x:v>24.82</x:v>
+        <x:v>22.13</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="2" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B278" s="3" t="n">
-        <x:v>24.55</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="2" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B279" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="2" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B280" s="3" t="n">
-        <x:v>24.23</x:v>
+        <x:v>22.36</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="2" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B281" s="3" t="n">
-        <x:v>24.42</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="2" t="s">
-        <x:v>289</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B282" s="3" t="n">
-        <x:v>24.37</x:v>
+        <x:v>22.55</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B283" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.73</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B284" s="3" t="n">
-        <x:v>24.62</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B285" s="3" t="n">
-        <x:v>24.59</x:v>
+        <x:v>24.91</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B286" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.02</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B287" s="3" t="n">
-        <x:v>24.64</x:v>
+        <x:v>25.03</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B288" s="3" t="n">
-        <x:v>24.66</x:v>
+        <x:v>24.97</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="3" t="n">
-        <x:v>24.76</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B290" s="3" t="n">
-        <x:v>23.82</x:v>
+        <x:v>25.13</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B291" s="3" t="n">
-        <x:v>23.55</x:v>
+        <x:v>24.82</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B292" s="3" t="n">
-        <x:v>23.62</x:v>
+        <x:v>24.55</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B293" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B294" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.23</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B295" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.42</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B296" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.37</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B297" s="3" t="n">
-        <x:v>23.79</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B298" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.62</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B299" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>24.59</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B300" s="3" t="n">
-        <x:v>24.01</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B301" s="3" t="n">
-        <x:v>24.03</x:v>
+        <x:v>24.64</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B302" s="3" t="n">
-        <x:v>24.33</x:v>
+        <x:v>24.66</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B303" s="3" t="n">
-        <x:v>24.4</x:v>
+        <x:v>24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B304" s="3" t="n">
-        <x:v>24.45</x:v>
+        <x:v>23.82</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B305" s="3" t="n">
-        <x:v>24.25</x:v>
+        <x:v>23.55</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B306" s="3" t="n">
-        <x:v>24.38</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B307" s="3" t="n">
-        <x:v>24.26</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B308" s="3" t="n">
-        <x:v>23.97</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B309" s="3" t="n">
-        <x:v>24.05</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B310" s="3" t="n">
-        <x:v>23.88</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B311" s="3" t="n">
-        <x:v>23.89</x:v>
+        <x:v>23.79</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B312" s="3" t="n">
-        <x:v>24.04</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B313" s="3" t="n">
-        <x:v>23.72</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B314" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.01</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B315" s="3" t="n">
-        <x:v>23.87</x:v>
+        <x:v>24.03</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B316" s="3" t="n">
-        <x:v>23.99</x:v>
+        <x:v>24.33</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B317" s="3" t="n">
-        <x:v>23.92</x:v>
+        <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B318" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>24.45</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B319" s="3" t="n">
-        <x:v>23.63</x:v>
+        <x:v>24.25</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B320" s="3" t="n">
-        <x:v>23.84</x:v>
+        <x:v>24.38</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B321" s="3" t="n">
-        <x:v>23.83</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B322" s="3" t="n">
-        <x:v>23.78</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B323" s="3" t="n">
-        <x:v>23.86</x:v>
+        <x:v>24.05</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B324" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.88</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B325" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.89</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B326" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>24.04</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B327" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>23.72</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B328" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B329" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>23.87</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B330" s="3" t="n">
-        <x:v>22.78</x:v>
+        <x:v>23.99</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B331" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.92</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B332" s="3" t="n">
-        <x:v>22.84</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B333" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>23.63</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B334" s="3" t="n">
-        <x:v>23.34</x:v>
+        <x:v>23.84</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="2" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B335" s="3" t="n">
-        <x:v>23.44</x:v>
+        <x:v>23.83</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B336" s="3" t="n">
-        <x:v>23.77</x:v>
+        <x:v>23.78</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B337" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B338" s="3" t="n">
-        <x:v>23.45</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B339" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B340" s="3" t="n">
-        <x:v>23.56</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B341" s="3" t="n">
-        <x:v>23.51</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B342" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B343" s="3" t="n">
-        <x:v>23.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B344" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>22.78</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B345" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B346" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B347" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B348" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.34</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B349" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.44</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B350" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.77</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B351" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B352" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.45</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="n">
-        <x:v>22.08</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B354" s="3" t="n">
-        <x:v>22.18</x:v>
+        <x:v>23.56</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B355" s="3" t="n">
-        <x:v>22.05</x:v>
+        <x:v>23.51</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B356" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B357" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.22</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B358" s="3" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B359" s="3" t="n">
-        <x:v>23.52</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B360" s="3" t="n">
-        <x:v>23.39</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B361" s="3" t="n">
-        <x:v>23.43</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B362" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B363" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B364" s="3" t="n">
-        <x:v>23.16</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B365" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B366" s="3" t="n">
-        <x:v>23.26</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B367" s="3" t="n">
-        <x:v>23.47</x:v>
+        <x:v>22.08</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B368" s="3" t="n">
-        <x:v>23.68</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B369" s="3" t="n">
-        <x:v>23.59</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B370" s="3" t="n">
-        <x:v>23.21</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B371" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B372" s="3" t="n">
-        <x:v>22.99</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B373" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.52</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B374" s="3" t="n">
-        <x:v>22.64</x:v>
+        <x:v>23.39</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="2" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B375" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B376" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="2" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B377" s="3" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="2" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B378" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>23.16</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="2" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B379" s="3" t="n">
-        <x:v>23.09</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="2" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B380" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.26</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="2" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B381" s="3" t="n">
-        <x:v>22.97</x:v>
+        <x:v>23.47</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="2" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B382" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.68</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="2" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B383" s="3" t="n">
-        <x:v>23.12</x:v>
+        <x:v>23.59</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="2" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B384" s="3" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.21</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="2" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B385" s="3" t="n">
-        <x:v>23.05</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="2" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B386" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.99</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="2" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B387" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="2" t="s">
-        <x:v>394</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B388" s="3" t="n">
-        <x:v>22.81</x:v>
+        <x:v>22.64</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B389" s="3" t="n">
-        <x:v>22.66</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B390" s="3" t="n">
-        <x:v>22.79</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B391" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.11</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B392" s="3" t="n">
-        <x:v>22.86</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B393" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>23.09</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B394" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B395" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>22.97</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B396" s="3" t="n">
         <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B397" s="3" t="n">
-        <x:v>22.96</x:v>
+        <x:v>23.12</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B398" s="3" t="n">
-        <x:v>23.08</x:v>
+        <x:v>23.24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B399" s="3" t="n">
-        <x:v>23.13</x:v>
+        <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B400" s="3" t="n">
-        <x:v>22.76</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B401" s="3" t="n">
-        <x:v>22.63</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B402" s="3" t="n">
-        <x:v>22.88</x:v>
+        <x:v>22.81</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B403" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.66</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B404" s="3" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B405" s="3" t="n">
-        <x:v>23.19</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B406" s="3" t="n">
-        <x:v>23.25</x:v>
+        <x:v>22.86</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B407" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B408" s="3" t="n">
-        <x:v>23.33</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B409" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B410" s="3" t="n">
-        <x:v>23.29</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B411" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.96</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B412" s="3" t="n">
-        <x:v>23.07</x:v>
+        <x:v>23.08</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B413" s="3" t="n">
-        <x:v>23.03</x:v>
+        <x:v>23.13</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B414" s="3" t="n">
-        <x:v>22.98</x:v>
+        <x:v>22.76</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B415" s="3" t="n">
-        <x:v>22.8</x:v>
+        <x:v>22.63</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B416" s="3" t="n">
-        <x:v>22.77</x:v>
+        <x:v>22.88</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B417" s="3" t="n">
-        <x:v>22.72</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B418" s="3" t="n">
-        <x:v>22.57</x:v>
+        <x:v>22.91</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B419" s="3" t="n">
-        <x:v>22.48</x:v>
+        <x:v>23.19</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B420" s="3" t="n">
-        <x:v>22.33</x:v>
+        <x:v>23.25</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B421" s="3" t="n">
-        <x:v>22.38</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B422" s="3" t="n">
-        <x:v>22.73</x:v>
+        <x:v>23.33</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B423" s="3" t="n">
-        <x:v>22.71</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B424" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.29</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B425" s="3" t="n">
-        <x:v>22.87</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B426" s="3" t="n">
-        <x:v>22.85</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B427" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.03</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B428" s="3" t="n">
-        <x:v>22.5</x:v>
+        <x:v>22.98</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B429" s="3" t="n">
-        <x:v>22.32</x:v>
+        <x:v>22.8</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B430" s="3" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.77</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B431" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>22.72</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B432" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.57</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B433" s="3" t="n">
         <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B434" s="3" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.33</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B435" s="3" t="n">
-        <x:v>22.92</x:v>
+        <x:v>22.38</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B436" s="3" t="n">
-        <x:v>23.23</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B437" s="3" t="n">
-        <x:v>23.18</x:v>
+        <x:v>22.71</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B438" s="3" t="n">
-        <x:v>23.17</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B440" s="3" t="n">
-        <x:v>23.28</x:v>
+        <x:v>22.85</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B441" s="3" t="n">
-        <x:v>23.27</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B442" s="3" t="n">
-        <x:v>23.46</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="2" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B443" s="3" t="n">
-        <x:v>23.48</x:v>
+        <x:v>22.32</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B444" s="3" t="n">
-        <x:v>23.35</x:v>
+        <x:v>22.22</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B445" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B446" s="3" t="n">
-        <x:v>23.02</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B447" s="3" t="n">
-        <x:v>23.04</x:v>
+        <x:v>22.48</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B448" s="3" t="n">
-        <x:v>23.15</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="2" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B449" s="3" t="n">
-        <x:v>23.01</x:v>
+        <x:v>22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="2" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B450" s="3" t="n">
-        <x:v>22.74</x:v>
+        <x:v>23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="2" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B451" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.18</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="2" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B452" s="3" t="n">
-        <x:v>22.54</x:v>
+        <x:v>23.17</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="2" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B453" s="3" t="n">
-        <x:v>22.56</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="2" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B454" s="3" t="n">
-        <x:v>22.68</x:v>
+        <x:v>23.28</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B455" s="3" t="n">
-        <x:v>22.58</x:v>
+        <x:v>23.27</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="2" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B456" s="3" t="n">
-        <x:v>22.49</x:v>
+        <x:v>23.46</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="2" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B457" s="3" t="n">
-        <x:v>22.4</x:v>
+        <x:v>23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="2" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B458" s="3" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.35</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B459" s="3" t="n">
-        <x:v>22.24</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B460" s="3" t="n">
-        <x:v>22.11</x:v>
+        <x:v>23.02</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B461" s="3" t="n">
-        <x:v>22.16</x:v>
+        <x:v>23.04</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B462" s="3" t="n">
-        <x:v>22.15</x:v>
+        <x:v>23.15</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="2" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B463" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>23.01</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="2" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B464" s="3" t="n">
-        <x:v>21.96</x:v>
+        <x:v>22.74</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B465" s="3" t="n">
-        <x:v>22.02</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B466" s="3" t="n">
-        <x:v>21.92</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="2" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B467" s="3" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.56</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="2" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B468" s="3" t="n">
-        <x:v>21.98</x:v>
+        <x:v>22.68</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="2" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B469" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.58</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="2" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B470" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.49</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="2" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B471" s="3" t="n">
-        <x:v>21.78</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="2" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B472" s="3" t="n">
-        <x:v>21.88</x:v>
+        <x:v>22.39</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="2" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B473" s="3" t="n">
-        <x:v>21.61</x:v>
+        <x:v>22.24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="2" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B474" s="3" t="n">
-        <x:v>21.45</x:v>
+        <x:v>22.11</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="2" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B475" s="3" t="n">
-        <x:v>21.83</x:v>
+        <x:v>22.16</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B476" s="3" t="n">
-        <x:v>21.64</x:v>
+        <x:v>22.15</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="2" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B477" s="3" t="n">
-        <x:v>21.59</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B478" s="3" t="n">
-        <x:v>21.58</x:v>
+        <x:v>21.96</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="2" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B479" s="3" t="n">
-        <x:v>21.55</x:v>
+        <x:v>22.02</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="2" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B480" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.92</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="2" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B481" s="3" t="n">
-        <x:v>21.62</x:v>
+        <x:v>22.06</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="2" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B482" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.98</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="2" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B483" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="2" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B484" s="3" t="n">
-        <x:v>21.73</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="2" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B485" s="3" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.78</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="2" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B486" s="3" t="n">
-        <x:v>21.53</x:v>
+        <x:v>21.88</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="2" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B487" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.61</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="2" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B488" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.45</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="2" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B489" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.83</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="2" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B490" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.64</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="2" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B491" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="2" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B492" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.58</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="2" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B493" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="2" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B494" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="2" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B495" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.62</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="2" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B496" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="2" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B497" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="2" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B498" s="3" t="n">
-        <x:v>21.27</x:v>
+        <x:v>21.73</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="2" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B499" s="3" t="n">
-        <x:v>21.44</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="2" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B500" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.53</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="2" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B501" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="2" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B502" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="2" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B503" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="2" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B504" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="2" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B505" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="2" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B506" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="2" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B507" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="2" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B508" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="2" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B509" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="2" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B510" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="2" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B511" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="2" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B512" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.27</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="2" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B513" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.44</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="2" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B514" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="2" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B515" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B516" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="2" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B517" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="2" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B518" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="2" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B519" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="2" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B520" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="2" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B521" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="2" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B522" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="2" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B523" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="2" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B524" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="2" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B525" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="2" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B526" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="2" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B527" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="2" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B528" s="3" t="n">
-        <x:v>20.42</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="2" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B529" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="2" t="s">
-        <x:v>535</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B530" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="2" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B531" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="2" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B532" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="2" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B533" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="2" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B534" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="2" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B535" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="2" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B536" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="2" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B537" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="2" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B538" s="3" t="n">
-        <x:v>19.42</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="2" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B539" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="2" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B540" s="3" t="n">
-        <x:v>19.73</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="2" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B541" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="2" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B542" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="2" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B543" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="2" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B544" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="2" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B545" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="2" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B546" s="3" t="n">
-        <x:v>19.02</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="2" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B547" s="3" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="2" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B548" s="3" t="n">
-        <x:v>19.03</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="2" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B549" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="2" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B550" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B551" s="3" t="n">
-        <x:v>19.25</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="2" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B552" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="2" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B553" s="3" t="n">
-        <x:v>19.63</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B554" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B555" s="3" t="n">
-        <x:v>20.07</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B556" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B557" s="3" t="n">
-        <x:v>19.68</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="2" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B558" s="3" t="n">
-        <x:v>19.75</x:v>
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="2" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B559" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="2" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B560" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.02</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="2" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B561" s="3" t="n">
-        <x:v>19.81</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="2" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
-        <x:v>19.65</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="2" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="2" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="2" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B565" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="2" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B566" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="2" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B567" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="2" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B568" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="2" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B569" s="3" t="n">
-        <x:v>19.82</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="2" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B570" s="3" t="n">
-        <x:v>19.78</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="2" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B571" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="2" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B572" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.75</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="2" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B573" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="2" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B574" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="2" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B575" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>19.81</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="2" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B576" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>19.65</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B577" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="2" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B578" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="2" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B579" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="2" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B580" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="2" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B581" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="2" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B582" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="2" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B583" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="2" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B584" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>19.78</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="2" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B585" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="2" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B586" s="3" t="n">
-        <x:v>20.58</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="2" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B587" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="2" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B588" s="3" t="n">
-        <x:v>20.47</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="2" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B589" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="2" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B590" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="2" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B591" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="2" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B592" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="2" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B593" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="2" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B594" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="2" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B595" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="2" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B596" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="2" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B597" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="2" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B598" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="2" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B599" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="2" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B600" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="2" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B601" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="2" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B602" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="2" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B603" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="2" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B604" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="2" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B605" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="2" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B606" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="2" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B607" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="2" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B608" s="3" t="n">
-        <x:v>20.76</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="2" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B609" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="2" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B610" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="2" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B611" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="2" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B612" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="2" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B613" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="2" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B614" s="3" t="n">
         <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="2" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B615" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="2" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B616" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="2" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B617" s="3" t="n">
-        <x:v>20.63</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="2" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B618" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="2" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B619" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="2" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B620" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="2" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B621" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="2" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B622" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.76</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="2" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B623" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B624" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="2" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B625" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="2" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B626" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="2" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B627" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="2" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B628" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="2" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B629" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="2" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B630" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="2" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B631" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.63</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="2" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B632" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="2" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B633" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="2" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B634" s="3" t="n">
-        <x:v>20.04</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="2" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B635" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="2" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B636" s="3" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="2" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B637" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="2" t="s">
-        <x:v>642</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B638" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="2" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B639" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="2" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B640" s="3" t="n">
-        <x:v>20.57</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="2" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B641" s="3" t="n">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="2" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B642" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="2" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B643" s="3" t="n">
-        <x:v>20.28</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="2" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B644" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="2" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B645" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="2" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B646" s="3" t="n">
-        <x:v>20.17</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="2" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B647" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="2" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B648" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="2" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B649" s="3" t="n">
-        <x:v>19.88</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="2" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B650" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="2" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B651" s="3" t="n">
-        <x:v>19.32</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="2" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B652" s="3" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="2" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B653" s="3" t="n">
-        <x:v>19.5</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="2" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B654" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="2" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B655" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="2" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B656" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="2" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B657" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>20.28</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="2" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B658" s="3" t="n">
-        <x:v>19.53</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="2" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B659" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="2" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B660" s="3" t="n">
-        <x:v>19.46</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="2" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B661" s="3" t="n">
-        <x:v>19.11</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B662" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="2" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B663" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B664" s="3" t="n">
-        <x:v>19.28</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="2" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B665" s="3" t="n">
         <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B666" s="3" t="n">
-        <x:v>19.38</x:v>
+        <x:v>19.48</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="2" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B667" s="3" t="n">
-        <x:v>19.47</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="2" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B668" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="2" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B669" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="2" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B670" s="3" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="2" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B671" s="3" t="n">
-        <x:v>19.61</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="2" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B672" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>19.53</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="2" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B673" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="2" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B674" s="3" t="n">
-        <x:v>19.79</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="2" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B675" s="3" t="n">
-        <x:v>19.34</x:v>
+        <x:v>19.11</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="2" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B676" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="2" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B677" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="2" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B678" s="3" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="2" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B679" s="3" t="n">
-        <x:v>19.83</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="2" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B680" s="3" t="n">
-        <x:v>20.02</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B681" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.47</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="2" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B682" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="2" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B683" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="2" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B684" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="2" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B685" s="3" t="n">
-        <x:v>19.86</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="2" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B686" s="3" t="n">
-        <x:v>19.99</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="2" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B687" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="2" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B688" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="2" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B689" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.34</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="2" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B690" s="3" t="n">
-        <x:v>19.74</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="2" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B691" s="3" t="n">
-        <x:v>19.93</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="2" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B692" s="3" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="2" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B693" s="3" t="n">
-        <x:v>19.52</x:v>
+        <x:v>19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="2" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B694" s="3" t="n">
-        <x:v>19.45</x:v>
+        <x:v>20.02</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="2" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B695" s="3" t="n">
-        <x:v>19.17</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="2" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B696" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="2" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B697" s="3" t="n">
-        <x:v>18.98</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="2" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B698" s="3" t="n">
-        <x:v>18.89</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="2" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B699" s="3" t="n">
-        <x:v>18.95</x:v>
+        <x:v>19.86</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="2" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B700" s="3" t="n">
-        <x:v>19.37</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="2" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B701" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.87</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="2" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B702" s="3" t="n">
-        <x:v>18.78</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="2" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B703" s="3" t="n">
-        <x:v>19.15</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="2" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B704" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.74</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="2" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B705" s="3" t="n">
-        <x:v>19.13</x:v>
+        <x:v>19.93</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="2" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B706" s="3" t="n">
-        <x:v>18.85</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="2" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B707" s="3" t="n">
-        <x:v>19.24</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="2" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B708" s="3" t="n">
-        <x:v>19.49</x:v>
+        <x:v>19.45</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="2" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B709" s="3" t="n">
-        <x:v>19.98</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="2" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B710" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="2" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B711" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.98</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="2" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B712" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="2" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B713" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>18.95</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="2" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B714" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="2" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B715" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="2" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B716" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="2" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B717" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="2" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B718" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="2" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B719" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="2" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B720" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>18.85</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="2" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B721" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="2" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B722" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>19.49</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="2" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B723" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="2" t="s">
-        <x:v>735</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B724" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="2" t="s">
-        <x:v>740</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B725" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="2" t="s">
-        <x:v>741</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B726" s="3" t="n">
-        <x:v>20.84</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="2" t="s">
-        <x:v>742</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B727" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="2" t="s">
-        <x:v>743</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B728" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="2" t="s">
-        <x:v>744</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B729" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="2" t="s">
-        <x:v>745</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B730" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="2" t="s">
-        <x:v>746</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B731" s="3" t="n">
-        <x:v>21.24</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="2" t="s">
-        <x:v>747</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B732" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="2" t="s">
-        <x:v>748</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B733" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="2" t="s">
-        <x:v>749</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B734" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="2" t="s">
-        <x:v>750</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B735" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="2" t="s">
-        <x:v>751</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B736" s="3" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="2" t="s">
-        <x:v>752</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B737" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="2" t="s">
-        <x:v>753</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B738" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="2" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B739" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="2" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B740" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="2" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B741" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="2" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B742" s="3" t="n">
-        <x:v>19.84</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="2" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B743" s="3" t="n">
-        <x:v>19.96</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="2" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B744" s="3" t="n">
-        <x:v>20.29</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="2" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B745" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="2" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B746" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="2" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B747" s="3" t="n">
-        <x:v>20.27</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="2" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B748" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="2" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B749" s="3" t="n">
-        <x:v>19.89</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="2" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B750" s="3" t="n">
-        <x:v>20.05</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="2" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B751" s="3" t="n">
-        <x:v>19.59</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="2" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B752" s="3" t="n">
-        <x:v>19.66</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="2" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B753" s="3" t="n">
-        <x:v>19.35</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="2" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B754" s="3" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="2" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B755" s="3" t="n">
-        <x:v>19.31</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="2" t="s">
-        <x:v>739</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B756" s="3" t="n">
-        <x:v>19.01</x:v>
+        <x:v>19.84</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="2" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B757" s="3" t="n">
-        <x:v>19.27</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="2" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B758" s="3" t="n">
-        <x:v>19.26</x:v>
+        <x:v>20.29</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="2" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B759" s="3" t="n">
-        <x:v>19.14</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="2" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B760" s="3" t="n">
-        <x:v>19.36</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="2" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B761" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.27</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="2" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B762" s="3" t="n">
-        <x:v>19.07</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="2" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B763" s="3" t="n">
-        <x:v>19.21</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="2" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B764" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="2" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B765" s="3" t="n">
-        <x:v>19.87</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="2" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B766" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="767" spans="1:8">
+      <x:c r="A767" s="2" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="B767" s="3" t="n">
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="2" t="s">
-        <x:v>728</x:v>
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="B768" s="3" t="n">
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="2" t="s">
-        <x:v>729</x:v>
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B769" s="3" t="n">
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="2" t="s">
-        <x:v>730</x:v>
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="B770" s="3" t="n">
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="2" t="s">
-        <x:v>731</x:v>
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="B771" s="3" t="n">
+        <x:v>19.27</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="2" t="s">
-        <x:v>732</x:v>
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="B772" s="3" t="n">
+        <x:v>19.26</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
-      <x:c r="A773" s="1" t="s">
-        <x:v>733</x:v>
+      <x:c r="A773" s="2" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="B773" s="3" t="n">
+        <x:v>19.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="774" spans="1:8">
+      <x:c r="A774" s="2" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="B774" s="3" t="n">
+        <x:v>19.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="775" spans="1:8">
+      <x:c r="A775" s="2" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="B775" s="3" t="n">
+        <x:v>19.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="776" spans="1:8">
+      <x:c r="A776" s="2" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="B776" s="3" t="n">
+        <x:v>19.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="777" spans="1:8">
+      <x:c r="A777" s="2" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="B777" s="3" t="n">
+        <x:v>19.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="778" spans="1:8">
+      <x:c r="A778" s="2" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="B778" s="3" t="n">
+        <x:v>19.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="779" spans="1:8">
+      <x:c r="A779" s="2" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="B779" s="3" t="n">
+        <x:v>19.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="780" spans="1:8">
+      <x:c r="A780" s="2" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="B780" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="782" spans="1:8">
+      <x:c r="A782" s="2" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="783" spans="1:8">
+      <x:c r="A783" s="2" t="s">
+        <x:v>743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="784" spans="1:8">
+      <x:c r="A784" s="2" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="785" spans="1:8">
+      <x:c r="A785" s="2" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="786" spans="1:8">
+      <x:c r="A786" s="2" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="787" spans="1:8">
+      <x:c r="A787" s="1" t="s">
+        <x:v>747</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>