--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,187 +1,184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc1577352104075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70dcf10964844d93b5f5a6ee489647e7.psmdcp" Id="R0430453e77c9436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0b4556b1234835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2694c6ff120b4f60b4b85e357829cfa1.psmdcp" Id="R4d12d79e636741a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 08/31/2025</x:t>
-[...8 lines deleted...]
-    <x:t>Average Annual Total Return (Market Price) in USD as of 06/30/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -522,51 +519,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E26"/>
+  <x:dimension ref="A1:E27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -575,842 +572,859 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="n">
+      <x:c r="C11" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="n">
+      <x:c r="D11" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="n">
+      <x:c r="E11" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="13" spans="1:5">
-      <x:c r="A13" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A13" s="2" t="s"/>
+      <x:c r="B13" s="3" t="s"/>
+      <x:c r="C13" s="3" t="s"/>
+      <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="n">
+      <x:c r="C15" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="n">
+      <x:c r="D15" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E14" s="4" t="n">
+      <x:c r="E15" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="17" spans="1:5">
-      <x:c r="A17" s="2" t="s">
-[...16 lines deleted...]
-      <x:c r="A19" s="1" t="s">
+      <x:c r="A17" s="2" t="s"/>
+      <x:c r="B17" s="3" t="s"/>
+      <x:c r="C17" s="3" t="s"/>
+      <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="3" t="s"/>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
         <x:v>14</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
-      <x:c r="A21" s="2" t="s">
+      <x:c r="A21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
-      <x:c r="A26" s="1" t="s">
+      <x:c r="A26" s="2" t="s">
         <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1" t="s">
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>