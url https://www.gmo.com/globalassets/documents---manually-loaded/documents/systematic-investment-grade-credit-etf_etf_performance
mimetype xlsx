--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,184 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0b4556b1234835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2694c6ff120b4f60b4b85e357829cfa1.psmdcp" Id="R4d12d79e636741a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1faebde45a3d4b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0fb2f8745a2485eb5a6824f8582334f.psmdcp" Id="R4d79a8ff4d0c4bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloomberg U.S. Corporate Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Inception</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -519,51 +531,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E27"/>
+  <x:dimension ref="A1:E29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -572,859 +584,893 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="n">
+      <x:c r="C12" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="n">
+      <x:c r="D12" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="n">
+      <x:c r="E12" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="14" spans="1:5">
-      <x:c r="A14" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A14" s="2" t="s"/>
+      <x:c r="B14" s="3" t="s"/>
+      <x:c r="C14" s="3" t="s"/>
+      <x:c r="D14" s="3" t="s"/>
+      <x:c r="E14" s="3" t="s"/>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="n">
+      <x:c r="C17" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="n">
+      <x:c r="D17" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="n">
+      <x:c r="E17" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:5">
-[...21 lines deleted...]
-      </x:c>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s"/>
+      <x:c r="B19" s="3" t="s"/>
+      <x:c r="C19" s="3" t="s"/>
+      <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="3" t="s"/>
     </x:row>
     <x:row r="20" spans="1:5">
-      <x:c r="A20" s="1" t="s">
-[...4 lines deleted...]
-      <x:c r="A21" s="1" t="s">
+      <x:c r="A20" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
-      <x:c r="A22" s="2" t="s">
+      <x:c r="A22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
-      <x:c r="A23" s="2" t="s">
+      <x:c r="A23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
-      <x:c r="A27" s="1" t="s">
+      <x:c r="A27" s="2" t="s">
         <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1" t="s">
+        <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>5.18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.08</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>2.75</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.63</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>