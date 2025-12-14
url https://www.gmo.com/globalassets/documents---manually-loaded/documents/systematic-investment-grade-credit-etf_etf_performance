--- v2 (2025-11-18)
+++ v3 (2025-12-14)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1faebde45a3d4b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0fb2f8745a2485eb5a6824f8582334f.psmdcp" Id="R4d79a8ff4d0c4bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaf1ea10b474135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf17e99f19eb4638bd1527c7e16be20b.psmdcp" Id="Rfcf2b30a64c84064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>QTD Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
@@ -89,99 +92,99 @@
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -531,51 +534,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E29"/>
+  <x:dimension ref="A1:E30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -584,893 +587,910 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="n">
+      <x:c r="C13" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="n">
+      <x:c r="D13" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="n">
+      <x:c r="E13" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="15" spans="1:5">
-      <x:c r="A15" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A15" s="2" t="s"/>
+      <x:c r="B15" s="3" t="s"/>
+      <x:c r="C15" s="3" t="s"/>
+      <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="n">
+      <x:c r="C18" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D17" s="4" t="n">
+      <x:c r="D18" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E17" s="4" t="n">
+      <x:c r="E18" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="20" spans="1:5">
-      <x:c r="A20" s="2" t="s">
-[...16 lines deleted...]
-      <x:c r="A22" s="1" t="s">
+      <x:c r="A20" s="2" t="s"/>
+      <x:c r="B20" s="3" t="s"/>
+      <x:c r="C20" s="3" t="s"/>
+      <x:c r="D20" s="3" t="s"/>
+      <x:c r="E20" s="3" t="s"/>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
         <x:v>17</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>5.96</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>5.77</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>6.04</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
-      <x:c r="A24" s="2" t="s">
+      <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
-      <x:c r="A29" s="1" t="s">
+      <x:c r="A29" s="2" t="s">
         <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>2.75</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.63</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>