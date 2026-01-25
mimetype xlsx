--- v3 (2025-12-14)
+++ v4 (2026-01-25)
@@ -1,199 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaf1ea10b474135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf17e99f19eb4638bd1527c7e16be20b.psmdcp" Id="Rfcf2b30a64c84064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fafe190d5841e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1f91c007cc64d1a909ecab5c483d07d.psmdcp" Id="R77b8b6b752be4a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 11/30/2025</x:t>
-[...8 lines deleted...]
-    <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -534,51 +531,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E30"/>
+  <x:dimension ref="A1:E31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -587,910 +584,927 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="n">
+      <x:c r="C14" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="n">
+      <x:c r="D14" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="n">
+      <x:c r="E14" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="16" spans="1:5">
-      <x:c r="A16" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="3" t="s"/>
+      <x:c r="C16" s="3" t="s"/>
+      <x:c r="D16" s="3" t="s"/>
+      <x:c r="E16" s="3" t="s"/>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="n">
+      <x:c r="C19" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="n">
+      <x:c r="D19" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E18" s="4" t="n">
+      <x:c r="E19" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="21" spans="1:5">
-      <x:c r="A21" s="2" t="s">
-[...16 lines deleted...]
-      <x:c r="A23" s="1" t="s">
+      <x:c r="A21" s="2" t="s"/>
+      <x:c r="B21" s="3" t="s"/>
+      <x:c r="C21" s="3" t="s"/>
+      <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="3" t="s"/>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
         <x:v>18</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>5.54</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>5.56</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
-      <x:c r="A25" s="2" t="s">
+      <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
-      <x:c r="A30" s="1" t="s">
+      <x:c r="A30" s="2" t="s">
         <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1" t="s">
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>5.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>5.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>