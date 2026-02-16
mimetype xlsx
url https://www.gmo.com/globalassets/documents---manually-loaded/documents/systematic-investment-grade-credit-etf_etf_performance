--- v4 (2026-01-25)
+++ v5 (2026-02-16)
@@ -1,196 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fafe190d5841e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1f91c007cc64d1a909ecab5c483d07d.psmdcp" Id="R77b8b6b752be4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5284ed1db2f6466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75858057101f4b75a9e1d7a23b9be921.psmdcp" Id="Ra1f58419da834295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloomberg U.S. Corporate Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Inception</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -531,51 +543,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E31"/>
+  <x:dimension ref="A1:E34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -584,927 +596,978 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="n">
+      <x:c r="C15" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="n">
+      <x:c r="D15" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E14" s="4" t="n">
+      <x:c r="E15" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="17" spans="1:5">
-      <x:c r="A17" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A17" s="2" t="s"/>
+      <x:c r="B17" s="3" t="s"/>
+      <x:c r="C17" s="3" t="s"/>
+      <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="3" t="s"/>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="n">
+      <x:c r="D21" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="n">
+      <x:c r="E21" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:5">
-[...10 lines deleted...]
-      <x:c r="B22" s="4" t="n">
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s"/>
+      <x:c r="B23" s="3" t="s"/>
+      <x:c r="C23" s="3" t="s"/>
+      <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="3" t="s"/>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>0.45</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>0.18</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>0.53</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>0.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C25" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D25" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
-      <x:c r="E22" s="4" t="n">
+      <x:c r="E25" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:5">
-[...10 lines deleted...]
-      <x:c r="A26" s="2" t="s">
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:5">
-      <x:c r="A27" s="2" t="s">
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:5">
-      <x:c r="A31" s="1" t="s">
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
         <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1" t="s">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>