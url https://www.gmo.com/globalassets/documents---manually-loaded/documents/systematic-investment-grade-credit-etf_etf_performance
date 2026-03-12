--- v5 (2026-02-16)
+++ v6 (2026-03-12)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5284ed1db2f6466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75858057101f4b75a9e1d7a23b9be921.psmdcp" Id="Ra1f58419da834295" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068115b7f603482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4121ee51b59b48de818f1182695f5236.psmdcp" Id="R8110cefaf1314307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Performance - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>QTD Q1-2026</x:t>
@@ -101,99 +104,99 @@
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg US Corporate Index measures the investment grade, fixed-rate, taxable corporate bond market. It includes USD denominated securities publicly issued by US and non-US</x:t>
   </x:si>
   <x:si>
     <x:t>industrial, utility, and financial issuers. The index includes securities with remaining maturity of at least one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Corporate Index</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -543,51 +546,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E34"/>
+  <x:dimension ref="A1:E35"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="52.220625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="59.390625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -596,978 +599,995 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="n">
+      <x:c r="D16" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="n">
+      <x:c r="E16" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="18" spans="1:5">
-      <x:c r="A18" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="3" t="s"/>
+      <x:c r="C18" s="3" t="s"/>
+      <x:c r="D18" s="3" t="s"/>
+      <x:c r="E18" s="3" t="s"/>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
-      <x:c r="D21" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="n">
+      <x:c r="E22" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="24" spans="1:5">
-      <x:c r="A24" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
+      <x:c r="E24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:5">
-      <x:c r="A25" s="2" t="n">
+      <x:c r="A25" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>1.54</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>1.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B25" s="4" t="n">
+      <x:c r="B26" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="n">
+      <x:c r="C26" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="n">
+      <x:c r="D26" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
-      <x:c r="E25" s="4" t="n">
+      <x:c r="E26" s="4" t="n">
         <x:v>5.56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
-      <x:c r="A29" s="2" t="s">
+      <x:c r="A29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
-      <x:c r="A34" s="1" t="s">
+      <x:c r="A34" s="2" t="s">
         <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>7.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.740625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>