--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,722 +1,782 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87da347070b44326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3afe2413501e498297a0dccbe4a721fd.psmdcp" Id="Rf565cee263d149e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70004b70b3c4a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56d9f07d385d4f0f8dc65ac1d8478008.psmdcp" Id="R0730d43d992d4c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="294">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="314">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/07/2025 (%)</x:t>
+    <x:t>As of 10/28/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>APTIV SWISS HOLDINGS LTD COMPANY GUAR 12/51 3.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03835VAJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP SR UNSECURED 03/53 5.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP SR UNSECURED 02/60 3.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140BK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC SR UNSECURED 04/30 2.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC SR UNSECURED 03/30 5.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC SR UNSECURED 03/29 6.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC SR UNSECURED 03/35 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP COMPANY GUAR 03/33 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL SR UNSECURED 08/30 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK SR UNSECURED 09/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP COMPANY GUAR 08/43 7.079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORNING INC SR UNSECURED 11/48 5.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK SR UNSECURED 03/32 3.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC SR UNSECURED 05/34 6.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC SR UNSECURED 11/29 3.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 03/42 4.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109CJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC SR UNSECURED 05/30 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP SR UNSECURED 06/27 4.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC SR UNSECURED 05/28 4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC SR UNSECURED 06/29 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP SR UNSECURED 06/32 5.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP SR UNSECURED 12/31 5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI SR UNSECURED 04/29 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTAH ACQUISITION SUB COMPANY GUAR 06/46 5.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62854AAP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP SR UNSECURED 04/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORACLE CORP SR UNSECURED 11/52 6.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68389XCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI SR UNSECURED 12/32 4.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC SR UNSECURED 03/34 5.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV SWISS HOLDINGS LTD COMPANY GUAR 05/52 4.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00217GAC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO SR UNSECURED 07/30 4.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604BZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA SR UNSECURED 03/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC COMPANY GUAR 04/64 6.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC COMPANY GUAR 09/46 3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA SR UNSECURED 05/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP SR UNSECURED 02/63 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORACLE CORP SR UNSECURED 09/64 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68389XCV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOEING CO SR UNSECURED 05/60 5.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>097023CX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC COMPANY GUAR 09/47 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL SR UNSECURED 07/36 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP SR UNSECURED 08/34 6.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYLAN INC COMPANY GUAR 04/48 5.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628530BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC COMPANY GUAR 02/41 3.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC SR UNSECURED 08/28 1.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUTH BOW USA INFRA HLDS COMPANY GUAR 10/54 6.176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83007CAH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 02/34 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109DF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC SR UNSECURED 01/29 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC SR UNSECURED 10/30 2.032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL SR UNSECURED 05/32 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP SR UNSECURED 08/29 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC COMPANY GUAR 01/36 5.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP SR UNSECURED 07/32 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVENT FINANCE SARL COMPANY GUAR 05/33 5.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67078AAF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC SR UNSECURED 05/35 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE SR UNSECURED 04/28 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12541WAA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL SR UNSECURED 05/50 4.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC COMPANY GUAR 06/49 5.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119BZ1</x:t>
+  </x:si>
+  <x:si>
     <x:t>JACOBS ENGINEERING GROUP COMPANY GUAR 08/28 6.35</x:t>
   </x:si>
   <x:si>
     <x:t>469814AB3</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...11 lines deleted...]
-    <x:t>62854AAP9</x:t>
+    <x:t>APPLOVIN CORP SR UNSECURED 12/54 5.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAE8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT SR UNSECURED 03/48 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLEX LTD SR UNSECURED 05/30 4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33938XAB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLEX LTD SR UNSECURED 06/29 4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33938XAA3</x:t>
   </x:si>
   <x:si>
     <x:t>PIEDMONT OPERATING PARTN COMPANY GUAR 07/28 9.25</x:t>
   </x:si>
   <x:si>
     <x:t>720198AG5</x:t>
   </x:si>
   <x:si>
-    <x:t>FLEX LTD SR UNSECURED 05/30 4.875</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>TAKE TWO INTERACTIVE SOF SR UNSECURED 04/27 3.7</x:t>
   </x:si>
   <x:si>
     <x:t>874054AG4</x:t>
   </x:si>
   <x:si>
-    <x:t>INTEL CORP SR UNSECURED 02/60 3.1</x:t>
-[...20 lines deleted...]
-    <x:t>012653AD3</x:t>
+    <x:t>GENERAL MOTORS CO SR UNSECURED 04/46 6.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
   </x:si>
   <x:si>
     <x:t>NETAPP INC SR UNSECURED 03/32 5.5</x:t>
   </x:si>
   <x:si>
     <x:t>64110DAM6</x:t>
   </x:si>
   <x:si>
-    <x:t>ALBEMARLE CORP SR UNSECURED 06/32 5.05</x:t>
-[...2 lines deleted...]
-    <x:t>012653AE1</x:t>
+    <x:t>MARATHON PETROLEUM CORP SR UNSECURED 03/35 5.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585ABL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOEING CO/THE SR UNSECURED 05/64 7.008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>097023DU6</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NY MELLON CORP SR UNSECURED 10/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06406RBU0</x:t>
   </x:si>
   <x:si>
-    <x:t>SIMON PROPERTY GROUP LP SR UNSECURED 03/53 5.85</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>SUN COMMUNITIES OPER LP COMPANY GUAR 04/32 4.2</x:t>
   </x:si>
   <x:si>
     <x:t>866677AH0</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL MOTORS CO SR UNSECURED 04/46 6.75</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SYSTEM ENERGY RESOURCES 1ST REF MORT 12/34 5.3</x:t>
   </x:si>
   <x:si>
     <x:t>871911AV5</x:t>
   </x:si>
   <x:si>
-    <x:t>BOEING CO/THE SR UNSECURED 05/64 7.008</x:t>
-[...2 lines deleted...]
-    <x:t>097023DU6</x:t>
+    <x:t>GENERAL MOTORS CO SR UNSECURED 04/35 6.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VBB5</x:t>
   </x:si>
   <x:si>
     <x:t>MORGAN STANLEY SR UNSECURED 04/35 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>61747YFR1</x:t>
   </x:si>
   <x:si>
+    <x:t>CUMMINS INC SR UNSECURED 02/31 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
     <x:t>AGCO CORP COMPANY GUAR 03/34 5.8</x:t>
   </x:si>
   <x:si>
     <x:t>001084AS1</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL MOTORS CO SR UNSECURED 04/35 6.25</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MORGAN STANLEY SR UNSECURED 07/35 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>61747YFT7</x:t>
   </x:si>
   <x:si>
-    <x:t>POLARIS INC SR UNSECURED 03/29 6.95</x:t>
-[...44 lines deleted...]
-    <x:t>00217GAC7</x:t>
+    <x:t>ALLY FINANCIAL INC SR UNSECURED 07/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NBV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP COMPANY GUAR 08/47 4.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05526DBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP SR UNSECURED 01/54 6.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
   </x:si>
   <x:si>
     <x:t>MICROCHIP TECHNOLOGY INC COMPANY GUAR 02/30 5.05</x:t>
   </x:si>
   <x:si>
     <x:t>595017BL7</x:t>
   </x:si>
   <x:si>
     <x:t>MICROCHIP TECHNOLOGY INC COMPANY GUAR 03/29 5.05</x:t>
   </x:si>
   <x:si>
     <x:t>595017BE3</x:t>
   </x:si>
   <x:si>
-    <x:t>TAPESTRY INC SR UNSECURED 03/35 5.5</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>BORGWARNER INC SR UNSECURED 08/34 5.4</x:t>
   </x:si>
   <x:si>
     <x:t>099724AQ9</x:t>
   </x:si>
   <x:si>
     <x:t>QORVO INC COMPANY GUAR 10/29 4.375</x:t>
   </x:si>
   <x:si>
     <x:t>74736KAH4</x:t>
   </x:si>
   <x:si>
-    <x:t>INTEL CORP SR UNSECURED 02/63 5.9</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>BOSTON PROPERTIES LP SR UNSECURED 01/34 6.5</x:t>
   </x:si>
   <x:si>
     <x:t>10112RBH6</x:t>
   </x:si>
   <x:si>
-    <x:t>BAT CAPITAL CORP COMPANY GUAR 08/47 4.54</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BOSTON PROPERTIES LP SR UNSECURED 01/35 5.75</x:t>
   </x:si>
   <x:si>
     <x:t>10112RBJ2</x:t>
   </x:si>
   <x:si>
     <x:t>BORGWARNER INC SR UNSECURED 08/29 4.95</x:t>
   </x:si>
   <x:si>
     <x:t>099724AP1</x:t>
   </x:si>
   <x:si>
-    <x:t>BOEING CO SR UNSECURED 05/60 5.93</x:t>
-[...68 lines deleted...]
-    <x:t>11271LAQ5</x:t>
+    <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 10/53 6.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210385AE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLY FINANCIAL INC SR UNSECURED 07/33 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NCA6</x:t>
   </x:si>
   <x:si>
     <x:t>VERISIGN INC SR UNSECURED 06/31 2.7</x:t>
   </x:si>
   <x:si>
     <x:t>92343EAM4</x:t>
   </x:si>
   <x:si>
-    <x:t>SMITH + NEPHEW PLC SR UNSECURED 03/34 5.4</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>L3HARRIS TECH INC SR UNSECURED 06/34 5.35</x:t>
   </x:si>
   <x:si>
     <x:t>502431AU3</x:t>
   </x:si>
   <x:si>
     <x:t>CVS HEALTH CORP SR UNSECURED 03/48 5.05</x:t>
   </x:si>
   <x:si>
     <x:t>126650CZ1</x:t>
   </x:si>
   <x:si>
+    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
     <x:t>GXO LOGISTICS INC SR UNSECURED 05/29 6.25</x:t>
   </x:si>
   <x:si>
     <x:t>36262GAF8</x:t>
   </x:si>
   <x:si>
-    <x:t>HOWMET AEROSPACE INC SR UNSECURED 01/29 3</x:t>
-[...11 lines deleted...]
-    <x:t>Short Term</x:t>
+    <x:t>CANADIAN IMPERIAL BANK SR UNSECURED 09/30 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607PHS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO SR UNSECURED 01/36 4.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL INT LLC / EMC CORP SR UNSECURED 07/46 8.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24703TAK2</x:t>
   </x:si>
   <x:si>
     <x:t>TRIMBLE INC SR UNSECURED 03/33 6.1</x:t>
   </x:si>
   <x:si>
     <x:t>896239AE0</x:t>
   </x:si>
   <x:si>
+    <x:t>BANK OF NOVA SCOTIA SR UNSECURED 02/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP SR UNSECURED 07/45 5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CN8</x:t>
+  </x:si>
+  <x:si>
     <x:t>CROWN CASTLE INC SR UNSECURED 03/27 2.9</x:t>
   </x:si>
   <x:si>
     <x:t>22822VAZ4</x:t>
   </x:si>
   <x:si>
     <x:t>HUNTINGTON INGALLS INDUS COMPANY GUAR 01/35 5.749</x:t>
   </x:si>
   <x:si>
     <x:t>446413BB1</x:t>
   </x:si>
   <x:si>
-    <x:t>CVS HEALTH CORP SR UNSECURED 07/45 5.125</x:t>
-[...8 lines deleted...]
-    <x:t>13607PHS6</x:t>
+    <x:t>EIDP INC SR UNSECURED 05/33 4.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263534CR8</x:t>
   </x:si>
   <x:si>
     <x:t>ADVANCED MICRO DEVICES SR UNSECURED 03/28 4.319</x:t>
   </x:si>
   <x:si>
     <x:t>007903BJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>HCA INC COMPANY GUAR 04/64 6.1</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>RTX CORP SR UNSECURED 03/27 3.5</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECH2</x:t>
   </x:si>
   <x:si>
+    <x:t>ONCOR ELECTRIC DELIVERY SECURED 11/29 4.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68233JCW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 03/28 5.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210385AB6</x:t>
+  </x:si>
+  <x:si>
     <x:t>GOLDMAN SACHS GROUP INC SR UNSECURED 04/39 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>38141GXA7</x:t>
   </x:si>
   <x:si>
     <x:t>COMERICA INC SR UNSECURED 01/30 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>200340AW7</x:t>
   </x:si>
   <x:si>
     <x:t>DOLLAR TREE INC SR UNSECURED 12/31 2.65</x:t>
   </x:si>
   <x:si>
     <x:t>256746AJ7</x:t>
   </x:si>
   <x:si>
     <x:t>EMERA US FINANCE LP COMPANY GUAR 06/46 4.75</x:t>
   </x:si>
   <x:si>
     <x:t>29103DAM8</x:t>
   </x:si>
   <x:si>
+    <x:t>MICRON TECHNOLOGY INC SR UNSECURED 02/33 5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112BZ5</x:t>
+  </x:si>
+  <x:si>
     <x:t>MPLX LP SR UNSECURED 04/48 4.7</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAN0</x:t>
   </x:si>
   <x:si>
     <x:t>CROWN CASTLE INC SR UNSECURED 01/28 5</x:t>
   </x:si>
   <x:si>
     <x:t>22822VBA8</x:t>
   </x:si>
   <x:si>
     <x:t>CAPITAL ONE FINANCIAL CO SR UNSECURED 11/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>254709AT5</x:t>
   </x:si>
   <x:si>
     <x:t>RTX CORP SR UNSECURED 03/34 6.1</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECW9</x:t>
   </x:si>
   <x:si>
     <x:t>CHARLES SCHWAB CORP SR UNSECURED 08/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>808513CH6</x:t>
   </x:si>
   <x:si>
-    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 02/34 5.3</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAPITAL ONE FINANCIAL CO SR UNSECURED 06/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>14040HDA0</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NY MELLON CORP SR UNSECURED 10/33 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06406RBM8</x:t>
   </x:si>
   <x:si>
     <x:t>CHARLES SCHWAB CORP SR UNSECURED 05/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>808513CE3</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN EXPRESS CO SR UNSECURED 04/36 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>025816EH8</x:t>
   </x:si>
   <x:si>
     <x:t>PHILIP MORRIS INTL INC SR UNSECURED 02/33 5.375</x:t>
@@ -727,180 +787,180 @@
   <x:si>
     <x:t>TORONTO DOMINION BANK SR UNSECURED 01/32 5.298</x:t>
   </x:si>
   <x:si>
     <x:t>89115A3G5</x:t>
   </x:si>
   <x:si>
     <x:t>NATIONAL FUEL GAS CO SR UNSECURED 03/35 5.95</x:t>
   </x:si>
   <x:si>
     <x:t>636180BU4</x:t>
   </x:si>
   <x:si>
     <x:t>ENTERGY LOUISIANA LLC 1ST MORTGAGE 03/34 5.35</x:t>
   </x:si>
   <x:si>
     <x:t>29364WBM9</x:t>
   </x:si>
   <x:si>
     <x:t>PHILIP MORRIS INTL INC SR UNSECURED 02/34 5.25</x:t>
   </x:si>
   <x:si>
     <x:t>718172DJ5</x:t>
   </x:si>
   <x:si>
+    <x:t>AMERICAN EXPRESS CO SR UNSECURED 07/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816DW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NATIONAL FUEL GAS CO SR UNSECURED 03/30 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636180BT7</x:t>
+  </x:si>
+  <x:si>
     <x:t>FIRST HORIZON CORP SR UNSECURED 03/31 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>320517AE5</x:t>
   </x:si>
   <x:si>
-    <x:t>NATIONAL FUEL GAS CO SR UNSECURED 03/30 5.5</x:t>
-[...8 lines deleted...]
-    <x:t>025816DW6</x:t>
+    <x:t>EIDP INC SR UNSECURED 05/32 5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263534CS6</x:t>
   </x:si>
   <x:si>
     <x:t>CENTERPOINT ENER HOUSTON GENL REF MOR 10/28 5.2</x:t>
   </x:si>
   <x:si>
     <x:t>15189XBD9</x:t>
   </x:si>
   <x:si>
+    <x:t>HOWMET AEROSPACE INC SR UNSECURED 10/31 4.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AC2</x:t>
+  </x:si>
+  <x:si>
     <x:t>VERISIGN INC SR UNSECURED 06/32 5.25</x:t>
   </x:si>
   <x:si>
     <x:t>92343EAQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>BANK OF NOVA SCOTIA SR UNSECURED 02/31 VAR</x:t>
-[...14 lines deleted...]
-    <x:t>263534CS6</x:t>
+    <x:t>CENTERPOINT ENER HOUSTON GENL REF MOR 04/33 4.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15189XBB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WILLIAMS COMPANIES INC SR UNSECURED 03/34 5.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88339WAC0</x:t>
   </x:si>
   <x:si>
     <x:t>TAKE TWO INTERACTIVE SOF SR UNSECURED 03/28 4.95</x:t>
   </x:si>
   <x:si>
     <x:t>874054AK5</x:t>
   </x:si>
   <x:si>
-    <x:t>CENTERPOINT ENER HOUSTON GENL REF MOR 04/33 4.95</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>JPMORGAN CHASE + CO SR UNSECURED 07/28 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>46647PDG8</x:t>
   </x:si>
   <x:si>
     <x:t>JPMORGAN CHASE + CO SR UNSECURED 12/29 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>46647PAX4</x:t>
   </x:si>
   <x:si>
+    <x:t>INTERSTATE POWER + LIGHT SR UNSECURED 06/35 5.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461070AX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPAC BANKING CORP SR UNSECURED 03/27 3.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214DK6</x:t>
+  </x:si>
+  <x:si>
     <x:t>GOLDMAN SACHS GROUP INC SR UNSECURED 06/28 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>38141GWL4</x:t>
   </x:si>
   <x:si>
-    <x:t>WESTPAC BANKING CORP SR UNSECURED 03/27 3.35</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>3M COMPANY SR UNSECURED 03/29 3.375</x:t>
   </x:si>
   <x:si>
     <x:t>88579YBG5</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX LP SR UNSECURED 02/49 5.5</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAT7</x:t>
   </x:si>
   <x:si>
     <x:t>NEWMONT / NEWCREST FIN COMPANY GUAR 03/34 5.35</x:t>
   </x:si>
   <x:si>
     <x:t>65163LAR0</x:t>
   </x:si>
   <x:si>
     <x:t>PHILLIPS 66 COMPANY GUAR 10/46 4.9</x:t>
   </x:si>
   <x:si>
     <x:t>718547AP7</x:t>
   </x:si>
   <x:si>
-    <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 03/28 5.6</x:t>
-[...2 lines deleted...]
-    <x:t>210385AB6</x:t>
+    <x:t>MICRON TECHNOLOGY INC SR UNSECURED 01/35 5.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
   </x:si>
   <x:si>
     <x:t>QUANTA SERVICES INC SR UNSECURED 08/34 5.25</x:t>
   </x:si>
   <x:si>
     <x:t>74762EAL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORNING INC SR UNSECURED 11/57 4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BF1</x:t>
   </x:si>
   <x:si>
     <x:t>KROGER CO SR UNSECURED 02/47 4.45</x:t>
   </x:si>
   <x:si>
     <x:t>501044DG3</x:t>
   </x:si>
   <x:si>
     <x:t>AMPHENOL CORP SR UNSECURED 09/31 2.2</x:t>
   </x:si>
   <x:si>
     <x:t>032095AL5</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NOVA SCOTIA SR UNSECURED 02/29 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06418GAP2</x:t>
   </x:si>
   <x:si>
     <x:t>CITIGROUP INC SR UNSECURED 07/28 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>172967LP4</x:t>
   </x:si>
@@ -1274,3051 +1334,3261 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G149"/>
+  <x:dimension ref="A1:G159"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="52.160625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="13.010625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="52.120625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>219000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>118327.1</x:v>
+        <x:v>144909.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>136000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>117111.4</x:v>
+        <x:v>144238.4</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>140000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>117032</x:v>
+        <x:v>143827.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>153000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>116617.8</x:v>
+        <x:v>143603</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>116444.3</x:v>
+        <x:v>143061.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>116321.6</x:v>
+        <x:v>143009</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>116288.4</x:v>
+        <x:v>142990.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>117000</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>116130.5</x:v>
+        <x:v>142397</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>137000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>115943</x:v>
+        <x:v>142254.5</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>141000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>115563.8</x:v>
+        <x:v>142175.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>124000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>115291.9</x:v>
+        <x:v>142122.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>142000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>115233.7</x:v>
+        <x:v>142046.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>151000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>114473.5</x:v>
+        <x:v>141709.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>133000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>114469</x:v>
+        <x:v>141578.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>113796.3</x:v>
+        <x:v>141460.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>113752.6</x:v>
+        <x:v>141097.8</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>138000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>113596.3</x:v>
+        <x:v>140610.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>117000</x:v>
+        <x:v>140000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>113430</x:v>
+        <x:v>140576.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>113014.5</x:v>
+        <x:v>140420.8</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>112902.4</x:v>
+        <x:v>140359.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>140000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>111988.8</x:v>
+        <x:v>140250.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>111906.6</x:v>
+        <x:v>140145.5</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>111269.9</x:v>
+        <x:v>139794.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>111181.3</x:v>
+        <x:v>139627</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>110314.1</x:v>
+        <x:v>139318</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>106416.1</x:v>
+        <x:v>137990.5</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>131000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>105087.5</x:v>
+        <x:v>134600.5</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>104898.5</x:v>
+        <x:v>132865.7</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>117000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>104706.4</x:v>
+        <x:v>132222.8</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>104491.8</x:v>
+        <x:v>131772.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>104343.7</x:v>
+        <x:v>131619.9</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>104324.5</x:v>
+        <x:v>131578.1</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>137000</x:v>
+        <x:v>168000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>104254.8</x:v>
+        <x:v>131480.9</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>122000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>104203.2</x:v>
+        <x:v>131115.9</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>104204.8</x:v>
+        <x:v>130836.1</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>104171.5</x:v>
+        <x:v>130736.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>103949.7</x:v>
+        <x:v>130346.9</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>92000</x:v>
+        <x:v>145000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>103936.5</x:v>
+        <x:v>130335.4</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>101000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>103793.5</x:v>
+        <x:v>129347.9</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>122000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>103699.6</x:v>
+        <x:v>129314.9</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>163000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>103669.5</x:v>
+        <x:v>129262</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>163000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>103527</x:v>
+        <x:v>129099.9</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>137000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>103449.3</x:v>
+        <x:v>129068.3</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>103408.8</x:v>
+        <x:v>128823.2</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>103394.5</x:v>
+        <x:v>128201.7</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>132000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>103288</x:v>
+        <x:v>128040.3</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>142000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>103278.7</x:v>
+        <x:v>127893.6</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>137000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>103111.5</x:v>
+        <x:v>127739</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>122000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>103119.4</x:v>
+        <x:v>127449</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>103063.1</x:v>
+        <x:v>127441.1</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>121000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>102810.1</x:v>
+        <x:v>126842.5</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>90000</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>102696.5</x:v>
+        <x:v>126547</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>102578.9</x:v>
+        <x:v>125566.6</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>93000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>102493</x:v>
+        <x:v>125203.5</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>102454.2</x:v>
+        <x:v>125076.9</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>102383.6</x:v>
+        <x:v>118493.7</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>112000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>102347.1</x:v>
+        <x:v>118471.6</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>102268.2</x:v>
+        <x:v>117628.5</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>133000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>102175.7</x:v>
+        <x:v>117316.4</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>101884</x:v>
+        <x:v>117016.6</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>101723.3</x:v>
+        <x:v>116871.7</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>101683.3</x:v>
+        <x:v>116651.2</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>117000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>101654.9</x:v>
+        <x:v>116550.2</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>101562.9</x:v>
+        <x:v>115888.9</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>101479.5</x:v>
+        <x:v>115412.3</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>101101.9</x:v>
+        <x:v>115172.1</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>91000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>101034.9</x:v>
+        <x:v>114854</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>102000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>101003.5</x:v>
+        <x:v>114779.7</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>117000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>100928.2</x:v>
+        <x:v>114580.6</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>112000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>100699.8</x:v>
+        <x:v>114129.1</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>100622.3</x:v>
+        <x:v>113237.1</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>111000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>100428.2</x:v>
+        <x:v>112938.9</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>100410.4</x:v>
+        <x:v>112874</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>96000</x:v>
+        <x:v>107000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>100364.5</x:v>
+        <x:v>112407.8</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>107000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>100176.9</x:v>
+        <x:v>111492.4</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>90000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>100087.9</x:v>
+        <x:v>105760.6</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>122000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>100047.8</x:v>
+        <x:v>104852.9</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>99880.9</x:v>
+        <x:v>104659.5</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>102000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>99692.9</x:v>
+        <x:v>104500.1</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>109000</x:v>
+        <x:v>102000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>99436.6</x:v>
+        <x:v>104490.8</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>99251.4</x:v>
+        <x:v>104014.1</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>98453.3</x:v>
+        <x:v>103478.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>95505.1</x:v>
+        <x:v>103374.2</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>89301.9</x:v>
+        <x:v>103215.2</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>92000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>88820.7</x:v>
+        <x:v>102629.1</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>76079.1</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>76079.1</x:v>
+        <x:v>102175.6</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C92" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>75090.7</x:v>
+        <x:v>101291.4</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>67000</x:v>
+        <x:v>111000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>65739.6</x:v>
+        <x:v>101088.7</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C94" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C94" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>65228.8</x:v>
+        <x:v>99402.9</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C95" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>71000</x:v>
+        <x:v>107000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>64532</x:v>
+        <x:v>97532.5</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C96" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C96" s="3" t="s">
+      <x:c r="D96" s="4" t="n">
+        <x:v>90998.2</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="F96" s="4" t="n">
+        <x:v>90998.2</x:v>
+      </x:c>
+      <x:c r="G96" s="3" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>62624.2</x:v>
+        <x:v>89646.5</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>87000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>62328.1</x:v>
+        <x:v>88354.1</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>84000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>61953.6</x:v>
+        <x:v>86563.5</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>61547</x:v>
+        <x:v>79307.4</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>57488</x:v>
+        <x:v>75765.7</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>67000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>56402.4</x:v>
+        <x:v>69158</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>71000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>55360</x:v>
+        <x:v>66073.1</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>67000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>53501.2</x:v>
+        <x:v>65849</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
         <x:v>62000</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>51720.2</x:v>
+        <x:v>65839.8</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>50749.5</x:v>
+        <x:v>62972.3</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>49477.3</x:v>
+        <x:v>62750.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>46043.1</x:v>
+        <x:v>61607.9</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>45793</x:v>
+        <x:v>61167.5</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>58000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>45662</x:v>
+        <x:v>60060.7</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>45421.9</x:v>
+        <x:v>58334.3</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>45238.7</x:v>
+        <x:v>56371.4</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>44960.6</x:v>
+        <x:v>55789.5</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>44447</x:v>
+        <x:v>54896.1</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>43860.6</x:v>
+        <x:v>53657.3</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>43859</x:v>
+        <x:v>53057.1</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>43802</x:v>
+        <x:v>50803</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>43555.4</x:v>
+        <x:v>49960.1</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>43417.8</x:v>
+        <x:v>46612.3</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>43392</x:v>
+        <x:v>46178.1</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>43398.1</x:v>
+        <x:v>45831.9</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>43386.9</x:v>
+        <x:v>45611.7</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>43327.5</x:v>
+        <x:v>45360.9</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>43222.4</x:v>
+        <x:v>44868.8</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>43156.9</x:v>
+        <x:v>44301.8</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>43133.5</x:v>
+        <x:v>44212.3</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>43062.8</x:v>
+        <x:v>44182.1</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>42769.6</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s"/>
       <x:c r="B129" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>42703.8</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s"/>
       <x:c r="B130" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>42711.6</x:v>
+        <x:v>43825.8</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s"/>
       <x:c r="B131" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>42566.5</x:v>
+        <x:v>43574</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s"/>
       <x:c r="B132" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>42379</x:v>
+        <x:v>43498.7</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>41734</x:v>
+        <x:v>43451.9</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s"/>
       <x:c r="B134" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>41695.9</x:v>
+        <x:v>43448.6</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s"/>
       <x:c r="B135" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>40000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>41589.5</x:v>
+        <x:v>43409.8</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s"/>
       <x:c r="B136" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>41058.6</x:v>
+        <x:v>43368.7</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s"/>
       <x:c r="B137" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
         <x:v>42000</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>38926.6</x:v>
+        <x:v>43186.6</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s"/>
       <x:c r="B138" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>35000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>36589.4</x:v>
+        <x:v>43063.8</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s"/>
       <x:c r="B139" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>26424.9</x:v>
+        <x:v>42879.3</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s"/>
       <x:c r="B140" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>25000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>25837.2</x:v>
+        <x:v>42609</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s"/>
       <x:c r="B141" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>25000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>25688.5</x:v>
+        <x:v>42505.2</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s"/>
       <x:c r="B142" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>27000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>23001.5</x:v>
+        <x:v>42137.6</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s"/>
       <x:c r="B143" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>25000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>22199.4</x:v>
+        <x:v>41782.3</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s"/>
       <x:c r="B144" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>21000</x:v>
+        <x:v>42000</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>21366.1</x:v>
+        <x:v>41743.5</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s"/>
       <x:c r="B145" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
+        <x:v>42000</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="n">
+        <x:v>41220.8</x:v>
+      </x:c>
+      <x:c r="G145" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:7">
+      <x:c r="A146" s="3" t="s"/>
+      <x:c r="B146" s="3" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C146" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="n">
+        <x:v>42000</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="n">
+        <x:v>39798.5</x:v>
+      </x:c>
+      <x:c r="G146" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:7">
+      <x:c r="A147" s="3" t="s"/>
+      <x:c r="B147" s="3" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="n">
+        <x:v>35000</x:v>
+      </x:c>
+      <x:c r="E147" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="F147" s="4" t="n">
+        <x:v>36882.1</x:v>
+      </x:c>
+      <x:c r="G147" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:7">
+      <x:c r="A148" s="3" t="s"/>
+      <x:c r="B148" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C148" s="3" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="n">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="n">
+        <x:v>26882.1</x:v>
+      </x:c>
+      <x:c r="G148" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:7">
+      <x:c r="A149" s="3" t="s"/>
+      <x:c r="B149" s="3" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="n">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F149" s="4" t="n">
+        <x:v>26672.3</x:v>
+      </x:c>
+      <x:c r="G149" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:7">
+      <x:c r="A150" s="3" t="s"/>
+      <x:c r="B150" s="3" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C150" s="3" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="n">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F150" s="4" t="n">
+        <x:v>25971.8</x:v>
+      </x:c>
+      <x:c r="G150" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:7">
+      <x:c r="A151" s="3" t="s"/>
+      <x:c r="B151" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="n">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="n">
+        <x:v>25411</x:v>
+      </x:c>
+      <x:c r="G151" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:7">
+      <x:c r="A152" s="3" t="s"/>
+      <x:c r="B152" s="3" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C152" s="3" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="n">
+        <x:v>27000</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F152" s="4" t="n">
+        <x:v>23560.9</x:v>
+      </x:c>
+      <x:c r="G152" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:7">
+      <x:c r="A153" s="3" t="s"/>
+      <x:c r="B153" s="3" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="n">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="n">
+        <x:v>22391</x:v>
+      </x:c>
+      <x:c r="G153" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:7">
+      <x:c r="A154" s="3" t="s"/>
+      <x:c r="B154" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C154" s="3" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="n">
         <x:v>21000</x:v>
       </x:c>
-      <x:c r="E145" s="4" t="n">
+      <x:c r="E154" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="F145" s="4" t="n">
-[...18 lines deleted...]
-        <x:v>293</x:v>
+      <x:c r="F154" s="4" t="n">
+        <x:v>21396.4</x:v>
+      </x:c>
+      <x:c r="G154" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:7">
+      <x:c r="A155" s="3" t="s"/>
+      <x:c r="B155" s="3" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="n">
+        <x:v>21000</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="n">
+        <x:v>20857.6</x:v>
+      </x:c>
+      <x:c r="G155" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:7">
+      <x:c r="A157" s="3" t="s">
+        <x:v>311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:7">
+      <x:c r="A158" s="3" t="s">
+        <x:v>312</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:7">
+      <x:c r="A159" s="1" t="s">
+        <x:v>313</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>