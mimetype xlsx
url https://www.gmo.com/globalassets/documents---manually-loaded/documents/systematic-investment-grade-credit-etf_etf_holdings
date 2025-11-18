--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,990 +1,927 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70004b70b3c4a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56d9f07d385d4f0f8dc65ac1d8478008.psmdcp" Id="R0730d43d992d4c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d44018bb6e445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e90cfe78cf964b7d8e5d45882a919940.psmdcp" Id="Re5910884eb544f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="314">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="293">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/28/2025 (%)</x:t>
+    <x:t>As of 11/18/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>EBAY INC SR UNSECURED 03/30 2.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278642AW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONCOR ELECTRIC DELIVERY SECURED 11/29 4.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68233JCW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQVIA INC SR SECURED 02/29 6.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46266TAF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC SR UNSECURED 08/28 1.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC SR UNSECURED 10/30 2.032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC COMPANY GUAR 01/36 5.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICRON TECHNOLOGY INC SR UNSECURED 01/35 5.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOSTON PROPERTIES LP SR UNSECURED 01/34 6.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP COMPANY GUAR 08/28 6.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL COMPANY GUAR 05/32 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO SR UNSECURED 04/35 6.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP SR UNSECURED 01/54 6.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC SR UNSECURED 01/29 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP SR UNSECURED 08/34 6.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP SR UNSECURED 08/29 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYLAN INC COMPANY GUAR 04/48 5.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628530BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP SR UNSECURED 07/32 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOSTON PROPERTIES LP SR UNSECURED 01/35 5.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL SR UNSECURED 07/36 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVENT FINANCE SARL COMPANY GUAR 05/33 5.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67078AAF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAD LABS SR UNSECURED 03/32 3.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>090572AQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO SR UNSECURED 04/46 6.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP SR UNSECURED 02/63 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC COMPANY GUAR 09/46 3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC SR UNSECURED 05/35 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 02/34 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109DF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE SR UNSECURED 04/28 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12541WAA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL COMPANY GUAR 05/50 4.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV SWISS HOLDINGS LTD COMPANY GUAR 05/52 4.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00217GAC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORACLE CORP SR UNSECURED 09/64 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68389XCV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP SR UNSECURED 12/54 5.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAE8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC SR UNSECURED 04/30 2.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC SR UNSECURED 03/29 6.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC SR UNSECURED 03/30 5.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL SR UNSECURED 08/30 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIEDMONT OPERATING PARTN COMPANY GUAR 07/28 9.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720198AG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK SR UNSECURED 03/32 3.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK SR UNSECURED 09/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP COMPANY GUAR 03/33 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC SR UNSECURED 06/29 5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC SR UNSECURED 05/34 6.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETAPP INC SR UNSECURED 03/32 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110DAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC SR UNSECURED 03/35 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI SR UNSECURED 04/29 5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC SR UNSECURED 05/28 4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP SR UNSECURED 06/27 4.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC SR UNSECURED 05/30 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP SR UNSECURED 12/31 5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC SR UNSECURED 11/29 3.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP SR UNSECURED 03/35 5.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585ABL5</x:t>
+  </x:si>
+  <x:si>
     <x:t>APTIV SWISS HOLDINGS LTD COMPANY GUAR 12/51 3.1</x:t>
   </x:si>
   <x:si>
     <x:t>03835VAJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SIMON PROPERTY GROUP LP SR UNSECURED 03/53 5.85</x:t>
   </x:si>
   <x:si>
     <x:t>828807DV6</x:t>
   </x:si>
   <x:si>
+    <x:t>ALBEMARLE CORP SR UNSECURED 06/32 5.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC COMPANY GUAR 06/49 5.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORNING INC SR UNSECURED 11/48 5.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP COMPANY GUAR 08/43 7.079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO CORP COMPANY GUAR 03/34 5.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001084AS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL INT LLC / EMC CORP SR UNSECURED 07/46 8.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24703TAK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY SR UNSECURED 07/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO SR UNSECURED 01/36 4.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 03/42 4.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109CJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP SR UNSECURED 04/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY SR UNSECURED 04/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFR1</x:t>
+  </x:si>
+  <x:si>
     <x:t>INTEL CORP SR UNSECURED 02/60 3.1</x:t>
   </x:si>
   <x:si>
     <x:t>458140BK5</x:t>
   </x:si>
   <x:si>
-    <x:t>ESTEE LAUDER CO INC SR UNSECURED 04/30 2.6</x:t>
-[...116 lines deleted...]
-    <x:t>477921AA8</x:t>
+    <x:t>JOHNSON CONTROLS/TYCO FI SR UNSECURED 12/32 4.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
   </x:si>
   <x:si>
     <x:t>UTAH ACQUISITION SUB COMPANY GUAR 06/46 5.25</x:t>
   </x:si>
   <x:si>
     <x:t>62854AAP9</x:t>
   </x:si>
   <x:si>
-    <x:t>CITIZENS FINANCIAL GROUP SR UNSECURED 04/35 VAR</x:t>
-[...2 lines deleted...]
-    <x:t>174610BG9</x:t>
+    <x:t>DEUTSCHE BANK NY 09/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251526CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA SR UNSECURED 03/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC SR UNSECURED 03/34 5.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA SR UNSECURED 05/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA SR UNSECURED 02/31 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
   </x:si>
   <x:si>
     <x:t>ORACLE CORP SR UNSECURED 11/52 6.9</x:t>
   </x:si>
   <x:si>
     <x:t>68389XCK9</x:t>
   </x:si>
   <x:si>
-    <x:t>JOHNSON CONTROLS/TYCO FI SR UNSECURED 12/32 4.9</x:t>
-[...14 lines deleted...]
-    <x:t>00217GAC7</x:t>
+    <x:t>BORGWARNER INC SR UNSECURED 08/34 5.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC COMPANY GUAR 04/64 6.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC COMPANY GUAR 02/41 3.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC COMPANY GUAR 09/47 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOEING CO SR UNSECURED 05/60 5.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>097023CX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP SR UNSECURED 03/48 5.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLEX LTD SR UNSECURED 06/29 4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33938XAA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLEX LTD SR UNSECURED 05/30 4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33938XAB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAKE TWO INTERACTIVE SOF SR UNSECURED 04/27 3.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT SR UNSECURED 03/48 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSTEM ENERGY RESOURCES 1ST REF MORT 12/34 5.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871911AV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN COMMUNITIES OPER LP COMPANY GUAR 04/32 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866677AH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NY MELLON CORP SR UNSECURED 10/34 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBU0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOEING CO/THE SR UNSECURED 05/64 7.008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>097023DU6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC SR UNSECURED 02/31 4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICRON TECHNOLOGY INC SR UNSECURED 02/33 5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112BZ5</x:t>
   </x:si>
   <x:si>
     <x:t>GENERAL ELECTRIC CO SR UNSECURED 07/30 4.3</x:t>
   </x:si>
   <x:si>
     <x:t>369604BZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>SANTANDER HOLDINGS USA SR UNSECURED 03/31 VAR</x:t>
-[...74 lines deleted...]
-    <x:t>928563AK1</x:t>
+    <x:t>MICROCHIP TECHNOLOGY INC COMPANY GUAR 02/30 5.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595017BL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICROCHIP TECHNOLOGY INC COMPANY GUAR 03/29 5.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595017BE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLY FINANCIAL INC SR UNSECURED 07/35 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NBV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC SR UNSECURED 08/29 4.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QORVO INC COMPANY GUAR 10/29 4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74736KAH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP COMPANY GUAR 08/47 4.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05526DBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLY FINANCIAL INC SR UNSECURED 07/33 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NCA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECH INC SR UNSECURED 06/34 5.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AU3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 10/53 6.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210385AE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GXO LOGISTICS INC SR UNSECURED 05/29 6.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36262GAF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK SR UNSECURED 09/30 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607PHS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AES CORP/THE SR UNSECURED 03/32 5.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00130HCM5</x:t>
   </x:si>
   <x:si>
     <x:t>SOUTH BOW USA INFRA HLDS COMPANY GUAR 10/54 6.176</x:t>
   </x:si>
   <x:si>
     <x:t>83007CAH5</x:t>
   </x:si>
   <x:si>
-    <x:t>ROGERS COMMUNICATIONS IN COMPANY GUAR 02/34 5.3</x:t>
-[...319 lines deleted...]
-  <x:si>
     <x:t>CVS HEALTH CORP SR UNSECURED 07/45 5.125</x:t>
   </x:si>
   <x:si>
     <x:t>126650CN8</x:t>
   </x:si>
   <x:si>
-    <x:t>CROWN CASTLE INC SR UNSECURED 03/27 2.9</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>HUNTINGTON INGALLS INDUS COMPANY GUAR 01/35 5.749</x:t>
   </x:si>
   <x:si>
     <x:t>446413BB1</x:t>
   </x:si>
   <x:si>
-    <x:t>EIDP INC SR UNSECURED 05/33 4.8</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ADVANCED MICRO DEVICES SR UNSECURED 03/28 4.319</x:t>
   </x:si>
   <x:si>
     <x:t>007903BJ5</x:t>
   </x:si>
   <x:si>
+    <x:t>WESTPAC BANKING CORP SR UNSECURED 11/27 5.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214FK4</x:t>
+  </x:si>
+  <x:si>
     <x:t>RTX CORP SR UNSECURED 03/27 3.5</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECH2</x:t>
   </x:si>
   <x:si>
-    <x:t>ONCOR ELECTRIC DELIVERY SECURED 11/29 4.65</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 03/28 5.6</x:t>
   </x:si>
   <x:si>
     <x:t>210385AB6</x:t>
   </x:si>
   <x:si>
+    <x:t>COMERICA INC SR UNSECURED 01/30 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200340AW7</x:t>
+  </x:si>
+  <x:si>
     <x:t>GOLDMAN SACHS GROUP INC SR UNSECURED 04/39 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>38141GXA7</x:t>
   </x:si>
   <x:si>
-    <x:t>COMERICA INC SR UNSECURED 01/30 VAR</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>MPLX LP SR UNSECURED 04/48 4.7</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAN0</x:t>
   </x:si>
   <x:si>
-    <x:t>CROWN CASTLE INC SR UNSECURED 01/28 5</x:t>
-[...2 lines deleted...]
-    <x:t>22822VBA8</x:t>
+    <x:t>AEP TEXAS INC SR UNSECURED 05/34 5.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00108WAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILLUMINA INC SR UNSECURED 12/27 5.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AP4</x:t>
   </x:si>
   <x:si>
     <x:t>CAPITAL ONE FINANCIAL CO SR UNSECURED 11/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>254709AT5</x:t>
   </x:si>
   <x:si>
+    <x:t>PHILLIPS 66 COMPANY GUAR 10/46 4.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718547AP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA SR UNSECURED 02/29 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAP2</x:t>
+  </x:si>
+  <x:si>
     <x:t>RTX CORP SR UNSECURED 03/34 6.1</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECW9</x:t>
   </x:si>
   <x:si>
+    <x:t>CORNING INC SR UNSECURED 11/57 4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BF1</x:t>
+  </x:si>
+  <x:si>
     <x:t>CHARLES SCHWAB CORP SR UNSECURED 08/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>808513CH6</x:t>
   </x:si>
   <x:si>
     <x:t>CAPITAL ONE FINANCIAL CO SR UNSECURED 06/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>14040HDA0</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NY MELLON CORP SR UNSECURED 10/33 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06406RBM8</x:t>
   </x:si>
   <x:si>
     <x:t>CHARLES SCHWAB CORP SR UNSECURED 05/34 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>808513CE3</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN EXPRESS CO SR UNSECURED 04/36 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>025816EH8</x:t>
   </x:si>
   <x:si>
-    <x:t>PHILIP MORRIS INTL INC SR UNSECURED 02/33 5.375</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>TORONTO DOMINION BANK SR UNSECURED 01/32 5.298</x:t>
   </x:si>
   <x:si>
     <x:t>89115A3G5</x:t>
   </x:si>
   <x:si>
-    <x:t>NATIONAL FUEL GAS CO SR UNSECURED 03/35 5.95</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AMERICAN EXPRESS CO SR UNSECURED 07/35 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>025816DW6</x:t>
   </x:si>
   <x:si>
-    <x:t>NATIONAL FUEL GAS CO SR UNSECURED 03/30 5.5</x:t>
-[...20 lines deleted...]
-    <x:t>15189XBD9</x:t>
+    <x:t>AMPHENOL CORP SR UNSECURED 09/31 2.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032095AL5</x:t>
   </x:si>
   <x:si>
     <x:t>HOWMET AEROSPACE INC SR UNSECURED 10/31 4.85</x:t>
   </x:si>
   <x:si>
     <x:t>443201AC2</x:t>
   </x:si>
   <x:si>
-    <x:t>VERISIGN INC SR UNSECURED 06/32 5.25</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>TAKE TWO INTERACTIVE SOF SR UNSECURED 03/28 4.95</x:t>
   </x:si>
   <x:si>
     <x:t>874054AK5</x:t>
   </x:si>
   <x:si>
-    <x:t>JPMORGAN CHASE + CO SR UNSECURED 07/28 VAR</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>INTERSTATE POWER + LIGHT SR UNSECURED 06/35 5.6</x:t>
   </x:si>
   <x:si>
     <x:t>461070AX2</x:t>
   </x:si>
   <x:si>
-    <x:t>WESTPAC BANKING CORP SR UNSECURED 03/27 3.35</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>GOLDMAN SACHS GROUP INC SR UNSECURED 06/28 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>38141GWL4</x:t>
   </x:si>
   <x:si>
     <x:t>3M COMPANY SR UNSECURED 03/29 3.375</x:t>
   </x:si>
   <x:si>
     <x:t>88579YBG5</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX LP SR UNSECURED 02/49 5.5</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAT7</x:t>
   </x:si>
   <x:si>
-    <x:t>NEWMONT / NEWCREST FIN COMPANY GUAR 03/34 5.35</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>QUANTA SERVICES INC SR UNSECURED 08/34 5.25</x:t>
   </x:si>
   <x:si>
     <x:t>74762EAL6</x:t>
   </x:si>
   <x:si>
-    <x:t>CORNING INC SR UNSECURED 11/57 4.375</x:t>
-[...20 lines deleted...]
-    <x:t>06418GAP2</x:t>
+    <x:t>WESTPAC BANKING CORP SR UNSECURED 01/28 3.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214DW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLE INC SR UNSECURED 02/47 4.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833CH1</x:t>
   </x:si>
   <x:si>
     <x:t>CITIGROUP INC SR UNSECURED 07/28 VAR</x:t>
   </x:si>
   <x:si>
     <x:t>172967LP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPMORGAN CHASE + CO SR UNSECURED 11/48 VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46647PAL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1334,3261 +1271,3030 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G159"/>
+  <x:dimension ref="A1:G148"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="52.120625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.400625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="52.160625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.350625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>219000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>144909.5</x:v>
+        <x:v>205560.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>136000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>144238.4</x:v>
+        <x:v>198153.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>143827.6</x:v>
+        <x:v>194410.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>153000</x:v>
+        <x:v>207000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>143603</x:v>
+        <x:v>194235.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>217000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>143061.4</x:v>
+        <x:v>193735.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>134000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>143009</x:v>
+        <x:v>193737.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>142990.3</x:v>
+        <x:v>193410</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>134000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>142397</x:v>
+        <x:v>192871.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>137000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>142254.5</x:v>
+        <x:v>191471</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>141000</x:v>
+        <x:v>207000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>142175.6</x:v>
+        <x:v>191041.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>124000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>142122.6</x:v>
+        <x:v>190524.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>142000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>142046.5</x:v>
+        <x:v>190438</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>151000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>141709.5</x:v>
+        <x:v>190240.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>141578.5</x:v>
+        <x:v>189948.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>144000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>141460.4</x:v>
+        <x:v>189441.3</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>159000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>141097.8</x:v>
+        <x:v>189407</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>138000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>140610.6</x:v>
+        <x:v>188606.4</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>140000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>140576.3</x:v>
+        <x:v>188312.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>140420.8</x:v>
+        <x:v>188208.7</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>134000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>140359.2</x:v>
+        <x:v>187465.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>140000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>140250.5</x:v>
+        <x:v>186909.3</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>135000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>140145.5</x:v>
+        <x:v>186725.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>134000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>139794.6</x:v>
+        <x:v>186658.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>248000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>139627</x:v>
+        <x:v>186596</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>139318</x:v>
+        <x:v>185630.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>137990.5</x:v>
+        <x:v>185247</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>131000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>134600.5</x:v>
+        <x:v>184875.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>242000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>132865.7</x:v>
+        <x:v>184736.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>242000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>132222.8</x:v>
+        <x:v>184697.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>219000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>131772.9</x:v>
+        <x:v>183888.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>131619.9</x:v>
+        <x:v>181839.2</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>193000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>131578.1</x:v>
+        <x:v>179783.9</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>168000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>131480.9</x:v>
+        <x:v>179003.4</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>131115.9</x:v>
+        <x:v>177721.5</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>172000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>130836.1</x:v>
+        <x:v>177612.7</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>144000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>130736.4</x:v>
+        <x:v>177494</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>130346.9</x:v>
+        <x:v>177277</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>176000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>130335.4</x:v>
+        <x:v>176589.1</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>129347.9</x:v>
+        <x:v>176547.6</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>129314.9</x:v>
+        <x:v>176351.2</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>155000</x:v>
+        <x:v>168000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>129262</x:v>
+        <x:v>176245.3</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>163000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>129099.9</x:v>
+        <x:v>176138.3</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>137000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>129068.3</x:v>
+        <x:v>175914.6</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>128823.2</x:v>
+        <x:v>175412.8</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>128201.7</x:v>
+        <x:v>175328.4</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>132000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>128040.3</x:v>
+        <x:v>175065.9</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>142000</x:v>
+        <x:v>173000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>127893.6</x:v>
+        <x:v>174957.6</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>137000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>127739</x:v>
+        <x:v>174899.9</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>179000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>127449</x:v>
+        <x:v>174904.3</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>127441.1</x:v>
+        <x:v>174709.5</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>121000</x:v>
+        <x:v>274000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>126842.5</x:v>
+        <x:v>174487.6</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>171000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>126547</x:v>
+        <x:v>174408.5</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>125566.6</x:v>
+        <x:v>174225.8</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>125203.5</x:v>
+        <x:v>172697.6</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>177000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>125076.9</x:v>
+        <x:v>172344.8</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>154000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>118493.7</x:v>
+        <x:v>172119.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>118471.6</x:v>
+        <x:v>172090.6</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>117628.5</x:v>
+        <x:v>171483.3</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>117316.4</x:v>
+        <x:v>171429.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>117016.6</x:v>
+        <x:v>171154.6</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>199000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>116871.7</x:v>
+        <x:v>170436.6</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>156000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>116651.2</x:v>
+        <x:v>170204.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>117000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>116550.2</x:v>
+        <x:v>170031</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>295000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>115888.9</x:v>
+        <x:v>168953.7</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>166000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>115412.3</x:v>
+        <x:v>168436.9</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>205000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>115172.1</x:v>
+        <x:v>167442.3</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>114854</x:v>
+        <x:v>165908.7</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>114779.7</x:v>
+        <x:v>161747.7</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>117000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>114580.6</x:v>
+        <x:v>161612.9</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>112000</x:v>
+        <x:v>152000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>114129.1</x:v>
+        <x:v>161481.2</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>113237.1</x:v>
+        <x:v>161203.6</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>112938.9</x:v>
+        <x:v>160086.2</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>112874</x:v>
+        <x:v>159148.2</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>112407.8</x:v>
+        <x:v>155961.7</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>203000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>111492.4</x:v>
+        <x:v>155550</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>101000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>105760.6</x:v>
+        <x:v>154752.2</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>104852.9</x:v>
+        <x:v>153856.4</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>90000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>104659.5</x:v>
+        <x:v>147294.2</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>145000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>104500.1</x:v>
+        <x:v>146533.4</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>102000</x:v>
+        <x:v>145000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>104490.8</x:v>
+        <x:v>146432.3</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>147000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>104014.1</x:v>
+        <x:v>146103.1</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>168000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>103478.2</x:v>
+        <x:v>143612.1</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>142000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>103374.2</x:v>
+        <x:v>142646.6</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>147000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>103215.2</x:v>
+        <x:v>142620.7</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>102629.1</x:v>
+        <x:v>141156.4</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>90000</x:v>
+        <x:v>139077.6</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>102175.6</x:v>
+        <x:v>139077.6</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>122000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>101291.4</x:v>
+        <x:v>138009.8</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>111000</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>101088.7</x:v>
+        <x:v>137518.6</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>99402.9</x:v>
+        <x:v>131945.7</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>97532.5</x:v>
+        <x:v>130764.3</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>90998.2</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>90998.2</x:v>
+        <x:v>129278.5</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>89646.5</x:v>
+        <x:v>129210.1</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>87000</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>88354.1</x:v>
+        <x:v>128983.1</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>84000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>86563.5</x:v>
+        <x:v>127474.9</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>79307.4</x:v>
+        <x:v>127456.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>152000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>75765.7</x:v>
+        <x:v>125883.3</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>67000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>69158</x:v>
+        <x:v>124919.6</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>71000</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>66073.1</x:v>
+        <x:v>123798.8</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>67000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>65849</x:v>
+        <x:v>119465.3</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>65839.8</x:v>
+        <x:v>110016.3</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>107000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>62972.3</x:v>
+        <x:v>108191.6</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>62750.4</x:v>
+        <x:v>96600.2</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>61607.9</x:v>
+        <x:v>95169.3</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>91000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>61167.5</x:v>
+        <x:v>81962.5</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>58000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>60060.7</x:v>
+        <x:v>80970.4</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>58334.3</x:v>
+        <x:v>77660</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>56371.4</x:v>
+        <x:v>77273.7</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>55789.5</x:v>
+        <x:v>76408.6</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>73000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>54896.1</x:v>
+        <x:v>75364</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>69000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>53657.3</x:v>
+        <x:v>71673.1</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>53057.1</x:v>
+        <x:v>70999.1</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>50803</x:v>
+        <x:v>63516.4</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>49960.1</x:v>
+        <x:v>62213.9</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>46612.3</x:v>
+        <x:v>61573.6</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>46178.1</x:v>
+        <x:v>60946.9</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>45831.9</x:v>
+        <x:v>60617.3</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>45611.7</x:v>
+        <x:v>56891.9</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>45360.9</x:v>
+        <x:v>56874.5</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>44868.8</x:v>
+        <x:v>56811</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>44301.8</x:v>
+        <x:v>56464.9</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>44212.3</x:v>
+        <x:v>56057.6</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>44182.1</x:v>
+        <x:v>55865.3</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>44029</x:v>
+        <x:v>55475.9</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s"/>
       <x:c r="B129" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>43830</x:v>
+        <x:v>54641.7</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s"/>
       <x:c r="B130" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>43825.8</x:v>
+        <x:v>54193.4</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s"/>
       <x:c r="B131" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>43574</x:v>
+        <x:v>53403.1</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s"/>
       <x:c r="B132" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>43498.7</x:v>
+        <x:v>53280.4</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>43451.9</x:v>
+        <x:v>53242.4</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s"/>
       <x:c r="B134" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>43448.6</x:v>
+        <x:v>52876.6</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s"/>
       <x:c r="B135" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>43409.8</x:v>
+        <x:v>51985.3</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s"/>
       <x:c r="B136" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>43368.7</x:v>
+        <x:v>51565.5</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s"/>
       <x:c r="B137" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>43186.6</x:v>
+        <x:v>50801.2</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s"/>
       <x:c r="B138" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>43063.8</x:v>
+        <x:v>47320.7</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s"/>
       <x:c r="B139" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>42879.3</x:v>
+        <x:v>30706.6</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s"/>
       <x:c r="B140" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>42609</x:v>
+        <x:v>29709.5</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s"/>
       <x:c r="B141" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>42505.2</x:v>
+        <x:v>25917.5</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s"/>
       <x:c r="B142" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>40000</x:v>
+        <x:v>26000</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>42137.6</x:v>
+        <x:v>25764.8</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s"/>
       <x:c r="B143" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>41782.3</x:v>
+        <x:v>20251.1</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s"/>
       <x:c r="B144" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>42000</x:v>
+        <x:v>2046.4</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>41743.5</x:v>
+        <x:v>2046.4</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
-        <x:v>11</x:v>
-[...4 lines deleted...]
-      <x:c r="B145" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C145" s="3" t="s">
+    </x:row>
+    <x:row r="146" spans="1:7">
+      <x:c r="A146" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D145" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="B146" s="3" t="s">
+    </x:row>
+    <x:row r="147" spans="1:7">
+      <x:c r="A147" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C146" s="3" t="s">
+    </x:row>
+    <x:row r="148" spans="1:7">
+      <x:c r="A148" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...214 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>