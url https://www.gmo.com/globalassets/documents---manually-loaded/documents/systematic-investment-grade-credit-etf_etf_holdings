--- v2 (2025-11-18)
+++ v3 (2025-12-14)
@@ -1,927 +1,741 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d44018bb6e445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e90cfe78cf964b7d8e5d45882a919940.psmdcp" Id="Re5910884eb544f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f30b4dff1f4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8bec7ce60af4844819c364ca5ee93db.psmdcp" Id="Re172590269194379" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="293">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/18/2025 (%)</x:t>
+    <x:t>As of 12/12/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
-    <x:t>EBAY INC SR UNSECURED 03/30 2.7</x:t>
+    <x:t>EBAY INC</x:t>
   </x:si>
   <x:si>
     <x:t>278642AW3</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>ONCOR ELECTRIC DELIVERY SECURED 11/29 4.65</x:t>
+    <x:t>ONCOR ELECTRIC DELIVERY</x:t>
   </x:si>
   <x:si>
     <x:t>68233JCW2</x:t>
   </x:si>
   <x:si>
-    <x:t>IQVIA INC SR SECURED 02/29 6.25</x:t>
+    <x:t>BROOKFIELD FINANCE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALERO ENERGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91913YBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP TEXAS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00108WAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICRON TECHNOLOGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORNING INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQVIA INC</x:t>
   </x:si>
   <x:si>
     <x:t>46266TAF5</x:t>
   </x:si>
   <x:si>
-    <x:t>VMWARE LLC SR UNSECURED 08/28 1.8</x:t>
-[...23 lines deleted...]
-    <x:t>BOSTON PROPERTIES LP SR UNSECURED 01/34 6.5</x:t>
+    <x:t>BOSTON PROPERTIES LP</x:t>
   </x:si>
   <x:si>
     <x:t>10112RBH6</x:t>
   </x:si>
   <x:si>
-    <x:t>JACOBS ENGINEERING GROUP COMPANY GUAR 08/28 6.35</x:t>
+    <x:t>SANTANDER HOLDINGS USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHILLIPS 66 CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718547AX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYLAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628530BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>469814AB3</x:t>
   </x:si>
   <x:si>
-    <x:t>PARAMOUNT GLOBAL COMPANY GUAR 05/32 4.2</x:t>
+    <x:t>VENTAS REALTY LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92277GAX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENOVUS ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135UAR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140BK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTAH ACQUISITION SUB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62854AAP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAD LABS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>090572AQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL</x:t>
   </x:si>
   <x:si>
     <x:t>92556HAD9</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL MOTORS CO SR UNSECURED 04/35 6.25</x:t>
-[...53 lines deleted...]
-    <x:t>NVENT FINANCE SARL COMPANY GUAR 05/33 5.65</x:t>
+    <x:t>NVENT FINANCE SARL</x:t>
   </x:si>
   <x:si>
     <x:t>67078AAF0</x:t>
   </x:si>
   <x:si>
-    <x:t>BIO RAD LABS SR UNSECURED 03/32 3.7</x:t>
-[...11 lines deleted...]
-    <x:t>INTEL CORP SR UNSECURED 02/63 5.9</x:t>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILLUMINA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109DF5</x:t>
   </x:si>
   <x:si>
     <x:t>458140CK4</x:t>
   </x:si>
   <x:si>
-    <x:t>ALTRIA GROUP INC COMPANY GUAR 09/46 3.875</x:t>
-[...17 lines deleted...]
-    <x:t>CH ROBINSON WORLDWIDE SR UNSECURED 04/28 4.2</x:t>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAE8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE</x:t>
   </x:si>
   <x:si>
     <x:t>12541WAA8</x:t>
   </x:si>
   <x:si>
-    <x:t>PARAMOUNT GLOBAL COMPANY GUAR 05/50 4.95</x:t>
+    <x:t>ESTEE LAUDER CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORACLE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68389XCV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETAPP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110DAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARATHON PETROLEUM CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56585ABL5</x:t>
   </x:si>
   <x:si>
     <x:t>92556HAC1</x:t>
   </x:si>
   <x:si>
-    <x:t>APTIV SWISS HOLDINGS LTD COMPANY GUAR 05/52 4.15</x:t>
+    <x:t>404119BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001084AS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109CJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK NY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251526CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68389XCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLEX LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33938XAA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAKE TWO INTERACTIVE SOF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSTEM ENERGY RESOURCES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871911AV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN COMMUNITIES OPER LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866677AH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NY MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBU0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112BZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833CH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604BZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLY FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NBV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QORVO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74736KAH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05526DBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NCA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AU3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607PHS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUTH BOW USA INFRA HLDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83007CAH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AES CORP/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00130HCM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV SWISS HOLDINGS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>00217GAC7</x:t>
   </x:si>
   <x:si>
-    <x:t>ORACLE CORP SR UNSECURED 09/64 5.5</x:t>
-[...448 lines deleted...]
-  <x:si>
     <x:t>126650CN8</x:t>
   </x:si>
   <x:si>
-    <x:t>HUNTINGTON INGALLS INDUS COMPANY GUAR 01/35 5.749</x:t>
+    <x:t>HUNTINGTON INGALLS INDUS</x:t>
   </x:si>
   <x:si>
     <x:t>446413BB1</x:t>
   </x:si>
   <x:si>
-    <x:t>ADVANCED MICRO DEVICES SR UNSECURED 03/28 4.319</x:t>
+    <x:t>ADVANCED MICRO DEVICES</x:t>
   </x:si>
   <x:si>
     <x:t>007903BJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>WESTPAC BANKING CORP SR UNSECURED 11/27 5.457</x:t>
+    <x:t>WESTPAC BANKING CORP</x:t>
   </x:si>
   <x:si>
     <x:t>961214FK4</x:t>
   </x:si>
   <x:si>
-    <x:t>RTX CORP SR UNSECURED 03/27 3.5</x:t>
+    <x:t>RTX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECH2</x:t>
   </x:si>
   <x:si>
-    <x:t>CONSTELLATION EN GEN LLC SR UNSECURED 03/28 5.6</x:t>
-[...5 lines deleted...]
-    <x:t>COMERICA INC SR UNSECURED 01/30 VAR</x:t>
+    <x:t>COMERICA INC</x:t>
   </x:si>
   <x:si>
     <x:t>200340AW7</x:t>
   </x:si>
   <x:si>
-    <x:t>GOLDMAN SACHS GROUP INC SR UNSECURED 04/39 VAR</x:t>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>38141GXA7</x:t>
   </x:si>
   <x:si>
-    <x:t>MPLX LP SR UNSECURED 04/48 4.7</x:t>
+    <x:t>MPLX LP</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAN0</x:t>
   </x:si>
   <x:si>
-    <x:t>AEP TEXAS INC SR UNSECURED 05/34 5.7</x:t>
-[...11 lines deleted...]
-    <x:t>CAPITAL ONE FINANCIAL CO SR UNSECURED 11/34 VAR</x:t>
+    <x:t>PHILLIPS 66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718547AP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75513ECW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHARLES SCHWAB CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN EXPRESS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816EH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89115A3G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMPHENOL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032095AL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816DW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTERSTATE POWER + LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461070AX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141GWL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3M COMPANY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88579YBG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55336VAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDISON INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214DW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPITAL ONE FINANCIAL CO</x:t>
   </x:si>
   <x:si>
     <x:t>254709AT5</x:t>
   </x:si>
   <x:si>
-    <x:t>PHILLIPS 66 COMPANY GUAR 10/46 4.9</x:t>
-[...125 lines deleted...]
-    <x:t>CITIGROUP INC SR UNSECURED 07/28 VAR</x:t>
+    <x:t>CITIGROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>172967LP4</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1271,3030 +1085,2862 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G148"/>
+  <x:dimension ref="A1:G140"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="52.160625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="28.530625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.350625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>205560.4</x:v>
+        <x:v>220542.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>208000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>198153.1</x:v>
+        <x:v>211595</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>208000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>194410.2</x:v>
+        <x:v>208916.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>207000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>194235.7</x:v>
+        <x:v>208664.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>217000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>193735.9</x:v>
+        <x:v>207869.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>199000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>193737.4</x:v>
+        <x:v>207692.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>205000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>193410</x:v>
+        <x:v>207650.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>192871.4</x:v>
+        <x:v>207640.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>231000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>191471</x:v>
+        <x:v>207610.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>207000</x:v>
+        <x:v>255000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>191041.3</x:v>
+        <x:v>207500</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>190524.6</x:v>
+        <x:v>207258</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>190438</x:v>
+        <x:v>206856.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>190240.8</x:v>
+        <x:v>206750</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>189948.4</x:v>
+        <x:v>205862.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>189441.3</x:v>
+        <x:v>204452.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>251000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>189407</x:v>
+        <x:v>204354.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>194000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>188606.4</x:v>
+        <x:v>204324.7</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>188312.8</x:v>
+        <x:v>204273</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>194000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>188208.7</x:v>
+        <x:v>203681.7</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>187465.5</x:v>
+        <x:v>203411.4</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>199000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>186909.3</x:v>
+        <x:v>203257.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>186725.4</x:v>
+        <x:v>203139</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>186658.6</x:v>
+        <x:v>202829.9</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>248000</x:v>
+        <x:v>194000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>186596</x:v>
+        <x:v>202627.7</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>185630.4</x:v>
+        <x:v>202241.9</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>185247</x:v>
+        <x:v>202190.1</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>193000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>184875.2</x:v>
+        <x:v>202174</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>242000</x:v>
+        <x:v>202000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>184736.9</x:v>
+        <x:v>202103.6</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>242000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>184697.3</x:v>
+        <x:v>202048.5</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>219000</x:v>
+        <x:v>187000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>183888.4</x:v>
+        <x:v>201778.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>244000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>181839.2</x:v>
+        <x:v>201484.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>193000</x:v>
+        <x:v>213000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>179783.9</x:v>
+        <x:v>201054</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>179003.4</x:v>
+        <x:v>200763.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>177721.5</x:v>
+        <x:v>200731.7</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>172000</x:v>
+        <x:v>265000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>177612.7</x:v>
+        <x:v>200636.9</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>194000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>177494</x:v>
+        <x:v>199525.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>191000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>177277</x:v>
+        <x:v>199328.4</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>176000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>176589.1</x:v>
+        <x:v>199064.8</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>208000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>176547.6</x:v>
+        <x:v>198897.2</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>176351.2</x:v>
+        <x:v>198791.4</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>168000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>176245.3</x:v>
+        <x:v>198350.3</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>176138.3</x:v>
+        <x:v>197142.6</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>206000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>175914.6</x:v>
+        <x:v>192910.6</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>175412.8</x:v>
+        <x:v>191299.1</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>234000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>175328.4</x:v>
+        <x:v>191102.2</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>175065.9</x:v>
+        <x:v>191007.3</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>173000</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>174957.6</x:v>
+        <x:v>190671.1</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>183000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>174899.9</x:v>
+        <x:v>190212.9</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>179000</x:v>
+        <x:v>204000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>174904.3</x:v>
+        <x:v>190047.1</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>179000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>174709.5</x:v>
+        <x:v>189323.8</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>274000</x:v>
+        <x:v>188000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>174487.6</x:v>
+        <x:v>189215.8</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>171000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>174408.5</x:v>
+        <x:v>189168.6</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>174225.8</x:v>
+        <x:v>188247</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>191000</x:v>
+        <x:v>187000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>172697.6</x:v>
+        <x:v>187857.2</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>177000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>172344.8</x:v>
+        <x:v>187868.5</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>154000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>172119.2</x:v>
+        <x:v>187812.5</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>172090.6</x:v>
+        <x:v>187710.1</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>135000</x:v>
+        <x:v>187000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>171483.3</x:v>
+        <x:v>187709.8</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>171429.1</x:v>
+        <x:v>187689.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>171154.6</x:v>
+        <x:v>187443.3</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>199000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>170436.6</x:v>
+        <x:v>187186.8</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>156000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>170204.6</x:v>
+        <x:v>187196.1</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>258000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>170031</x:v>
+        <x:v>185988.9</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>295000</x:v>
+        <x:v>204000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>168953.7</x:v>
+        <x:v>185738.3</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>166000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>168436.9</x:v>
+        <x:v>185702</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>205000</x:v>
+        <x:v>178000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>167442.3</x:v>
+        <x:v>185600.5</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>164000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>165908.7</x:v>
+        <x:v>184950.2</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>189000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>161747.7</x:v>
+        <x:v>184916</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>178000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>161612.9</x:v>
+        <x:v>183608.9</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>152000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>161481.2</x:v>
+        <x:v>183181.8</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>166000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>161203.6</x:v>
+        <x:v>182588.3</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>155000</x:v>
+        <x:v>171000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>160086.2</x:v>
+        <x:v>182513.9</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>155000</x:v>
+        <x:v>212000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>159148.2</x:v>
+        <x:v>182344.4</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>177000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>155961.7</x:v>
+        <x:v>180017.6</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>203000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>155550</x:v>
+        <x:v>173102.2</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>154752.2</x:v>
+        <x:v>171928.4</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>153856.4</x:v>
+        <x:v>169766.6</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>217000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>147294.2</x:v>
+        <x:v>168507.9</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>146533.4</x:v>
+        <x:v>166714.3</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>146432.3</x:v>
+        <x:v>166553.9</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>147000</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>146103.1</x:v>
+        <x:v>166369.5</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>168000</x:v>
+        <x:v>178000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>143612.1</x:v>
+        <x:v>158149.9</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>142000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>142646.6</x:v>
+        <x:v>157130.3</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>147000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>142620.7</x:v>
+        <x:v>156141.1</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>179000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>141156.4</x:v>
+        <x:v>155379.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>139077.6</x:v>
+        <x:v>151000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>139077.6</x:v>
+        <x:v>152729</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>122000</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>138009.8</x:v>
+        <x:v>152379.9</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>135000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>137518.6</x:v>
+        <x:v>150980.7</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>133000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>131945.7</x:v>
+        <x:v>141572.4</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>162000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>130764.3</x:v>
+        <x:v>140779.6</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>129278.5</x:v>
+        <x:v>140092.4</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>145000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>129210.1</x:v>
+        <x:v>139604.8</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>134000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>128983.1</x:v>
+        <x:v>139165.2</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>139000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>127474.9</x:v>
+        <x:v>136690.5</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>133000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>127456.5</x:v>
+        <x:v>135621.1</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>152000</x:v>
+        <x:v>162000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>125883.3</x:v>
+        <x:v>135553.9</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>133000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>124919.6</x:v>
+        <x:v>134152</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>128000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>123798.8</x:v>
+        <x:v>132743.9</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>110000</x:v>
+        <x:v>114000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>119465.3</x:v>
+        <x:v>115468.5</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>104478.6</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>110016.3</x:v>
+        <x:v>104478.6</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
         <x:v>107000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>108191.6</x:v>
+        <x:v>103378.8</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>96600.2</x:v>
+        <x:v>103354.2</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>118000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>95169.3</x:v>
+        <x:v>91618.1</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>91000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>81962.5</x:v>
+        <x:v>88146.1</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>82000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>80970.4</x:v>
+        <x:v>86653.8</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>82000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>77660</x:v>
+        <x:v>82831.3</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>80000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>77273.7</x:v>
+        <x:v>82478.6</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>82000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>76408.6</x:v>
+        <x:v>81543.8</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>73000</x:v>
+        <x:v>74000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>75364</x:v>
+        <x:v>77165.4</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>69000</x:v>
+        <x:v>82000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>71673.1</x:v>
+        <x:v>76436.9</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>82000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>70999.1</x:v>
+        <x:v>68643.8</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>63516.4</x:v>
+        <x:v>65771.1</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
         <x:v>60000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>62213.9</x:v>
+        <x:v>61017.3</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>61573.6</x:v>
+        <x:v>60379.1</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>60946.9</x:v>
+        <x:v>59958.1</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>60617.3</x:v>
+        <x:v>59404.1</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>56891.9</x:v>
+        <x:v>58953.8</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>56874.5</x:v>
+        <x:v>58152.4</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>56811</x:v>
+        <x:v>57456.5</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>64000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>56464.9</x:v>
+        <x:v>57150.8</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>56057.6</x:v>
+        <x:v>56797.4</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>55865.3</x:v>
+        <x:v>56405.6</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>55475.9</x:v>
+        <x:v>56007.4</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s"/>
       <x:c r="B129" s="3" t="s">
-        <x:v>257</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>53000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>54641.7</x:v>
+        <x:v>55182.3</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s"/>
       <x:c r="B130" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>54193.4</x:v>
+        <x:v>54680.3</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s"/>
       <x:c r="B131" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>53403.1</x:v>
+        <x:v>53907.1</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s"/>
       <x:c r="B132" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>53280.4</x:v>
+        <x:v>50931.6</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>53242.4</x:v>
+        <x:v>47904.8</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s"/>
       <x:c r="B134" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>32000</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>52876.6</x:v>
+        <x:v>31710.8</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s"/>
       <x:c r="B135" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>51985.3</x:v>
+        <x:v>29535.9</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s"/>
       <x:c r="B136" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>28000</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>51565.5</x:v>
+        <x:v>27805.7</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
-    <x:row r="137" spans="1:7">
-[...19 lines deleted...]
-    </x:row>
     <x:row r="138" spans="1:7">
-      <x:c r="A138" s="3" t="s"/>
-[...16 lines deleted...]
-        <x:v>11</x:v>
+      <x:c r="A138" s="3" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
-      <x:c r="A139" s="3" t="s"/>
-[...16 lines deleted...]
-        <x:v>11</x:v>
+      <x:c r="A139" s="3" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
-      <x:c r="A140" s="3" t="s"/>
-[...115 lines deleted...]
-        <x:v>292</x:v>
+      <x:c r="A140" s="1" t="s">
+        <x:v>230</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>