--- v3 (2025-12-14)
+++ v4 (2026-01-25)
@@ -1,741 +1,738 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f30b4dff1f4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8bec7ce60af4844819c364ca5ee93db.psmdcp" Id="Re172590269194379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ac76650db94164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6258b0ee03ea4ef4a4245ec212aef92f.psmdcp" Id="R07dbc4074d8b47fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/12/2025 (%)</x:t>
+    <x:t>As of 01/23/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
-    <x:t>EBAY INC</x:t>
-[...2 lines deleted...]
-    <x:t>278642AW3</x:t>
+    <x:t>ONCOR ELECTRIC DELIVERY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68233JCW2</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>ONCOR ELECTRIC DELIVERY</x:t>
-[...2 lines deleted...]
-    <x:t>68233JCW2</x:t>
+    <x:t>ALPHABET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORNING INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BF1</x:t>
   </x:si>
   <x:si>
     <x:t>BROOKFIELD FINANCE INC</x:t>
   </x:si>
   <x:si>
     <x:t>11271LAQ5</x:t>
   </x:si>
   <x:si>
+    <x:t>MICRON TECHNOLOGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
+  </x:si>
+  <x:si>
     <x:t>VMWARE LLC</x:t>
   </x:si>
   <x:si>
     <x:t>928563AK1</x:t>
   </x:si>
   <x:si>
     <x:t>VALERO ENERGY CORP</x:t>
   </x:si>
   <x:si>
     <x:t>91913YBB5</x:t>
   </x:si>
   <x:si>
+    <x:t>IQVIA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46266TAF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AB8</x:t>
+  </x:si>
+  <x:si>
     <x:t>AEP TEXAS INC</x:t>
   </x:si>
   <x:si>
     <x:t>00108WAT7</x:t>
   </x:si>
   <x:si>
-    <x:t>POLARIS INC</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>SMITH + NEPHEW PLC</x:t>
   </x:si>
   <x:si>
     <x:t>83192PAA6</x:t>
   </x:si>
   <x:si>
-    <x:t>CORNING INC</x:t>
-[...8 lines deleted...]
-    <x:t>46266TAF5</x:t>
+    <x:t>MYLAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628530BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HELMERICH + PAYNE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423452AN1</x:t>
   </x:si>
   <x:si>
     <x:t>BOSTON PROPERTIES LP</x:t>
   </x:si>
   <x:si>
     <x:t>10112RBH6</x:t>
   </x:si>
   <x:si>
     <x:t>SANTANDER HOLDINGS USA</x:t>
   </x:si>
   <x:si>
     <x:t>80282KBL9</x:t>
   </x:si>
   <x:si>
-    <x:t>PHILLIPS 66 CO</x:t>
-[...2 lines deleted...]
-    <x:t>718547AX0</x:t>
+    <x:t>CENTENE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140BK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOGEN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09062XAM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTAH ACQUISITION SUB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62854AAP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTAS REALTY LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92277GAX5</x:t>
   </x:si>
   <x:si>
     <x:t>GENERAL MOTORS CO</x:t>
   </x:si>
   <x:si>
     <x:t>37045VBB5</x:t>
   </x:si>
   <x:si>
-    <x:t>MYLAN INC</x:t>
-[...2 lines deleted...]
-    <x:t>628530BJ5</x:t>
+    <x:t>CENOVUS ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135UAR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDISON INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JB HUNT TRANSPRT SVCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445658CG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAD LABS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>090572AQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVENT FINANCE SARL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67078AAF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILLUMINA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGERS COMMUNICATIONS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109DF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12541WAA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAE8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
   </x:si>
   <x:si>
     <x:t>JACOBS ENGINEERING GROUP</x:t>
   </x:si>
   <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETAPP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64110DAM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUTHWEST AIRLINES CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844741BM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775109CJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK NY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251526CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAKE TWO INTERACTIVE SOF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN COMMUNITIES OPER LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866677AH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSTEM ENERGY RESOURCES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871911AV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NY MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBU0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
     <x:t>469814AB3</x:t>
   </x:si>
   <x:si>
-    <x:t>VENTAS REALTY LP</x:t>
-[...343 lines deleted...]
-  <x:si>
     <x:t>595112BZ5</x:t>
   </x:si>
   <x:si>
     <x:t>APPLE INC</x:t>
   </x:si>
   <x:si>
     <x:t>037833CH1</x:t>
   </x:si>
   <x:si>
     <x:t>369604BZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>ALPHABET INC</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ALLY FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>02005NBV1</x:t>
   </x:si>
   <x:si>
-    <x:t>QORVO INC</x:t>
-[...2 lines deleted...]
-    <x:t>74736KAH4</x:t>
+    <x:t>05526DBF1</x:t>
   </x:si>
   <x:si>
     <x:t>099724AP1</x:t>
   </x:si>
   <x:si>
-    <x:t>05526DBF1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02005NCA6</x:t>
   </x:si>
   <x:si>
     <x:t>L3HARRIS TECH INC</x:t>
   </x:si>
   <x:si>
     <x:t>502431AU3</x:t>
   </x:si>
   <x:si>
     <x:t>13607PHS6</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR</x:t>
-[...5 lines deleted...]
-    <x:t>Short Term</x:t>
+    <x:t>AES CORP/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00130HCM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413BB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADVANCED MICRO DEVICES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>007903BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75513ECH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMERICA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200340AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141GXA7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APTIV SWISS HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00217GAC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75513ECW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHARLES SCHWAB CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMERICAN EXPRESS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816EH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89115A3G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMPHENOL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032095AL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>025816DW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTERSTATE POWER + LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461070AX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141GWL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3M COMPANY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88579YBG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPLX LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55336VAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55336VAN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPAC BANKING CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214FK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961214DW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPITAL ONE FINANCIAL CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254709AT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967LP4</x:t>
   </x:si>
   <x:si>
     <x:t>SOUTH BOW USA INFRA HLDS</x:t>
   </x:si>
   <x:si>
     <x:t>83007CAH5</x:t>
   </x:si>
   <x:si>
-    <x:t>AES CORP/THE</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>PHILLIPS 66</x:t>
   </x:si>
   <x:si>
     <x:t>718547AP7</x:t>
   </x:si>
   <x:si>
-    <x:t>06418GAP2</x:t>
-[...77 lines deleted...]
-    <x:t>172967LP4</x:t>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1085,2862 +1082,2841 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G140"/>
+  <x:dimension ref="A1:G139"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.530625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.350625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="11.860625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>220542.5</x:v>
+        <x:v>197720</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>208000</x:v>
+        <x:v>206000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>211595</x:v>
+        <x:v>196733.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>208000</x:v>
+        <x:v>239000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>208916.6</x:v>
+        <x:v>196076</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>221000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>208664.4</x:v>
+        <x:v>195691.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>215000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>207869.9</x:v>
+        <x:v>195651.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>199000</x:v>
+        <x:v>207000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>207692.9</x:v>
+        <x:v>195605</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>205000</x:v>
+        <x:v>201000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>207650.8</x:v>
+        <x:v>194859</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>207640.8</x:v>
+        <x:v>194663.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>231000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>207610.4</x:v>
+        <x:v>194620.3</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>255000</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>207500</x:v>
+        <x:v>194101.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>207258</x:v>
+        <x:v>193997.9</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>206856.4</x:v>
+        <x:v>193447.7</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>206750</x:v>
+        <x:v>193270.1</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>205862.8</x:v>
+        <x:v>193175.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>204452.2</x:v>
+        <x:v>192693.1</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>251000</x:v>
+        <x:v>205000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>204354.7</x:v>
+        <x:v>192649.5</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>194000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>204324.7</x:v>
+        <x:v>192313.3</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>328000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>204273</x:v>
+        <x:v>192126.4</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>194000</x:v>
+        <x:v>272000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>203681.7</x:v>
+        <x:v>191809.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>210000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>203411.4</x:v>
+        <x:v>191687.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>199000</x:v>
+        <x:v>229000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>203257.5</x:v>
+        <x:v>191584.2</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>203139</x:v>
+        <x:v>191081.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>183000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>202829.9</x:v>
+        <x:v>191069.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>194000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>202627.7</x:v>
+        <x:v>191007.3</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>206000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>202241.9</x:v>
+        <x:v>190889.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>202190.1</x:v>
+        <x:v>190790</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>193000</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>202174</x:v>
+        <x:v>189772.3</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>202000</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>202103.6</x:v>
+        <x:v>189704.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>350000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>202048.5</x:v>
+        <x:v>189623</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>187000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>201778.4</x:v>
+        <x:v>189525.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C36" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>244000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>201484.4</x:v>
+        <x:v>189381.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>213000</x:v>
+        <x:v>181000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>201054</x:v>
+        <x:v>189347.9</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C38" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>221000</x:v>
+        <x:v>189000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>200763.6</x:v>
+        <x:v>189322.1</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>205000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>200731.7</x:v>
+        <x:v>189120.1</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>265000</x:v>
+        <x:v>177000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>200636.9</x:v>
+        <x:v>188764.7</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>194000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>199525.4</x:v>
+        <x:v>188725.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>199328.4</x:v>
+        <x:v>188467</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>199064.8</x:v>
+        <x:v>188276.8</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>208000</x:v>
+        <x:v>248000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>198897.2</x:v>
+        <x:v>188267.4</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>198791.4</x:v>
+        <x:v>188098.4</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>198350.3</x:v>
+        <x:v>187574.1</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>182000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>197142.6</x:v>
+        <x:v>187060.2</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>206000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>192910.6</x:v>
+        <x:v>187030.4</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>207000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>191299.1</x:v>
+        <x:v>186294.8</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C50" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>234000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>191102.2</x:v>
+        <x:v>186214.5</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>186000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>191007.3</x:v>
+        <x:v>186185.6</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>186000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>190671.1</x:v>
+        <x:v>185133.7</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>183000</x:v>
+        <x:v>185000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>190212.9</x:v>
+        <x:v>184476.9</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>204000</x:v>
+        <x:v>193000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>190047.1</x:v>
+        <x:v>181051.4</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>179000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>189323.8</x:v>
+        <x:v>179335.7</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C56" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C56" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>188000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>189215.8</x:v>
+        <x:v>178102.2</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>168000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>189168.6</x:v>
+        <x:v>178088.6</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C58" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>188247</x:v>
+        <x:v>177916.3</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>187000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>187857.2</x:v>
+        <x:v>177758.9</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>187868.5</x:v>
+        <x:v>177674.9</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>187812.5</x:v>
+        <x:v>177299.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>186000</x:v>
+        <x:v>171000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>187710.1</x:v>
+        <x:v>176916.2</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>187000</x:v>
+        <x:v>176000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>187709.8</x:v>
+        <x:v>176627.4</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>187689.1</x:v>
+        <x:v>176326.7</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>191000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>187443.3</x:v>
+        <x:v>176229</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>179000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>187186.8</x:v>
+        <x:v>176119</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>187196.1</x:v>
+        <x:v>176022.5</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>258000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>185988.9</x:v>
+        <x:v>175829.6</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>204000</x:v>
+        <x:v>171000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>185738.3</x:v>
+        <x:v>175741.4</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>185702</x:v>
+        <x:v>175655</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>178000</x:v>
+        <x:v>173000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>185600.5</x:v>
+        <x:v>175488.1</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>164000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>184950.2</x:v>
+        <x:v>175439.9</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>189000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>184916</x:v>
+        <x:v>175396.1</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>178000</x:v>
+        <x:v>154000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>183608.9</x:v>
+        <x:v>174022.1</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>183181.8</x:v>
+        <x:v>173968.2</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>166000</x:v>
+        <x:v>177000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>182588.3</x:v>
+        <x:v>172880.8</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>171000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>182513.9</x:v>
+        <x:v>171611.7</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>212000</x:v>
+        <x:v>169000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>182344.4</x:v>
+        <x:v>171522.8</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>177000</x:v>
+        <x:v>199000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>180017.6</x:v>
+        <x:v>171455.2</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>156000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>173102.2</x:v>
+        <x:v>171066.7</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>171928.4</x:v>
+        <x:v>169952.2</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>166000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>169766.6</x:v>
+        <x:v>168681.3</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>217000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>168507.9</x:v>
+        <x:v>166327.3</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>156000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>166714.3</x:v>
+        <x:v>160880.1</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>156000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>166553.9</x:v>
+        <x:v>160119.3</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>166369.5</x:v>
+        <x:v>159189</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>178000</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>158149.9</x:v>
+        <x:v>157921.7</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>155000</x:v>
+        <x:v>203000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>157130.3</x:v>
+        <x:v>157447.7</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>156141.1</x:v>
+        <x:v>148441.9</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>179000</x:v>
+        <x:v>168000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>155379.3</x:v>
+        <x:v>146856.4</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>151000</x:v>
+        <x:v>147000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>152729</x:v>
+        <x:v>146337.4</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>147000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>152379.9</x:v>
+        <x:v>142428.2</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>135000</x:v>
+        <x:v>141000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>150980.7</x:v>
+        <x:v>142409.8</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>141572.4</x:v>
+        <x:v>141660.2</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>162000</x:v>
+        <x:v>140527.1</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>140779.6</x:v>
+        <x:v>140527.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>132000</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>140092.4</x:v>
+        <x:v>138573.2</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>139604.8</x:v>
+        <x:v>132854.4</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>134000</x:v>
+        <x:v>152000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>139165.2</x:v>
+        <x:v>130944.1</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>139000</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>136690.5</x:v>
+        <x:v>130761.7</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>135621.1</x:v>
+        <x:v>130108.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>162000</x:v>
+        <x:v>152000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>135553.9</x:v>
+        <x:v>127662.2</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>133000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>134152</x:v>
+        <x:v>127625.9</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>128000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>132743.9</x:v>
+        <x:v>125522.4</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>114000</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>115468.5</x:v>
+        <x:v>124003</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>104478.6</x:v>
+        <x:v>107000</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>104478.6</x:v>
+        <x:v>108224.9</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C106" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C106" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>103378.8</x:v>
+        <x:v>97906.6</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>101000</x:v>
+        <x:v>91000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>103354.2</x:v>
+        <x:v>82757.7</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>118000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>91618.1</x:v>
+        <x:v>81164.2</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>88146.1</x:v>
+        <x:v>77744.7</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C110" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>82000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>86653.8</x:v>
+        <x:v>76525.9</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C111" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>82000</x:v>
+        <x:v>69000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>82831.3</x:v>
+        <x:v>71977.9</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C112" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C112" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>80000</x:v>
+        <x:v>77000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>82478.6</x:v>
+        <x:v>71333.2</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>82000</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>81543.8</x:v>
+        <x:v>66965.9</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>74000</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>77165.4</x:v>
+        <x:v>56972</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>82000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>76436.9</x:v>
+        <x:v>56822.5</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>82000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>68643.8</x:v>
+        <x:v>56514</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>65771.1</x:v>
+        <x:v>55738.7</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>61017.3</x:v>
+        <x:v>55651.6</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>60379.1</x:v>
+        <x:v>54612.2</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>59958.1</x:v>
+        <x:v>54237.3</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>59404.1</x:v>
+        <x:v>53574.6</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C122" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C122" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>58953.8</x:v>
+        <x:v>53296.9</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>58152.4</x:v>
+        <x:v>52913.6</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>57456.5</x:v>
+        <x:v>52102.9</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>64000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>57150.8</x:v>
+        <x:v>51682.7</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>56797.4</x:v>
+        <x:v>50894.1</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>56405.6</x:v>
+        <x:v>48112.2</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>52000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>56007.4</x:v>
+        <x:v>43599.2</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s"/>
       <x:c r="B129" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>53000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>55182.3</x:v>
+        <x:v>30851</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s"/>
       <x:c r="B130" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>54680.3</x:v>
+        <x:v>29728.1</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s"/>
       <x:c r="B131" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>23000</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>53907.1</x:v>
+        <x:v>26927.2</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s"/>
       <x:c r="B132" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>26000</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>50931.6</x:v>
+        <x:v>25829.7</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s"/>
       <x:c r="B133" s="3" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C133" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>47904.8</x:v>
+        <x:v>24146.3</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s"/>
       <x:c r="B134" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>32000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>31710.8</x:v>
+        <x:v>22042.9</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s"/>
       <x:c r="B135" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>25000</x:v>
+        <x:v>5174.8</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>29535.9</x:v>
+        <x:v>5174.8</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
-        <x:v>11</x:v>
-[...4 lines deleted...]
-      <x:c r="B136" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C136" s="3" t="s">
+    </x:row>
+    <x:row r="137" spans="1:7">
+      <x:c r="A137" s="3" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
-      <x:c r="A139" s="3" t="s">
+      <x:c r="A139" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>