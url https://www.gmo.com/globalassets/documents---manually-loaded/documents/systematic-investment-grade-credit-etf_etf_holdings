--- v4 (2026-01-25)
+++ v5 (2026-02-16)
@@ -1,738 +1,711 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ac76650db94164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6258b0ee03ea4ef4a4245ec212aef92f.psmdcp" Id="R07dbc4074d8b47fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf10b709eca64d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f79ad175c13643b897ede265d04df842.psmdcp" Id="R11c8140f77344924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/23/2026 (%)</x:t>
+    <x:t>As of 02/13/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
-    <x:t>ONCOR ELECTRIC DELIVERY</x:t>
-[...2 lines deleted...]
-    <x:t>68233JCW2</x:t>
+    <x:t>CORNING INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BF1</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
+    <x:t>MICRON TECHNOLOGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMWARE LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYLAN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628530BJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP TEXAS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00108WAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALERO ENERGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91913YBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HELMERICH + PAYNE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423452AN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTAH ACQUISITION SUB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62854AAP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQVIA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46266TAF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOSTON PROPERTIES LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482480AN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AU3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBL9</x:t>
+  </x:si>
+  <x:si>
     <x:t>ALPHABET INC</x:t>
   </x:si>
   <x:si>
     <x:t>02079KAN7</x:t>
   </x:si>
   <x:si>
-    <x:t>CORNING INC</x:t>
-[...44 lines deleted...]
-    <x:t>00108WAT7</x:t>
+    <x:t>SIMON PROPERTY GROUP LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMOUNT GLOBAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENOVUS ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135UAR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTENE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOGEN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09062XAM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANGLOGOLD HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03512TAF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTAS REALTY LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92277GAX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILLUMINA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10112RBJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JB HUNT TRANSPRT SVCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445658CG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAD LABS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>090572AQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDISON INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140BK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVENT FINANCE SARL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67078AAF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92556HAD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12541WAA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLOVIN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAE8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUTHWEST AIRLINES CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844741BM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOHNSON CONTROLS/TYCO FI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928563AF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSBC HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404280ES4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03831WAC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404280EX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020BC0</x:t>
   </x:si>
   <x:si>
     <x:t>SMITH + NEPHEW PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>83192PAA6</x:t>
-[...323 lines deleted...]
-    <x:t>47837RAE0</x:t>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAKE TWO INTERACTIVE SOF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874054AG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN COMMUNITIES OPER LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866677AH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSTEM ENERGY RESOURCES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871911AV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NY MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBU0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112BZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AQ2</x:t>
   </x:si>
   <x:si>
     <x:t>DEUTSCHE BANK NY</x:t>
   </x:si>
   <x:si>
     <x:t>251526CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>83192PAD0</x:t>
-[...68 lines deleted...]
-    <x:t>595112BZ5</x:t>
+    <x:t>ALLY FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NBV1</x:t>
   </x:si>
   <x:si>
     <x:t>APPLE INC</x:t>
   </x:si>
   <x:si>
     <x:t>037833CH1</x:t>
   </x:si>
   <x:si>
     <x:t>369604BZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>ALLY FINANCIAL INC</x:t>
-[...2 lines deleted...]
-    <x:t>02005NBV1</x:t>
+    <x:t>099724AP1</x:t>
   </x:si>
   <x:si>
     <x:t>05526DBF1</x:t>
   </x:si>
   <x:si>
-    <x:t>099724AP1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02005NCA6</x:t>
   </x:si>
   <x:si>
-    <x:t>L3HARRIS TECH INC</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13607PHS6</x:t>
   </x:si>
   <x:si>
-    <x:t>AES CORP/THE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>446413BB1</x:t>
   </x:si>
   <x:si>
     <x:t>ADVANCED MICRO DEVICES</x:t>
   </x:si>
   <x:si>
     <x:t>007903BJ5</x:t>
   </x:si>
   <x:si>
     <x:t>RTX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>75513ECH2</x:t>
   </x:si>
   <x:si>
-    <x:t>COMERICA INC</x:t>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428XDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD FINANCL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>200340AW7</x:t>
   </x:si>
   <x:si>
     <x:t>GOLDMAN SACHS GROUP INC</x:t>
   </x:si>
   <x:si>
     <x:t>38141GXA7</x:t>
   </x:si>
   <x:si>
     <x:t>APTIV SWISS HOLDINGS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>00217GAC7</x:t>
   </x:si>
   <x:si>
+    <x:t>75513ECW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHARLES SCHWAB CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CH6</x:t>
+  </x:si>
+  <x:si>
     <x:t>06418GAP2</x:t>
   </x:si>
   <x:si>
-    <x:t>75513ECW9</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06406RBM8</x:t>
   </x:si>
   <x:si>
     <x:t>808513CE3</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN EXPRESS CO</x:t>
   </x:si>
   <x:si>
     <x:t>025816EH8</x:t>
   </x:si>
   <x:si>
     <x:t>89115A3G5</x:t>
   </x:si>
   <x:si>
     <x:t>AMPHENOL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>032095AL5</x:t>
   </x:si>
   <x:si>
     <x:t>025816DW6</x:t>
   </x:si>
   <x:si>
     <x:t>874054AK5</x:t>
   </x:si>
   <x:si>
     <x:t>INTERSTATE POWER + LIGHT</x:t>
   </x:si>
   <x:si>
     <x:t>461070AX2</x:t>
   </x:si>
   <x:si>
     <x:t>38141GWL4</x:t>
   </x:si>
   <x:si>
-    <x:t>3M COMPANY</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MPLX LP</x:t>
   </x:si>
   <x:si>
     <x:t>55336VAT7</x:t>
   </x:si>
   <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967LP4</x:t>
+  </x:si>
+  <x:si>
     <x:t>55336VAN0</x:t>
   </x:si>
   <x:si>
-    <x:t>WESTPAC BANKING CORP</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>SOUTH BOW USA INFRA HLDS</x:t>
   </x:si>
   <x:si>
     <x:t>83007CAH5</x:t>
   </x:si>
   <x:si>
     <x:t>PHILLIPS 66</x:t>
   </x:si>
   <x:si>
     <x:t>718547AP7</x:t>
   </x:si>
   <x:si>
-    <x:t>US DOLLAR</x:t>
-[...5 lines deleted...]
-    <x:t>Cash</x:t>
+    <x:t>482480AP5</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1082,2841 +1055,2757 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G139"/>
+  <x:dimension ref="A1:G135"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="28.530625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="11.860625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="28.790625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>303000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>197720</x:v>
+        <x:v>253200.9</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>206000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>196733.6</x:v>
+        <x:v>250256.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>239000</x:v>
+        <x:v>263000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>196076</x:v>
+        <x:v>249731.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>244000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>195691.5</x:v>
+        <x:v>249657.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>247000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>195651.3</x:v>
+        <x:v>248864.7</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>207000</x:v>
+        <x:v>297000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>195605</x:v>
+        <x:v>248390.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>201000</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>194859</x:v>
+        <x:v>248301.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>255000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>194663.9</x:v>
+        <x:v>248028</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>247000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>194620.3</x:v>
+        <x:v>247522.7</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>186000</x:v>
+        <x:v>291000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>194101.1</x:v>
+        <x:v>247104</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>216000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>193997.9</x:v>
+        <x:v>246958</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>193447.7</x:v>
+        <x:v>246850</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>193270.1</x:v>
+        <x:v>246437.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>237000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>193175.6</x:v>
+        <x:v>246400.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>192693.1</x:v>
+        <x:v>245976</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>205000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>192649.5</x:v>
+        <x:v>245881.9</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>192313.3</x:v>
+        <x:v>245834.3</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>328000</x:v>
+        <x:v>344000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>192126.4</x:v>
+        <x:v>244681.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>272000</x:v>
+        <x:v>266000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>191809.4</x:v>
+        <x:v>244325.9</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>191687.5</x:v>
+        <x:v>244118.9</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>229000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>191584.2</x:v>
+        <x:v>244101.9</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>191081.2</x:v>
+        <x:v>243711.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>183000</x:v>
+        <x:v>259000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>191069.6</x:v>
+        <x:v>243573.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>191007.3</x:v>
+        <x:v>243321.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>206000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>190889.1</x:v>
+        <x:v>242983.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>231000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>190790</x:v>
+        <x:v>242943.3</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>190000</x:v>
+        <x:v>249000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>189772.3</x:v>
+        <x:v>242735.1</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>186000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>189704.9</x:v>
+        <x:v>242497.3</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>189623</x:v>
+        <x:v>242432.5</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>189525.9</x:v>
+        <x:v>241983.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>189381.1</x:v>
+        <x:v>241957.3</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>181000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>189347.9</x:v>
+        <x:v>241468.3</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>189000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>189322.1</x:v>
+        <x:v>241345.9</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>205000</x:v>
+        <x:v>254000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>189120.1</x:v>
+        <x:v>241312.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>177000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>188764.7</x:v>
+        <x:v>241248</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>229000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>188725.4</x:v>
+        <x:v>240840.7</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>416000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>188467</x:v>
+        <x:v>240308.4</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>188276.8</x:v>
+        <x:v>240298</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>248000</x:v>
+        <x:v>314000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>188267.4</x:v>
+        <x:v>240146.8</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>239000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>188098.4</x:v>
+        <x:v>239924.7</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>187574.1</x:v>
+        <x:v>239297.8</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>182000</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>187060.2</x:v>
+        <x:v>238940</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>259000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>187030.4</x:v>
+        <x:v>238858.6</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>207000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>186294.8</x:v>
+        <x:v>238707.5</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>263000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>186214.5</x:v>
+        <x:v>238596</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>247000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>186185.6</x:v>
+        <x:v>238501.5</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>185133.7</x:v>
+        <x:v>237870.8</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>185000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>184476.9</x:v>
+        <x:v>237716.2</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>193000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>181051.4</x:v>
+        <x:v>236867</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>179335.7</x:v>
+        <x:v>235569.2</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C56" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C56" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>245000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>178102.2</x:v>
+        <x:v>231010.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>168000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>178088.6</x:v>
+        <x:v>229419</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>177916.3</x:v>
+        <x:v>227850.1</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>177758.9</x:v>
+        <x:v>227479.5</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C60" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>191000</x:v>
+        <x:v>212000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>177674.9</x:v>
+        <x:v>227440.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>177299.2</x:v>
+        <x:v>226952.1</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>171000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>176916.2</x:v>
+        <x:v>226601.8</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>176000</x:v>
+        <x:v>241000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>176627.4</x:v>
+        <x:v>226251.6</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C64" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>176326.7</x:v>
+        <x:v>225440.9</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>176229</x:v>
+        <x:v>225382.6</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>179000</x:v>
+        <x:v>217000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>176119</x:v>
+        <x:v>225125.8</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>222000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>176022.5</x:v>
+        <x:v>224743.1</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>175829.6</x:v>
+        <x:v>224711</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>171000</x:v>
+        <x:v>227000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>175741.4</x:v>
+        <x:v>224648.1</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>175655</x:v>
+        <x:v>224641.4</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>173000</x:v>
+        <x:v>219000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>175488.1</x:v>
+        <x:v>223350.3</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>175439.9</x:v>
+        <x:v>223236.6</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>174000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>175396.1</x:v>
+        <x:v>223106.4</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>154000</x:v>
+        <x:v>196000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>174022.1</x:v>
+        <x:v>222685.2</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>191000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>173968.2</x:v>
+        <x:v>222557.1</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>177000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>172880.8</x:v>
+        <x:v>222217.5</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>171611.7</x:v>
+        <x:v>221471.3</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>169000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>171522.8</x:v>
+        <x:v>219374.9</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>199000</x:v>
+        <x:v>198000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>171455.2</x:v>
+        <x:v>218805.3</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>156000</x:v>
+        <x:v>211000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>171066.7</x:v>
+        <x:v>217920.8</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>202000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>169952.2</x:v>
+        <x:v>215434.7</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>166000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>168681.3</x:v>
+        <x:v>214972.7</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>166327.3</x:v>
+        <x:v>211997.2</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>156000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>160880.1</x:v>
+        <x:v>210999.7</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>156000</x:v>
+        <x:v>198000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>160119.3</x:v>
+        <x:v>205652.9</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>155000</x:v>
+        <x:v>198000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>159189</x:v>
+        <x:v>204552.8</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>157921.7</x:v>
+        <x:v>204440.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>203000</x:v>
+        <x:v>257000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>157447.7</x:v>
+        <x:v>201349.4</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>148441.9</x:v>
+        <x:v>200625.5</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>168000</x:v>
+        <x:v>211000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>146856.4</x:v>
+        <x:v>188447.9</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>147000</x:v>
+        <x:v>212000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>146337.4</x:v>
+        <x:v>187647.5</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>147000</x:v>
+        <x:v>187000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>142428.2</x:v>
+        <x:v>186465.8</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>141000</x:v>
+        <x:v>187000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>142409.8</x:v>
+        <x:v>182939.3</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>127000</x:v>
+        <x:v>179000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>141660.2</x:v>
+        <x:v>182498</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>140527.1</x:v>
+        <x:v>161000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>140527.1</x:v>
+        <x:v>180764.6</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>132000</x:v>
+        <x:v>175014.2</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>138573.2</x:v>
+        <x:v>175014.2</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>132854.4</x:v>
+        <x:v>170207.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>152000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>130944.1</x:v>
+        <x:v>167718.8</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>130000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>130761.7</x:v>
+        <x:v>167589.4</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>126000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>130108.5</x:v>
+        <x:v>166375.9</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>152000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>127662.2</x:v>
+        <x:v>166273.1</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>164000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>127625.9</x:v>
+        <x:v>165839.6</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>125522.4</x:v>
+        <x:v>162976.3</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>124003</x:v>
+        <x:v>162025.7</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>107000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>108224.9</x:v>
+        <x:v>160586.5</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>97906.6</x:v>
+        <x:v>137192.5</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>91000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>82757.7</x:v>
+        <x:v>102800.1</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>81164.2</x:v>
+        <x:v>98131.8</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>77744.7</x:v>
+        <x:v>96718.8</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>76525.9</x:v>
+        <x:v>94246.6</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>69000</x:v>
+        <x:v>87000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>71977.9</x:v>
+        <x:v>91130.8</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>77000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>71333.2</x:v>
+        <x:v>90332.4</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>86000</x:v>
+        <x:v>108000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>66965.9</x:v>
+        <x:v>85013.6</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>56972</x:v>
+        <x:v>72645.5</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>56822.5</x:v>
+        <x:v>71941.4</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>56514</x:v>
+        <x:v>71372.7</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>55738.7</x:v>
+        <x:v>71335.3</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>55651.6</x:v>
+        <x:v>70697.8</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>54612.2</x:v>
+        <x:v>69729.5</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>54237.3</x:v>
+        <x:v>69169.7</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>76000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>53574.6</x:v>
+        <x:v>68386.1</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>53296.9</x:v>
+        <x:v>68233.3</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>52913.6</x:v>
+        <x:v>67273.1</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>64000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>52102.9</x:v>
+        <x:v>67093.1</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>51682.7</x:v>
+        <x:v>65760.8</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>50894.1</x:v>
+        <x:v>61930.1</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>57000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>48112.2</x:v>
+        <x:v>56763.6</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>52000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>43599.2</x:v>
+        <x:v>55631.4</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s"/>
       <x:c r="B129" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>31000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>30851</x:v>
+        <x:v>30475.6</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s"/>
       <x:c r="B130" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>31000</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>29728.1</x:v>
+        <x:v>27532.7</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s"/>
       <x:c r="B131" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>23000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>26927.2</x:v>
+        <x:v>25245.7</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
-    <x:row r="132" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B132" s="3" t="s">
+    <x:row r="133" spans="1:7">
+      <x:c r="A133" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C132" s="3" t="s">
+    </x:row>
+    <x:row r="134" spans="1:7">
+      <x:c r="A134" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D132" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="B133" s="3" t="s">
+    </x:row>
+    <x:row r="135" spans="1:7">
+      <x:c r="A135" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...70 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>