--- v5 (2026-02-16)
+++ v6 (2026-03-12)
@@ -1,711 +1,702 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf10b709eca64d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f79ad175c13643b897ede265d04df842.psmdcp" Id="R11c8140f77344924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8dab6b1e454abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49744e90ae8b4cd0ba6d68f512562691.psmdcp" Id="Rf9c01d1584484882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="218">
   <x:si>
     <x:t>Holdings - Systematic Investment Grade Credit ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/13/2026 (%)</x:t>
+    <x:t>As of 03/11/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>MICRON TECHNOLOGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112CE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALERO ENERGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91913YBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP TEXAS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00108WAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HELMERICH + PAYNE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423452AN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROOKFIELD FINANCE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLARIS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AB8</x:t>
+  </x:si>
+  <x:si>
     <x:t>CORNING INC</x:t>
   </x:si>
   <x:si>
     <x:t>219350BF1</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...23 lines deleted...]
-    <x:t>11271LAQ5</x:t>
+    <x:t>APPLIED MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222AN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AU3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTENE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARGA RESOURCES CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612KAC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>038222AT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER HOLDINGS USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPHABET INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANGLOGOLD HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03512TAF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOWMET AEROSPACE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443201AB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482480AN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021AZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEEL DYNAMICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119BQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL MOTORS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENOVUS ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135UAR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILLUMINA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTAS REALTY LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92277GAX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDISON INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMON PROPERTY GROUP LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUTHWEST AIRLINES CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844741BL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOGEN INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09062XAM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119BZ1</x:t>
   </x:si>
   <x:si>
     <x:t>MYLAN INC</x:t>
   </x:si>
   <x:si>
     <x:t>628530BJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>AEP TEXAS INC</x:t>
-[...14 lines deleted...]
-    <x:t>423452AN1</x:t>
+    <x:t>JB HUNT TRANSPRT SVCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445658CG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87612GAD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAD LABS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>090572AQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAS VEGAS SANDS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517834AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIZENS FINANCIAL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BH7</x:t>
   </x:si>
   <x:si>
     <x:t>UTAH ACQUISITION SUB</x:t>
   </x:si>
   <x:si>
     <x:t>62854AAP9</x:t>
   </x:si>
   <x:si>
-    <x:t>IQVIA INC</x:t>
-[...38 lines deleted...]
-    <x:t>828807DX2</x:t>
+    <x:t>JOHNSON CONTROLS/TYCO FI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47837RAE0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15135BAV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVENT FINANCE SARL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67078AAF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FEDEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31428XDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02079KAZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231021BA3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTRIA GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SAV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452327AP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNCHRONY FINANCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87165BAY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGAL REXNORD CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750AP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80282KBQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281020BC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404119CW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH ROBINSON WORLDWIDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12541WAA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTEL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140BK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458140CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37045VAL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTEE LAUDER CO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAQ3</x:t>
   </x:si>
   <x:si>
     <x:t>PARAMOUNT GLOBAL</x:t>
   </x:si>
   <x:si>
+    <x:t>92556HAD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731068AA0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS ENGINEERING GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469814AA5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAPESTRY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89114TZV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASBRO INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056BA4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876030AL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MASTEC INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576323AT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANADIAN IMPERIAL BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607QFE7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBEMARLE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012653AE1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477921AA8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418056AZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29736RAS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844741BM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828807DV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSBC HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404280ES4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAT CAPITAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>054989AC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERAL ELECTRIC CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604CA9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219350BK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174610BG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORGAN STANLEY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61747YFR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NY MELLON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBU0</x:t>
+  </x:si>
+  <x:si>
     <x:t>92556HAC1</x:t>
   </x:si>
   <x:si>
-    <x:t>HCA INC</x:t>
-[...164 lines deleted...]
-    <x:t>731068AA0</x:t>
+    <x:t>404280EX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMITH + NEPHEW PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192PAD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORGWARNER INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02209SBM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11271LAB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS HEALTH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126650CZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTERN MIDSTREAM OPERAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958254AJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN COMMUNITIES OPER LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866677AH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYSTEM ENERGY RESOURCES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>871911AV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595112BZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431AQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK NY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251526CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369604BZ5</x:t>
   </x:si>
   <x:si>
     <x:t>APPLOVIN CORP</x:t>
   </x:si>
   <x:si>
-    <x:t>03831WAE8</x:t>
-[...88 lines deleted...]
-  <x:si>
     <x:t>03831WAC2</x:t>
   </x:si>
   <x:si>
-    <x:t>GENERAL ELECTRIC CO</x:t>
-[...59 lines deleted...]
-    <x:t>958254AJ3</x:t>
+    <x:t>APPLE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>037833CH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLY FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NBV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>099724AP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05526DBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02005NCA6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13607PHS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119BS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413BB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75513ECH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIFTH THIRD FINANCL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200340AW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMAN SACHS GROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141GXA7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75513ECW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHARLES SCHWAB CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06418GAP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06406RBM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808513CE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89115A3G5</x:t>
   </x:si>
   <x:si>
     <x:t>TAKE TWO INTERACTIVE SOF</x:t>
   </x:si>
   <x:si>
-    <x:t>874054AG4</x:t>
-[...122 lines deleted...]
-    <x:t>808513CE3</x:t>
+    <x:t>874054AK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTERSTATE POWER + LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461070AX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38141GWL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPLX LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55336VAT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITIGROUP INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172967LP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55336VAN0</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN EXPRESS CO</x:t>
   </x:si>
   <x:si>
     <x:t>025816EH8</x:t>
   </x:si>
   <x:si>
-    <x:t>89115A3G5</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>SOUTH BOW USA INFRA HLDS</x:t>
   </x:si>
   <x:si>
     <x:t>83007CAH5</x:t>
   </x:si>
   <x:si>
     <x:t>PHILLIPS 66</x:t>
   </x:si>
   <x:si>
     <x:t>718547AP7</x:t>
   </x:si>
   <x:si>
     <x:t>482480AP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1055,51 +1046,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G135"/>
+  <x:dimension ref="A1:G132"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.790625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -1112,2700 +1103,2637 @@
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>303000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>253200.9</x:v>
+        <x:v>248667.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>255000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>250256.1</x:v>
+        <x:v>247515.4</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>263000</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>249731.2</x:v>
+        <x:v>246438.3</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>244000</x:v>
+        <x:v>247000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>249657.7</x:v>
+        <x:v>246050</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>247000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>248864.7</x:v>
+        <x:v>245614.6</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>297000</x:v>
+        <x:v>244000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>248390.6</x:v>
+        <x:v>245431.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s"/>
       <x:c r="B12" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>236000</x:v>
+        <x:v>303000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>248301.8</x:v>
+        <x:v>245290</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>255000</x:v>
+        <x:v>270000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>248028</x:v>
+        <x:v>245067.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>247000</x:v>
+        <x:v>237000</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>247522.7</x:v>
+        <x:v>244916.1</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s"/>
       <x:c r="B15" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>291000</x:v>
+        <x:v>259000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>247104</x:v>
+        <x:v>243092.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>246958</x:v>
+        <x:v>243030</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="C17" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>245000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>246850</x:v>
+        <x:v>242996.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C18" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>260000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>246437.9</x:v>
+        <x:v>242244.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="C19" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>237000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>246400.7</x:v>
+        <x:v>242193.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C20" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>245976</x:v>
+        <x:v>242174.6</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s"/>
       <x:c r="B21" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C21" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>260000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>245881.9</x:v>
+        <x:v>242075</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="C22" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>216000</x:v>
+        <x:v>249000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>245834.3</x:v>
+        <x:v>241854.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>344000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>244681.8</x:v>
+        <x:v>241036.5</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s"/>
       <x:c r="B24" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="C24" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>266000</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>244325.9</x:v>
+        <x:v>240948.3</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s"/>
       <x:c r="B25" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C25" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>244118.9</x:v>
+        <x:v>240825.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s"/>
       <x:c r="B26" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C26" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>260000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>244101.9</x:v>
+        <x:v>240642.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s"/>
       <x:c r="B27" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C27" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>260000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>243711.4</x:v>
+        <x:v>240632.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s"/>
       <x:c r="B28" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C28" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>259000</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>243573.7</x:v>
+        <x:v>240487.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s"/>
       <x:c r="B29" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>231000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>243321.8</x:v>
+        <x:v>240367.4</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s"/>
       <x:c r="B30" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C30" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>250000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>242983.1</x:v>
+        <x:v>240103.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s"/>
       <x:c r="B31" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>231000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>242943.3</x:v>
+        <x:v>239900.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s"/>
       <x:c r="B32" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C32" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>249000</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>242735.1</x:v>
+        <x:v>239854.9</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s"/>
       <x:c r="B33" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>230000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>242497.3</x:v>
+        <x:v>239776.1</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s"/>
       <x:c r="B34" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C34" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>240000</x:v>
+        <x:v>266000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>242432.5</x:v>
+        <x:v>239502.6</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s"/>
       <x:c r="B35" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>297000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>241983.9</x:v>
+        <x:v>239447.3</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s"/>
       <x:c r="B36" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>236000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>241957.3</x:v>
+        <x:v>239427.9</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s"/>
       <x:c r="B37" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>241468.3</x:v>
+        <x:v>239249.2</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s"/>
       <x:c r="B38" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C38" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>254000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>241345.9</x:v>
+        <x:v>239231.7</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>254000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>241312.6</x:v>
+        <x:v>239131.5</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>225000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>241248</x:v>
+        <x:v>239098.9</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>229000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>240840.7</x:v>
+        <x:v>238813.9</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>416000</x:v>
+        <x:v>291000</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>240308.4</x:v>
+        <x:v>238596.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>230000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>240298</x:v>
+        <x:v>238453</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s"/>
       <x:c r="B44" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>314000</x:v>
+        <x:v>259000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>240146.8</x:v>
+        <x:v>238292.7</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s"/>
       <x:c r="B45" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>239000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>239924.7</x:v>
+        <x:v>237453.8</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s"/>
       <x:c r="B46" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>221000</x:v>
+        <x:v>270000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>239297.8</x:v>
+        <x:v>236960.3</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s"/>
       <x:c r="B47" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>240000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>238940</x:v>
+        <x:v>236779.3</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s"/>
       <x:c r="B48" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>259000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>238858.6</x:v>
+        <x:v>236178.8</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s"/>
       <x:c r="B49" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>314000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>238707.5</x:v>
+        <x:v>235858.4</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s"/>
       <x:c r="B50" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>263000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>238596</x:v>
+        <x:v>235841.8</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s"/>
       <x:c r="B51" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>247000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>238501.5</x:v>
+        <x:v>235816.2</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s"/>
       <x:c r="B52" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>237870.8</x:v>
+        <x:v>235719.5</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s"/>
       <x:c r="B53" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>228000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>237716.2</x:v>
+        <x:v>235658.4</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s"/>
       <x:c r="B54" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>230000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>236867</x:v>
+        <x:v>235282</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s"/>
       <x:c r="B55" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>239000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>235569.2</x:v>
+        <x:v>235066.6</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s"/>
       <x:c r="B56" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>245000</x:v>
+        <x:v>235000</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>231010.3</x:v>
+        <x:v>234865.8</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s"/>
       <x:c r="B57" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>215000</x:v>
+        <x:v>416000</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>229419</x:v>
+        <x:v>234406.5</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s"/>
       <x:c r="B58" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>235000</x:v>
+        <x:v>247000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>227850.1</x:v>
+        <x:v>234338.7</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s"/>
       <x:c r="B59" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>221000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>227479.5</x:v>
+        <x:v>233483.4</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s"/>
       <x:c r="B60" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>212000</x:v>
+        <x:v>245000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>227440.7</x:v>
+        <x:v>230228.5</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s"/>
       <x:c r="B61" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>215000</x:v>
+        <x:v>263000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>226952.1</x:v>
+        <x:v>227415.3</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s"/>
       <x:c r="B62" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>226601.8</x:v>
+        <x:v>226742.1</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s"/>
       <x:c r="B63" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>241000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>226251.6</x:v>
+        <x:v>225768.6</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s"/>
       <x:c r="B64" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>225440.9</x:v>
+        <x:v>225438.9</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s"/>
       <x:c r="B65" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>215000</x:v>
+        <x:v>241000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>225382.6</x:v>
+        <x:v>225125.6</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s"/>
       <x:c r="B66" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>217000</x:v>
+        <x:v>212000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>225125.8</x:v>
+        <x:v>224473.2</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s"/>
       <x:c r="B67" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>222000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>224743.1</x:v>
+        <x:v>224336</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s"/>
       <x:c r="B68" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>215000</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>224711</x:v>
+        <x:v>224077.1</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s"/>
       <x:c r="B69" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>227000</x:v>
+        <x:v>222000</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>224648.1</x:v>
+        <x:v>223775.8</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s"/>
       <x:c r="B70" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
         <x:v>221000</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>224641.4</x:v>
+        <x:v>223761.5</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s"/>
       <x:c r="B71" s="3" t="s">
-        <x:v>14</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>219000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>223350.3</x:v>
+        <x:v>223594.2</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s"/>
       <x:c r="B72" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>225000</x:v>
+        <x:v>227000</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>223236.6</x:v>
+        <x:v>223240.3</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s"/>
       <x:c r="B73" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>215000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>223106.4</x:v>
+        <x:v>221575.2</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s"/>
       <x:c r="B74" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C74" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C74" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>196000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>222685.2</x:v>
+        <x:v>220186.9</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s"/>
       <x:c r="B75" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>221000</x:v>
+        <x:v>217000</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>222557.1</x:v>
+        <x:v>220130.7</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s"/>
       <x:c r="B76" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>215000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>222217.5</x:v>
+        <x:v>219513.6</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s"/>
       <x:c r="B77" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>216000</x:v>
+        <x:v>196000</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>221471.3</x:v>
+        <x:v>218669.4</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s"/>
       <x:c r="B78" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
         <x:v>215000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>219374.9</x:v>
+        <x:v>218159.7</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s"/>
       <x:c r="B79" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>218805.3</x:v>
+        <x:v>218021.1</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s"/>
       <x:c r="B80" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>211000</x:v>
+        <x:v>198000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>217920.8</x:v>
+        <x:v>216209.2</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s"/>
       <x:c r="B81" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>202000</x:v>
+        <x:v>211000</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>215434.7</x:v>
+        <x:v>215988.4</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s"/>
       <x:c r="B82" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>210000</x:v>
+        <x:v>202000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>214972.7</x:v>
+        <x:v>213214.3</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s"/>
       <x:c r="B83" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>191000</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>211997.2</x:v>
+        <x:v>212028</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s"/>
       <x:c r="B84" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>344000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>210999.7</x:v>
+        <x:v>209398.9</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s"/>
       <x:c r="B85" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>205652.9</x:v>
+        <x:v>208815.5</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s"/>
       <x:c r="B86" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
         <x:v>198000</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>204552.8</x:v>
+        <x:v>203922</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s"/>
       <x:c r="B87" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>197000</x:v>
+        <x:v>198000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>204440.2</x:v>
+        <x:v>203849.5</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s"/>
       <x:c r="B88" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>257000</x:v>
+        <x:v>197000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>201349.4</x:v>
+        <x:v>201904.4</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s"/>
       <x:c r="B89" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>257000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>200625.5</x:v>
+        <x:v>198664.3</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s"/>
       <x:c r="B90" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>211000</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>188447.9</x:v>
+        <x:v>192698</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s"/>
       <x:c r="B91" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>212000</x:v>
+        <x:v>211000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>187647.5</x:v>
+        <x:v>184749.7</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s"/>
       <x:c r="B92" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>187000</x:v>
+        <x:v>212000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>186465.8</x:v>
+        <x:v>184091.2</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s"/>
       <x:c r="B93" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>187000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>182939.3</x:v>
+        <x:v>181312.9</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s"/>
       <x:c r="B94" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
         <x:v>179000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>182498</x:v>
+        <x:v>180667.1</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s"/>
       <x:c r="B95" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>161000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>180764.6</x:v>
+        <x:v>169530.8</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s"/>
       <x:c r="B96" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C96" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C96" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>175014.2</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>175014.2</x:v>
+        <x:v>166884</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s"/>
       <x:c r="B97" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>159000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>170207.9</x:v>
+        <x:v>166701</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s"/>
       <x:c r="B98" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>164000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>167718.8</x:v>
+        <x:v>165294.8</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s"/>
       <x:c r="B99" s="3" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C99" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>161000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>167589.4</x:v>
+        <x:v>164707.2</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s"/>
       <x:c r="B100" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C100" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>166375.9</x:v>
+        <x:v>163782.6</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>166273.1</x:v>
+        <x:v>163067</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>164000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>165839.6</x:v>
+        <x:v>162346.9</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>159000</x:v>
+        <x:v>192000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>162976.3</x:v>
+        <x:v>158724.2</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>192000</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>162025.7</x:v>
+        <x:v>158446.5</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>159000</x:v>
+        <x:v>137331.1</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>160586.5</x:v>
+        <x:v>137331.1</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
         <x:v>135000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>137192.5</x:v>
+        <x:v>136434.1</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>102800.1</x:v>
+        <x:v>126825.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
         <x:v>97000</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>98131.8</x:v>
+        <x:v>102424.3</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
         <x:v>97000</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>96718.8</x:v>
+        <x:v>96615.9</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s"/>
       <x:c r="B110" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>105000</x:v>
+        <x:v>87000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>94246.6</x:v>
+        <x:v>90645.6</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s"/>
       <x:c r="B111" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>87000</x:v>
+        <x:v>97000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>91130.8</x:v>
+        <x:v>88697.9</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C112" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C112" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>97000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>90332.4</x:v>
+        <x:v>72265.4</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s"/>
       <x:c r="B113" s="3" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>108000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>85013.6</x:v>
+        <x:v>71395.1</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s"/>
       <x:c r="B114" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>72645.5</x:v>
+        <x:v>71019.3</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s"/>
       <x:c r="B115" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>71941.4</x:v>
+        <x:v>70765.5</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s"/>
       <x:c r="B116" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>71372.7</x:v>
+        <x:v>70280.3</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s"/>
       <x:c r="B117" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>71335.3</x:v>
+        <x:v>68670.7</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s"/>
       <x:c r="B118" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>70697.8</x:v>
+        <x:v>66926.4</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s"/>
       <x:c r="B119" s="3" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C119" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>64000</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>69729.5</x:v>
+        <x:v>66472.9</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s"/>
       <x:c r="B120" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>69169.7</x:v>
+        <x:v>65576.6</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s"/>
       <x:c r="B121" s="3" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C121" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>76000</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>68386.1</x:v>
+        <x:v>61006.5</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s"/>
       <x:c r="B122" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>57000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>68233.3</x:v>
+        <x:v>56580.7</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s"/>
       <x:c r="B123" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>67273.1</x:v>
+        <x:v>54618.5</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s"/>
       <x:c r="B124" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>64000</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>67093.1</x:v>
+        <x:v>42923.9</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s"/>
       <x:c r="B125" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>31000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>65760.8</x:v>
+        <x:v>29794.3</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s"/>
       <x:c r="B126" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>31000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>61930.1</x:v>
+        <x:v>27143.7</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s"/>
       <x:c r="B127" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>57000</x:v>
+        <x:v>25000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>56763.6</x:v>
+        <x:v>25106.9</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s"/>
       <x:c r="B128" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>66000</x:v>
+        <x:v>14785.9</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>55631.4</x:v>
+        <x:v>14785.9</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
-        <x:v>11</x:v>
-[...7 lines deleted...]
-      <x:c r="C129" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D129" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
-      <x:c r="A130" s="3" t="s"/>
-      <x:c r="B130" s="3" t="s">
+      <x:c r="A130" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C130" s="3" t="s">
+    </x:row>
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D130" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="C131" s="3" t="s">
+    </x:row>
+    <x:row r="132" spans="1:7">
+      <x:c r="A132" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>