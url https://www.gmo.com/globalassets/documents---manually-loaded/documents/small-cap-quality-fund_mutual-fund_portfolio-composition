--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ff8025d0c84e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da93c86b99ad49da83972ff5f7dea050.psmdcp" Id="R7afb0855556a424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c5f124fe96481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b23c71a7d86e46f687db4dae64806ab8.psmdcp" Id="R246cabba42914d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
@@ -1238,51 +1238,51 @@
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">