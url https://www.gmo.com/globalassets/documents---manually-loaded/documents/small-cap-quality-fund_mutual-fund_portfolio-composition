--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c5f124fe96481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b23c71a7d86e46f687db4dae64806ab8.psmdcp" Id="R246cabba42914d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791367dc464e4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8449a9eb95f44eb95d5475744b10c12.psmdcp" Id="R3fb631e33a23443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2022 to 09/30/2025</x:t>
+    <x:t>From 09/30/2022 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,156 +236,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.0 To 19.0)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Fabrinet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PriceSmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balchem Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Allegion plc</x:t>
   </x:si>
   <x:si>
-    <x:t>Fabrinet</x:t>
-[...8 lines deleted...]
-    <x:t>AAON Inc</x:t>
+    <x:t>Aramark</x:t>
   </x:si>
   <x:si>
     <x:t>Woodward Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Balchem Corp</x:t>
-[...8 lines deleted...]
-    <x:t>Marzetti Company/The</x:t>
+    <x:t>RBC Bearings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
-[...2 lines deleted...]
-    <x:t>17.0x</x:t>
+    <x:t>22.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.1%</x:t>
+    <x:t>17.2%</x:t>
   </x:si>
   <x:si>
     <x:t>12.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Sales/Share - Hist 5 Yr Wtd Mdn Growth Rate</x:t>
   </x:si>
   <x:si>
-    <x:t>9.7%</x:t>
-[...2 lines deleted...]
-    <x:t>7.7%</x:t>
+    <x:t>9.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>3.3 USD</x:t>
+    <x:t>6.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>-0.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -767,98 +770,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>6.03</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.77</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -918,153 +921,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>28.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1088,405 +1091,416 @@
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C12"/>
+  <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>60.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>60.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>84.6</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>13.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>39.6</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>84.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:3">
-      <x:c r="A12" s="1" t="s">
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.200625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.350625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>