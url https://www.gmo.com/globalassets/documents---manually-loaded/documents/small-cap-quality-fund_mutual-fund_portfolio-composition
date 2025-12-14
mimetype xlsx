--- v2 (2025-11-23)
+++ v3 (2025-12-14)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791367dc464e4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8449a9eb95f44eb95d5475744b10c12.psmdcp" Id="R3fb631e33a23443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c213bd556c469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5c021ec40254fad833ac571a0a01d5d.psmdcp" Id="R8e7022d7c08c4bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2022 to 10/31/2025</x:t>
+    <x:t>From 09/30/2022 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,156 +236,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium (19.1 To 48.6)</x:t>
-[...5 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Fabrinet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>New York Times Co/The</x:t>
   </x:si>
   <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PriceSmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balchem Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>AAON Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>PriceSmart Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Balchem Corp</x:t>
+    <x:t>Aramark</x:t>
   </x:si>
   <x:si>
     <x:t>Allegion plc</x:t>
   </x:si>
   <x:si>
-    <x:t>Aramark</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>RBC Bearings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Cirrus Logic Inc</x:t>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.0x</x:t>
-[...2 lines deleted...]
-    <x:t>17.8x</x:t>
+    <x:t>23.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.2%</x:t>
+    <x:t>16.5%</x:t>
   </x:si>
   <x:si>
     <x:t>12.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Sales/Share - Hist 5 Yr Wtd Mdn Growth Rate</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8%</x:t>
-[...2 lines deleted...]
-    <x:t>7.8%</x:t>
+    <x:t>9.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>3.1 USD</x:t>
+    <x:t>6.6 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.1x</x:t>
+    <x:t>0.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -770,98 +767,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>5.65</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.77</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>17.73</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -921,164 +918,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1091,416 +1088,405 @@
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C13"/>
+  <x:dimension ref="A1:C12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>60.4</x:v>
+        <x:v>41.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.4</x:v>
-[...10 lines deleted...]
-        <x:v>84.8</x:v>
+        <x:v>83.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="3" t="s">
-[...4 lines deleted...]
-      <x:c r="A13" s="1" t="s">
+      <x:c r="A12" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="22.200625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.640625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.350625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="C6" s="3" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
+      <x:c r="C7" s="3" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
+      <x:c r="C11" s="3" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>