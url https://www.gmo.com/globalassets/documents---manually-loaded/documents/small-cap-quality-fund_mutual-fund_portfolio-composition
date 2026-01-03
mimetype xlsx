--- v3 (2025-12-14)
+++ v4 (2026-01-03)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c213bd556c469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5c021ec40254fad833ac571a0a01d5d.psmdcp" Id="R8e7022d7c08c4bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe74a7503d84b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a525adaa6401440db0de07d5dbc51a66.psmdcp" Id="R85f99c5351a34158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>