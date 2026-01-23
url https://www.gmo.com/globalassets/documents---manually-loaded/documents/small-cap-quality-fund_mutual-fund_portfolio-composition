--- v4 (2026-01-03)
+++ v5 (2026-01-23)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe74a7503d84b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a525adaa6401440db0de07d5dbc51a66.psmdcp" Id="R85f99c5351a34158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f5eb8dfae74b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cf56ad1f1af4ab4bf1a2105c6fb52fa.psmdcp" Id="Rb6f2085b289d4b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2022 to 11/30/2025</x:t>
+    <x:t>From 09/30/2022 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,156 +236,156 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.0 To 19.4)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Globus Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PriceSmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>New York Times Co/The</x:t>
   </x:si>
   <x:si>
-    <x:t>Globus Medical Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Balchem Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Jack Henry &amp; Associates Inc</x:t>
-[...2 lines deleted...]
-    <x:t>AAON Inc</x:t>
+    <x:t>RBC Bearings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Aramark</x:t>
   </x:si>
   <x:si>
+    <x:t>FTI Consulting Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Allegion plc</x:t>
   </x:si>
   <x:si>
-    <x:t>RBC Bearings Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+    <x:t>Marzetti Company/The</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.1x</x:t>
-[...2 lines deleted...]
-    <x:t>17.4x</x:t>
+    <x:t>21.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.5%</x:t>
-[...2 lines deleted...]
-    <x:t>12.0%</x:t>
+    <x:t>16.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Sales/Share - Hist 5 Yr Wtd Mdn Growth Rate</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5%</x:t>
-[...2 lines deleted...]
-    <x:t>8.1%</x:t>
+    <x:t>9.6%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>3.3 USD</x:t>
+    <x:t>6.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.0x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
+    <x:t>1.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -767,98 +767,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.77</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>17.52</x:v>
+        <x:v>17.35</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -918,153 +918,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1125,241 +1125,241 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>58.8</x:v>
+        <x:v>47.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>41.2</x:v>
+        <x:v>52.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>87.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.640625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="25.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1428,54 +1428,54 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">