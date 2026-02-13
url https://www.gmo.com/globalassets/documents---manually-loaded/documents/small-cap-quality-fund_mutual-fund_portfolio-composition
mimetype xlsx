--- v5 (2026-01-23)
+++ v6 (2026-02-13)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f5eb8dfae74b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cf56ad1f1af4ab4bf1a2105c6fb52fa.psmdcp" Id="Rb6f2085b289d4b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed3476721aa41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cfa23e387da4644b4e85489336a0224.psmdcp" Id="R65f43b4fed67426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2022 to 12/31/2025</x:t>
+    <x:t>From 09/30/2022 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,144 +236,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.1 To 19.8)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>PriceSmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Times Co/The</x:t>
+  </x:si>
+  <x:si>
     <x:t>Globus Medical Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>PriceSmart Inc</x:t>
+    <x:t>Balchem Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>New York Times Co/The</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aramark</x:t>
   </x:si>
   <x:si>
+    <x:t>Ollie's Bargain Outlet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion plc</x:t>
+  </x:si>
+  <x:si>
     <x:t>FTI Consulting Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Allegion plc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.7x</x:t>
-[...2 lines deleted...]
-    <x:t>16.5x</x:t>
+    <x:t>24.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.6%</x:t>
-[...2 lines deleted...]
-    <x:t>11.8%</x:t>
+    <x:t>16.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Sales/Share - Hist 5 Yr Wtd Mdn Growth Rate</x:t>
   </x:si>
   <x:si>
-    <x:t>9.6%</x:t>
-[...2 lines deleted...]
-    <x:t>8.2%</x:t>
+    <x:t>9.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>3.2 USD</x:t>
+    <x:t>6.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -767,98 +767,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>5.31</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>17.35</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.14</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -918,164 +918,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>27.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1125,241 +1125,241 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>47.7</x:v>
+        <x:v>49.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>52.3</x:v>
+        <x:v>50.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>87.5</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="25.210625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="30.640625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1428,54 +1428,54 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>584</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">