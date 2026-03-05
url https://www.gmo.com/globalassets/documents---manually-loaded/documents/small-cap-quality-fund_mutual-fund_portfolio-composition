--- v6 (2026-02-13)
+++ v7 (2026-03-05)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed3476721aa41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cfa23e387da4644b4e85489336a0224.psmdcp" Id="R65f43b4fed67426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44a3527986f41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32f74777f95245d4a53033c15b4aab6c.psmdcp" Id="R1b5c588f33ae4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>