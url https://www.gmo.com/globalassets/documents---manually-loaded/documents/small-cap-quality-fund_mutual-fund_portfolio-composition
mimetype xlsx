--- v7 (2026-03-05)
+++ v8 (2026-03-25)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44a3527986f41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32f74777f95245d4a53033c15b4aab6c.psmdcp" Id="R1b5c588f33ae4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bda919cd46b4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6569bcd5b7fb443ba49f8b42847b1f7e.psmdcp" Id="R2e709bc4c5764b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Market Cap Ranges" sheetId="4" r:id="rId4"/>
     <x:sheet name="Top Equity Holdings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Characteristics" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Risk Profile - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2022 to 01/31/2026</x:t>
+    <x:t>From 09/30/2022 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
@@ -236,156 +236,159 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Small - Medium (6.4 To 20.4)</x:t>
-[...2 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>PriceSmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>New York Times Co/The</x:t>
   </x:si>
   <x:si>
+    <x:t>Balchem Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Globus Medical Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Balchem Corp</x:t>
+    <x:t>Aramark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAON Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBC Bearings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AptarGroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Aramark</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Small Cap Quality Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.2x</x:t>
-[...2 lines deleted...]
-    <x:t>17.6x</x:t>
+    <x:t>23.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.8%</x:t>
-[...2 lines deleted...]
-    <x:t>11.6%</x:t>
+    <x:t>16.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.9%</x:t>
   </x:si>
   <x:si>
     <x:t>Sales/Share - Hist 5 Yr Wtd Mdn Growth Rate</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8%</x:t>
-[...2 lines deleted...]
-    <x:t>8.1%</x:t>
+    <x:t>10.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>6.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>3.4 USD</x:t>
+    <x:t>7.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.0x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
+    <x:t>1.7x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -767,98 +770,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>6.03</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.78</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>17.41</x:v>
+        <x:v>17.21</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>20.03</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -918,153 +921,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>29.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
@@ -1088,405 +1091,416 @@
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C12"/>
+  <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>49.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>50.3</x:v>
+        <x:v>50.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>87</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>13.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>47.6</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>86.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:3">
-      <x:c r="A12" s="1" t="s">
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="30.640625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="25.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.350625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.080625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>