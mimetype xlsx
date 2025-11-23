--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed918fba7854e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48d3d145ec5246228dddff4b0d4bd118.psmdcp" Id="Rdad5a6cbae5e415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf731529df3774405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a9aaa8a0fe4467f87cd1b2b74cadaf2.psmdcp" Id="Rc42b7f7922ac4c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/15/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -161,50 +164,53 @@
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -335,78 +341,84 @@
   <x:si>
     <x:t>04/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -751,7845 +763,7985 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G87"/>
+  <x:dimension ref="A1:G89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.93</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>-6.93</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.32</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.32</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>12.18</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A60" s="2" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>32.58</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>33.59</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>9.26</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>10.09</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>32.58</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>33.59</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...6 lines deleted...]
-        <x:v>55</x:v>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
-      <x:c r="A66" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C66" s="3" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D66" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E66" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F66" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G66" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A67" s="1" t="s">
+      <x:c r="F68" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B67" s="2" t="s">
+      <x:c r="G68" s="3" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-5.88</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B73" s="5" t="n">
+      <x:c r="A73" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B75" s="5" t="n">
         <x:v>0.94</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B74" s="5" t="n">
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B76" s="5" t="n">
         <x:v>0.86</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
+      <x:c r="A79" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
+      <x:c r="A87" s="2" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>14.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.4</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-5.14</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.92</x:v>
+        <x:v>15.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>-9.13</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>5.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>17.04</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-5.88</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-6.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-6.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.52</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-1.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-5.16</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-6.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-2.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-5.86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-6.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-6.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-5.14</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.78</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.86</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>8.24</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>8.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.46</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>14.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-6.22</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-6.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.46</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>14.46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-6.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-5.84</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-5.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>8.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-6.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-9.14</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-9.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9.92</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-2.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-5.76</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17.04</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.81</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-6.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-6.59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-9.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>4.23</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-1.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-5.14</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-8.77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>4.99</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.76</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>17.04</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G86"/>
+  <x:dimension ref="A1:G88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.65</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.65</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-6.16</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-9.82</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-9.82</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:7">
-      <x:c r="A59" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:7">
-      <x:c r="A60" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A60" s="2" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>32.66</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>9.22</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>10.04</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>32.66</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...6 lines deleted...]
-        <x:v>55</x:v>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
-      <x:c r="A66" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C66" s="3" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D66" s="3" t="s">
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E66" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F66" s="3" t="s">
+      <x:c r="D68" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G66" s="3" t="s">
+      <x:c r="E68" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B67" s="2" t="s">
+      <x:c r="F68" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G68" s="3" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-5.86</x:v>
+      </x:c>
+      <x:c r="D69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F69" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B73" s="5" t="n">
+      <x:c r="A73" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B75" s="5" t="n">
         <x:v>0.84</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B74" s="5" t="n">
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B76" s="5" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
-        <x:v>73</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A79" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G44"/>
+  <x:dimension ref="A1:G46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>-1.67</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="n">
+      <x:c r="C13" s="4" t="n">
         <x:v>-1.61</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="n">
+      <x:c r="D13" s="4" t="n">
         <x:v>-4.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="15" spans="1:7">
-      <x:c r="A15" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A15" s="2" t="s"/>
+      <x:c r="B15" s="3" t="s"/>
+      <x:c r="C15" s="3" t="s"/>
+      <x:c r="D15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>-1.12</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.06</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="n">
+      <x:c r="C18" s="4" t="n">
         <x:v>5.97</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="n">
+      <x:c r="D18" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s"/>
+      <x:c r="B20" s="3" t="s"/>
+      <x:c r="C20" s="3" t="s"/>
+      <x:c r="D20" s="3" t="s"/>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      <x:c r="A22" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>7.03</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>7.47</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>13.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
-      <x:c r="A24" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C24" s="3" t="s">
+      <x:c r="A24" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D24" s="3" t="s">
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E24" s="3" t="s">
+      <x:c r="C26" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F24" s="3" t="s">
+      <x:c r="D26" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G24" s="3" t="s">
+      <x:c r="E26" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>8.24</x:v>
+      <x:c r="F26" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
-[...4 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B27" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G27" s="4" t="n">
+        <x:v>8.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
     <x:row r="31" spans="1:7">
-      <x:c r="A31" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B31" s="5" t="n">
+      <x:c r="A31" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B33" s="5" t="n">
         <x:v>0.91</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B32" s="5" t="n">
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B34" s="5" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+      <x:c r="A36" s="1" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
-      <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A37" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="1" t="s">
+      <x:c r="A39" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="1" t="s">
+      <x:c r="A40" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
+      <x:c r="A42" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
+      <x:c r="A43" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="1" t="s">
+      <x:c r="A44" s="2" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G44"/>
+  <x:dimension ref="A1:G46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="n">
+      <x:c r="C13" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="n">
+      <x:c r="D13" s="4" t="n">
         <x:v>-0.63</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="15" spans="1:7">
-      <x:c r="A15" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A15" s="2" t="s"/>
+      <x:c r="B15" s="3" t="s"/>
+      <x:c r="C15" s="3" t="s"/>
+      <x:c r="D15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-1.01</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>-0.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="n">
+      <x:c r="C18" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="n">
+      <x:c r="D18" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s"/>
+      <x:c r="B20" s="3" t="s"/>
+      <x:c r="C20" s="3" t="s"/>
+      <x:c r="D20" s="3" t="s"/>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      <x:c r="A22" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>8.81</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>17.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
-      <x:c r="A24" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C24" s="3" t="s">
+      <x:c r="A24" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D24" s="3" t="s">
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E24" s="3" t="s">
+      <x:c r="C26" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F24" s="3" t="s">
+      <x:c r="D26" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G24" s="3" t="s">
+      <x:c r="E26" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>9.57</x:v>
+      <x:c r="F26" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
-[...4 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B27" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G27" s="4" t="n">
+        <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
     <x:row r="31" spans="1:7">
-      <x:c r="A31" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B31" s="5" t="n">
+      <x:c r="A31" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B33" s="5" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B32" s="5" t="n">
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B34" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+      <x:c r="A36" s="1" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
-      <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+      <x:c r="A37" s="1" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="1" t="s">
+      <x:c r="A39" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="1" t="s">
+      <x:c r="A40" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
+      <x:c r="A42" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
+      <x:c r="A43" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="1" t="s">
+      <x:c r="A44" s="2" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G90"/>
+  <x:dimension ref="A1:G92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.64</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.44</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>11.03</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>12.05</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>13.25</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>12.05</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>12.23</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>13.07</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>13.25</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A63" s="2" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>32.79</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>9.36</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>10.08</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>32.79</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B64" s="4" t="n">
+      <x:c r="B66" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:7">
-[...6 lines deleted...]
-        <x:v>55</x:v>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
-      <x:c r="A69" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C69" s="3" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D69" s="3" t="s">
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s"/>
+      <x:c r="B71" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E69" s="3" t="s">
+      <x:c r="C71" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F69" s="3" t="s">
+      <x:c r="D71" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G69" s="3" t="s">
+      <x:c r="E71" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>15.17</x:v>
+      <x:c r="F71" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G71" s="3" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="1" t="s">
-        <x:v>65</x:v>
-[...4 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B72" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-5.76</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>17.04</x:v>
+      </x:c>
+      <x:c r="E72" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F72" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G72" s="4" t="n">
+        <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B76" s="5" t="n">
+      <x:c r="A76" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B78" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="B77" s="5" t="n">
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B79" s="5" t="n">
         <x:v>0.67</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
+      <x:c r="A88" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
+      <x:c r="A89" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
-      <x:c r="A90" s="1" t="s">
+      <x:c r="A90" s="2" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-5.88</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>9.74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.83</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-6.84</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.52</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-3.61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.88</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-5.86</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-6.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-5.14</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.32</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-6.18</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-8.78</x:v>
+        <x:v>-9.13</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-5.86</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>7.03</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>13.46</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>13.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>-6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>7.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>13.46</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>13.46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>8.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.14</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.14</x:v>
+        <x:v>-9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-8.87</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-8.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="5" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="5" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>