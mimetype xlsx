--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -4,102 +4,108 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf731529df3774405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a9aaa8a0fe4467f87cd1b2b74cadaf2.psmdcp" Id="Rc42b7f7922ac4c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9eb4f371d954513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9edad78b284481381eb8bb7313da6e1.psmdcp" Id="Rb67c4cb40d094482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/15/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -164,261 +170,282 @@
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-I</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Net Expense Ratio</x:t>
   </x:si>
   <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The S&amp;P SmallCap 600® seeks to measure the small-cap segment of the U.S. equity market. The index is designed to track companies that meet specific inclusion criteria to ensure that they</x:t>
   </x:si>
   <x:si>
     <x:t>are liquid and financially viable. S&amp;P does not guarantee the accuracy, adequacy, completeness or availability of any data or information and is not responsible for any errors or omissions</x:t>
   </x:si>
   <x:si>
     <x:t>from the use of such data or information. Reproduction of the data or information in any form is prohibited except with the prior written permission of S&amp;P or its third party licensors.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class III</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-III</x:t>
   </x:si>
   <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class IV</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-IV</x:t>
   </x:si>
   <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class R6</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-R6</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -440,73 +467,69 @@
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId20" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -763,7985 +786,8125 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G89"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.93</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>-6.93</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>10.93</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>9.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.32</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.32</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>12.18</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A62" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>32.58</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>33.59</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>9.26</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>10.09</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>32.58</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>33.59</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:7">
-[...6 lines deleted...]
-        <x:v>57</x:v>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C68" s="3" t="s">
+      <x:c r="A68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="C70" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="D70" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="E70" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A69" s="1" t="s">
+      <x:c r="F70" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B69" s="2" t="s">
+      <x:c r="G70" s="3" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B71" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>12.57</x:v>
+      </x:c>
+      <x:c r="E71" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F71" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="n">
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B76" s="5" t="n">
-        <x:v>0.86</x:v>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B77" s="2" t="s">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>73</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B78" s="2" t="s">
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
-        <x:v>75</x:v>
+      <x:c r="A81" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
-      <x:c r="A82" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A82" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A84" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
-        <x:v>79</x:v>
+      <x:c r="A85" s="2" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A87" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
-        <x:v>82</x:v>
+      <x:c r="A88" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.33</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.78</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.08</x:v>
+        <x:v>15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.13</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.75</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.67</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-5.88</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.64</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-6.83</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.52</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-7.54</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.16</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-0.77</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>13.43</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.64</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.8</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-6.78</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.88</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.94</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.86</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-5.86</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.64</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.5</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-7.48</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.14</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-0.71</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>11.32</x:v>
+        <x:v>10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.64</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.78</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-6.73</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.86</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.84</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.76</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>9.29</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>-7.12</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>-7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>14.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.62</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-5.84</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.91</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.7</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>20.73</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-9.14</x:v>
+        <x:v>-10.06</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-9.14</x:v>
+        <x:v>-10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>20.73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.96</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.75</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.4</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-5.14</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.92</x:v>
+        <x:v>15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.14</x:v>
+        <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.77</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>17.04</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>15.17</x:v>
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.75</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.67</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G88"/>
+  <x:dimension ref="A1:G90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.65</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-6.65</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>10.93</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>9.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>-6.16</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-9.82</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-9.82</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:7">
-      <x:c r="A61" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:7">
-      <x:c r="A62" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A62" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>32.66</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>9.22</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>10.04</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>32.66</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:7">
-[...6 lines deleted...]
-        <x:v>57</x:v>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C68" s="3" t="s">
+      <x:c r="A68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D68" s="3" t="s">
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E68" s="3" t="s">
+      <x:c r="C70" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F68" s="3" t="s">
+      <x:c r="D70" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G68" s="3" t="s">
+      <x:c r="E70" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B69" s="2" t="s">
+      <x:c r="F70" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G70" s="3" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B71" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>12.6</x:v>
+      </x:c>
+      <x:c r="E71" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F71" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="n">
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
     <x:row r="75" spans="1:7">
-      <x:c r="A75" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A75" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B76" s="5" t="n">
-        <x:v>0.76</x:v>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B77" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>86</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B78" s="2" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
-        <x:v>75</x:v>
+      <x:c r="A80" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A81" s="1" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A83" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="1" t="s">
-        <x:v>79</x:v>
+      <x:c r="A84" s="2" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A86" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
-        <x:v>82</x:v>
+      <x:c r="A87" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G46"/>
+  <x:dimension ref="A1:G48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>-1.67</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="n">
+      <x:c r="C15" s="4" t="n">
         <x:v>-1.61</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="n">
+      <x:c r="D15" s="4" t="n">
         <x:v>-4.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="17" spans="1:7">
-      <x:c r="A17" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A17" s="2" t="s"/>
+      <x:c r="B17" s="3" t="s"/>
+      <x:c r="C17" s="3" t="s"/>
+      <x:c r="D17" s="3" t="s"/>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>1.15</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>5.97</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="3" t="s"/>
+      <x:c r="C22" s="3" t="s"/>
+      <x:c r="D22" s="3" t="s"/>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      <x:c r="A24" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>9.29</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C26" s="3" t="s">
+      <x:c r="A26" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D26" s="3" t="s">
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E26" s="3" t="s">
+      <x:c r="C28" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F26" s="3" t="s">
+      <x:c r="D28" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G26" s="3" t="s">
+      <x:c r="E28" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>8.24</x:v>
+      <x:c r="F28" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
-[...4 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B29" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="n">
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
     <x:row r="33" spans="1:7">
-      <x:c r="A33" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A34" s="2" t="s">
+      <x:c r="A33" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B34" s="5" t="n">
-        <x:v>0.7</x:v>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B35" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>86</x:v>
+      <x:c r="A36" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B36" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+      <x:c r="A38" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A39" s="1" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A41" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="1" t="s">
-        <x:v>79</x:v>
+      <x:c r="A42" s="2" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A44" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-        <x:v>82</x:v>
+      <x:c r="A45" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A46" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G46"/>
+  <x:dimension ref="A1:G48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="n">
+      <x:c r="C15" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="n">
+      <x:c r="D15" s="4" t="n">
         <x:v>-0.63</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="17" spans="1:7">
-      <x:c r="A17" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A17" s="2" t="s"/>
+      <x:c r="B17" s="3" t="s"/>
+      <x:c r="C17" s="3" t="s"/>
+      <x:c r="D17" s="3" t="s"/>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="3" t="s"/>
+      <x:c r="C22" s="3" t="s"/>
+      <x:c r="D22" s="3" t="s"/>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      <x:c r="A24" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>10.67</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>11.23</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>20.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C26" s="3" t="s">
+      <x:c r="A26" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D26" s="3" t="s">
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E26" s="3" t="s">
+      <x:c r="C28" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F26" s="3" t="s">
+      <x:c r="D28" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G26" s="3" t="s">
+      <x:c r="E28" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>9.57</x:v>
+      <x:c r="F28" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
-[...4 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B29" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="n">
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
     <x:row r="33" spans="1:7">
-      <x:c r="A33" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A34" s="2" t="s">
+      <x:c r="A33" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B34" s="5" t="n">
-        <x:v>0.75</x:v>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B35" s="2" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>86</x:v>
+      <x:c r="A36" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B36" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
-        <x:v>75</x:v>
+      <x:c r="A38" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A39" s="1" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A41" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="1" t="s">
-        <x:v>79</x:v>
+      <x:c r="A42" s="2" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A44" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="2" t="s">
-        <x:v>82</x:v>
+      <x:c r="A45" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A46" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G92"/>
+  <x:dimension ref="A1:G94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>-6.64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>-6.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>8.57</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>8.63</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>11.03</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>12.05</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>13.25</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>12.05</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>12.23</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>13.07</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>13.25</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A65" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>32.79</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>9.36</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>10.08</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>32.79</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B66" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:7">
-[...6 lines deleted...]
-        <x:v>57</x:v>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
-      <x:c r="A71" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="C71" s="3" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D71" s="3" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E71" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F71" s="3" t="s">
+      <x:c r="D73" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G71" s="3" t="s">
+      <x:c r="E73" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-        <x:v>15.17</x:v>
+      <x:c r="F73" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G73" s="3" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
-        <x:v>67</x:v>
-[...4 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B74" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-1.38</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>12.71</x:v>
+      </x:c>
+      <x:c r="E74" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F74" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="n">
+        <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
-[...7 lines deleted...]
-      <x:c r="A79" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B79" s="5" t="n">
-        <x:v>0.67</x:v>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B80" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="1" t="s">
-[...5 lines deleted...]
-        <x:v>73</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B81" s="2" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
-        <x:v>75</x:v>
+      <x:c r="A84" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-        <x:v>76</x:v>
+      <x:c r="A85" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
-        <x:v>78</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
-        <x:v>79</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
-      <x:c r="A90" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A90" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="2" t="s">
-        <x:v>82</x:v>
+      <x:c r="A91" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
-      <x:c r="A92" s="1" t="s">
-        <x:v>83</x:v>
+      <x:c r="A92" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="1" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.34</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5.51</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.84</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.85</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-7.54</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.61</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-0.77</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>13.43</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.58</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5.51</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-6.78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.12</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-6.78</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.88</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.94</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.86</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.35</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5.51</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-9.86</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-7.48</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.62</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-0.71</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>5.51</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>6.02</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.18</x:v>
+        <x:v>-6.73</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-9.13</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-6.73</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.86</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.84</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.76</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.29</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>13.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-7.12</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-6.43</x:v>
+        <x:v>-7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>13.46</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>-6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.91</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.7</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>20.73</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>-10.06</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.28</x:v>
+        <x:v>-10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>20.73</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>0.96</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B31" s="2" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>0.75</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>