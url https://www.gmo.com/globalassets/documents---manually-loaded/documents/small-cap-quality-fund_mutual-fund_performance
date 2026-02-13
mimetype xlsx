--- v2 (2026-01-23)
+++ v3 (2026-02-13)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9eb4f371d954513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9edad78b284481381eb8bb7313da6e1.psmdcp" Id="Rb67c4cb40d094482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5b607d3ae14108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c7cb1d3cdb148f880e5c82ec7e2aff4.psmdcp" Id="Re3c8a51e30134c49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/15/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -170,90 +173,93 @@
   <x:si>
     <x:t>06/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -374,78 +380,84 @@
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -786,8125 +798,8335 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.93</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>-6.93</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.32</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.32</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>12.18</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A64" s="2" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>32.58</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>33.59</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>-0.77</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>6.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>9.26</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>10.09</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>32.58</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>33.59</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B65" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D65" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s"/>
-      <x:c r="B70" s="2" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D70" s="3" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E70" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F70" s="3" t="s">
+      <x:c r="D73" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G70" s="3" t="s">
+      <x:c r="E73" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A71" s="1" t="s">
+      <x:c r="F73" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B71" s="2" t="s">
+      <x:c r="G73" s="3" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      <x:c r="A75" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B74" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>12.57</x:v>
+      </x:c>
+      <x:c r="E74" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F74" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="n">
+        <x:v>9.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B77" s="2" t="s">
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B78" s="2" t="s">
+      <x:c r="B80" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="1" t="s">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A81" s="1" t="s">
+      <x:c r="B81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:7">
-      <x:c r="A82" s="1" t="s">
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>12.71</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.27</x:v>
+        <x:v>16.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.4</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-7.4</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.02</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>5.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.43</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.73</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.12</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9.87</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.54</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.06</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.23</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.54</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G90"/>
+  <x:dimension ref="A1:G93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.65</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.65</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>-6.16</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.82</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-9.82</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A64" s="2" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>32.66</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>-0.71</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>6.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>9.22</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>10.04</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>32.66</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B65" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D65" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="70" spans="1:7">
-      <x:c r="A70" s="2" t="s"/>
-      <x:c r="B70" s="2" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D70" s="3" t="s">
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E70" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F70" s="3" t="s">
+      <x:c r="D73" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G70" s="3" t="s">
+      <x:c r="E73" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B71" s="2" t="s">
+      <x:c r="F73" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G73" s="3" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="1" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      <x:c r="A75" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B74" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-1.46</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>12.6</x:v>
+      </x:c>
+      <x:c r="E74" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F74" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="n">
+        <x:v>9.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B77" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B78" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A80" s="1" t="s">
+      <x:c r="B80" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>79</x:v>
+      <x:c r="B81" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
-        <x:v>80</x:v>
+      <x:c r="A83" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:7">
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="1" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G48"/>
+  <x:dimension ref="A1:G51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>-1.67</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>-1.61</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="n">
+      <x:c r="D16" s="4" t="n">
         <x:v>-4.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="18" spans="1:7">
-      <x:c r="A18" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="3" t="s"/>
+      <x:c r="C18" s="3" t="s"/>
+      <x:c r="D18" s="3" t="s"/>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>1.15</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>5.97</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>7.07</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>7.13</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+      <x:c r="A26" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>9.29</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>9.87</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
-      <x:c r="A28" s="2" t="s"/>
-      <x:c r="B28" s="2" t="s">
+      <x:c r="A28" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C28" s="3" t="s">
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D28" s="3" t="s">
+    </x:row>
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s"/>
+      <x:c r="B31" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E28" s="3" t="s">
+      <x:c r="C31" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F28" s="3" t="s">
+      <x:c r="D31" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G28" s="3" t="s">
+      <x:c r="E31" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>69</x:v>
+      <x:c r="F31" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="1" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      <x:c r="A33" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G32" s="4" t="n">
+        <x:v>9.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
-      <x:c r="A35" s="2" t="s">
+      <x:c r="A35" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B35" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="2" t="s">
+      <x:c r="A36" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B36" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A38" s="1" t="s">
+      <x:c r="B38" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>79</x:v>
+      <x:c r="B39" s="2" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+      <x:c r="A41" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
+      <x:c r="A42" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-      <x:c r="A43" s="1" t="s">
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-      <x:c r="A44" s="1" t="s">
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:7">
-      <x:c r="A45" s="1" t="s">
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G48"/>
+  <x:dimension ref="A1:G51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="n">
+      <x:c r="D16" s="4" t="n">
         <x:v>-0.63</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="18" spans="1:7">
-      <x:c r="A18" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="3" t="s"/>
+      <x:c r="C18" s="3" t="s"/>
+      <x:c r="D18" s="3" t="s"/>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:7">
-[...17 lines deleted...]
-      </x:c>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>7.03</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="s">
-        <x:v>59</x:v>
+      <x:c r="A26" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>10.67</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>11.23</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
-      <x:c r="A28" s="2" t="s"/>
-      <x:c r="B28" s="2" t="s">
+      <x:c r="A28" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C28" s="3" t="s">
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D28" s="3" t="s">
+    </x:row>
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s"/>
+      <x:c r="B31" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E28" s="3" t="s">
+      <x:c r="C31" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F28" s="3" t="s">
+      <x:c r="D31" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G28" s="3" t="s">
+      <x:c r="E31" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>69</x:v>
+      <x:c r="F31" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="1" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      <x:c r="A33" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G32" s="4" t="n">
+        <x:v>10.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
-      <x:c r="A35" s="2" t="s">
+      <x:c r="A35" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B35" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
-      <x:c r="A36" s="2" t="s">
+      <x:c r="A36" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B36" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A38" s="1" t="s">
+      <x:c r="B38" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-        <x:v>79</x:v>
+      <x:c r="B39" s="2" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
-      <x:c r="A41" s="2" t="s">
-        <x:v>80</x:v>
+      <x:c r="A41" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="2" t="s">
+      <x:c r="A42" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:7">
-      <x:c r="A43" s="1" t="s">
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-      <x:c r="A44" s="1" t="s">
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:7">
-      <x:c r="A45" s="1" t="s">
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-      <x:c r="A46" s="2" t="s">
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G94"/>
+  <x:dimension ref="A1:G97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.64</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.44</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>11.03</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>12.05</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>13.25</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>12.05</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>12.23</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>13.07</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>13.25</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="66" spans="1:7">
-      <x:c r="A66" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A67" s="2" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>32.79</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>-1.38</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>-0.72</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>6.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>9.36</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>10.08</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>32.79</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B68" s="4" t="n">
+      <x:c r="B71" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:7">
-      <x:c r="A73" s="2" t="s"/>
-      <x:c r="B73" s="2" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D73" s="3" t="s">
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E73" s="3" t="s">
+      <x:c r="C76" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F73" s="3" t="s">
+      <x:c r="D76" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G73" s="3" t="s">
+      <x:c r="E76" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>69</x:v>
+      <x:c r="F76" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G76" s="3" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      <x:c r="A78" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B77" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>-1.38</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>12.71</x:v>
+      </x:c>
+      <x:c r="E77" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F77" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="n">
+        <x:v>14.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B80" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B81" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A83" s="1" t="s">
+      <x:c r="B83" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-    </x:row>
-[...6 lines deleted...]
-      <x:c r="A85" s="1" t="s">
+      <x:c r="B84" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:7">
-      <x:c r="A87" s="2" t="s">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:7">
-      <x:c r="A88" s="2" t="s">
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:7">
-      <x:c r="A89" s="1" t="s">
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:7">
-      <x:c r="A90" s="1" t="s">
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:7">
-      <x:c r="A91" s="1" t="s">
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:7">
-      <x:c r="A92" s="2" t="s">
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="2" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="1" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>9.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>13.43</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>12.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>9.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-6.78</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>9.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>12.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>9.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-6.73</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.29</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.29</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>22.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-7.12</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-7.12</x:v>
+        <x:v>-5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>22.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-6.54</x:v>
+        <x:v>-5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.67</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>10.67</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-10.06</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-10.06</x:v>
+        <x:v>-9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>-8.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>