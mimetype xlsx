--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -4,51 +4,51 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5b607d3ae14108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c7cb1d3cdb148f880e5c82ec7e2aff4.psmdcp" Id="Re3c8a51e30134c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab666d3165d40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19a06c41921d4edd94ab7e82a800c02c.psmdcp" Id="R85d98a58b2fa42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>