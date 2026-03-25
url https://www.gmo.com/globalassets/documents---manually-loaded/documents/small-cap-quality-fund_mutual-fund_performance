--- v4 (2026-03-05)
+++ v5 (2026-03-25)
@@ -4,102 +4,105 @@
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab666d3165d40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19a06c41921d4edd94ab7e82a800c02c.psmdcp" Id="R85d98a58b2fa42ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fad9ea32f34edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4af45fe7fbf04d548c0d1c9eded9ece8.psmdcp" Id="Rd149d1325a6740b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class III_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class IV_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class R6_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class VI_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class I_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="Share Class III_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="Share Class R6_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="Share Class VI_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="Share Class I_Quarter-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="Share Class R6_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="Share Class VI_Quarter-End" sheetId="16" r:id="rId16"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 11/15/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P 600</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -380,72 +383,72 @@
   <x:si>
     <x:t>Performance - Small Cap Quality Fund | Share Class VI</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Small Cap Quality Fund-VI</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2022</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -798,8335 +801,8405 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G94"/>
+  <x:dimension ref="A1:G95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.66</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-6.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.93</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>-6.93</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.32</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-3.32</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
+        <x:v>11.95</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>12.18</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A65" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>9.26</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10.09</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>32.58</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>33.59</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>32.58</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>33.59</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B68" s="4" t="n">
+      <x:c r="B69" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>-6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D73" s="3" t="s">
+      <x:c r="C74" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E73" s="3" t="s">
+      <x:c r="D74" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F73" s="3" t="s">
+      <x:c r="E74" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G73" s="3" t="s">
+      <x:c r="F74" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A74" s="1" t="s">
+      <x:c r="G74" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B74" s="2" t="s">
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="B75" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
-      <x:c r="E74" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G74" s="4" t="n">
+      <x:c r="E75" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F75" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="n">
         <x:v>9.91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B81" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="B81" s="2" t="s">
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A83" s="1" t="s">
+      <x:c r="B82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
-      <x:c r="A92" s="2" t="s">
+      <x:c r="A92" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
-      <x:c r="A94" s="1" t="s">
+      <x:c r="A94" s="2" t="s">
         <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>14.07</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>12.32</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>16.69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.11</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.98</x:v>
+        <x:v>17.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.43</x:v>
+        <x:v>11.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.43</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.78</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.25</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.73</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.12</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9.87</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.54</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-10.06</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>11.23</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>2.54</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>13.45</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.17</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-6.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-6.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>14.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G93"/>
+  <x:dimension ref="A1:G94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.65</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.65</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.45</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
+        <x:v>-6.16</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.82</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.64</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>-9.82</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-9.64</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.53</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>6.53</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:7">
-      <x:c r="A64" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:7">
-      <x:c r="A65" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A65" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>32.66</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>32.66</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B68" s="4" t="n">
+      <x:c r="B69" s="4" t="n">
         <x:v>-5.79</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>-6</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D73" s="3" t="s">
+      <x:c r="C74" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E73" s="3" t="s">
+      <x:c r="D74" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F73" s="3" t="s">
+      <x:c r="E74" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G73" s="3" t="s">
+      <x:c r="F74" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...7 lines deleted...]
-      <x:c r="C74" s="4" t="n">
+      <x:c r="G74" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B75" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
-      <x:c r="E74" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G74" s="4" t="n">
+      <x:c r="E75" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F75" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="n">
         <x:v>9.94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:7">
-      <x:c r="A80" s="2" t="s">
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-[...1 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B82" s="2" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
-      <x:c r="A85" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A85" s="1" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
-      <x:c r="A88" s="1" t="s">
+      <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="2" t="s">
+      <x:c r="A91" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G51"/>
+  <x:dimension ref="A1:G52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
         <x:v>-1.67</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="n">
+      <x:c r="C17" s="4" t="n">
         <x:v>-1.61</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="n">
+      <x:c r="D17" s="4" t="n">
         <x:v>-4.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="19" spans="1:7">
-      <x:c r="A19" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A19" s="2" t="s"/>
+      <x:c r="B19" s="3" t="s"/>
+      <x:c r="C19" s="3" t="s"/>
+      <x:c r="D19" s="3" t="s"/>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>5.79</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>5.97</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:7">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="n">
+      <x:c r="A26" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>9.92</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B26" s="4" t="n">
+      <x:c r="B27" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>9.87</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>16.41</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B31" s="2" t="s">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="s">
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s"/>
+      <x:c r="B32" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D31" s="3" t="s">
+      <x:c r="C32" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E31" s="3" t="s">
+      <x:c r="D32" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F31" s="3" t="s">
+      <x:c r="E32" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G31" s="3" t="s">
+      <x:c r="F32" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...19 lines deleted...]
-      <x:c r="G32" s="4" t="n">
+      <x:c r="G32" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B33" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="n">
         <x:v>9.29</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...1 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B40" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A43" s="1" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A46" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="2" t="s">
+      <x:c r="A49" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
-      <x:c r="A51" s="1" t="s">
+      <x:c r="A51" s="2" t="s">
         <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G51"/>
+  <x:dimension ref="A1:G52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>4.62</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="n">
+      <x:c r="C17" s="4" t="n">
         <x:v>-0.42</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="n">
+      <x:c r="D17" s="4" t="n">
         <x:v>-0.63</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="19" spans="1:7">
-      <x:c r="A19" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A19" s="2" t="s"/>
+      <x:c r="B19" s="3" t="s"/>
+      <x:c r="C19" s="3" t="s"/>
+      <x:c r="D19" s="3" t="s"/>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>7.22</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:7">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="2" t="n">
+      <x:c r="A26" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>9.76</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B26" s="4" t="n">
+      <x:c r="B27" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>11.23</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>20.73</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B31" s="2" t="s">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="s">
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s"/>
+      <x:c r="B32" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D31" s="3" t="s">
+      <x:c r="C32" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E31" s="3" t="s">
+      <x:c r="D32" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F31" s="3" t="s">
+      <x:c r="E32" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G31" s="3" t="s">
+      <x:c r="F32" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B32" s="2" t="s">
+      <x:c r="G32" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C32" s="3" t="s">
-[...11 lines deleted...]
-      <x:c r="G32" s="4" t="n">
+      <x:c r="B33" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="n">
         <x:v>10.67</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:7">
-      <x:c r="A38" s="2" t="s">
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B39" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:7">
-[...1 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B40" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="2" t="s">
-        <x:v>81</x:v>
+      <x:c r="A43" s="1" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A46" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="2" t="s">
+      <x:c r="A49" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
-      <x:c r="A51" s="1" t="s">
+      <x:c r="A51" s="2" t="s">
         <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G97"/>
+  <x:dimension ref="A1:G98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.970625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>7.06</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.14</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.64</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.59</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-6.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-6.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-6.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.01</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-7.95</x:v>
+        <x:v>2.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-7.01</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-6.44</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-6.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>8.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-5.11</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>8.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.97</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-6.16</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-6.71</x:v>
+        <x:v>9.49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-6.16</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>12.37</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>10.98</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>11.03</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>12.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="50" spans="1:7">
-      <x:c r="A50" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A50" s="2" t="s"/>
+      <x:c r="B50" s="3" t="s"/>
+      <x:c r="C50" s="3" t="s"/>
+      <x:c r="D50" s="3" t="s"/>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-8.93</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>15.12</x:v>
+        <x:v>2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>15.12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>12.05</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>12.23</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>12.05</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>13.25</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
+        <x:v>13.07</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>13.25</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>9.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
         <x:v>-4.35</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-4.33</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>-6.68</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="67" spans="1:7">
-      <x:c r="A67" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A67" s="2" t="s"/>
+      <x:c r="B67" s="3" t="s"/>
+      <x:c r="C67" s="3" t="s"/>
+      <x:c r="D67" s="3" t="s"/>
     </x:row>
     <x:row r="68" spans="1:7">
-      <x:c r="A68" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A68" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>10.08</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6.02</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>32.79</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>32.79</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>33.65</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>16.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B71" s="4" t="n">
+      <x:c r="B72" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>1.9</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B76" s="2" t="s">
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D76" s="3" t="s">
+      <x:c r="C77" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E76" s="3" t="s">
+      <x:c r="D77" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F76" s="3" t="s">
+      <x:c r="E77" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G76" s="3" t="s">
+      <x:c r="F77" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B77" s="2" t="s">
+      <x:c r="G77" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="B78" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
         <x:v>-1.38</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>12.71</x:v>
       </x:c>
-      <x:c r="E77" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="G77" s="4" t="n">
+      <x:c r="E78" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F78" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G78" s="4" t="n">
         <x:v>14.27</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:7">
-      <x:c r="A83" s="2" t="s">
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B84" s="2" t="s">
-        <x:v>113</x:v>
-[...4 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B85" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
-      <x:c r="A89" s="2" t="s">
+      <x:c r="A89" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
-      <x:c r="A92" s="1" t="s">
+      <x:c r="A92" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="2" t="s">
+      <x:c r="A95" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>13.93</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.25</x:v>
+        <x:v>12.18</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>9.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>14.79</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.09</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>9.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.52</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.57</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>12.18</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>12.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>9.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>2.86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>13.02</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>12.86</x:v>
+        <x:v>13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>9.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.400625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.02</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>22.93</x:v>
+        <x:v>25.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-5.91</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.71</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>22.93</x:v>
+        <x:v>25.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-5.23</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.45</x:v>
+        <x:v>21.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>30.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-9.05</x:v>
+        <x:v>-8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.13</x:v>
+        <x:v>22.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>30.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-8.38</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>