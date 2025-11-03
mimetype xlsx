--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6CB3DC78-83C5-4CC2-8713-25570F4DBE37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{73F84E91-D63A-49E6-AA9E-ABC51FA45B47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{84091759-9CB5-435D-A788-EABC43D806E4}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{9AB6BF77-0085-435D-85EE-600FAA5D3CDF}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="605" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="265">
   <si>
     <t>GMO Small Cap Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -618,65 +620,50 @@
     <t>2632003</t>
   </si>
   <si>
     <t>NYT</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>US6501111073</t>
   </si>
   <si>
     <t>681116109</t>
   </si>
   <si>
     <t>Ollie S Bargain Outlet Holdi</t>
   </si>
   <si>
     <t>BZ22B38</t>
   </si>
   <si>
     <t>OLLI</t>
   </si>
   <si>
     <t>US6811161099</t>
-  </si>
-[...13 lines deleted...]
-    <t>US7392761034</t>
   </si>
   <si>
     <t>740444104</t>
   </si>
   <si>
     <t>Preformed Line Products Co</t>
   </si>
   <si>
     <t>2798466</t>
   </si>
   <si>
     <t>PLPC</t>
   </si>
   <si>
     <t>US7404441047</t>
   </si>
   <si>
     <t>741511109</t>
   </si>
   <si>
     <t>Pricesmart Inc</t>
   </si>
   <si>
     <t>2092942</t>
   </si>
@@ -1238,92 +1225,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D79C603-15E4-43D9-A81D-07C81207EBCB}">
-  <dimension ref="A1:Z54"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B65E7524-CE4D-4180-87CC-3F15FB6C33A5}">
+  <dimension ref="A1:Z53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1373,3347 +1360,3267 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-1613884.83</v>
+        <v>257042.4</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-1613884.83</v>
+        <v>257042.4</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-1613884.83</v>
+        <v>257042.4</v>
       </c>
       <c r="N4" s="4">
-        <v>-1613884.83</v>
+        <v>257042.4</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-2.6710000000000002E-3</v>
+        <v>4.2200000000000001E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>263273</v>
+        <v>264556</v>
       </c>
       <c r="E5" s="5">
-        <v>82.95</v>
+        <v>93.44</v>
       </c>
       <c r="F5" s="4">
-        <v>21838495.350000001</v>
+        <v>24720112.640000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
-        <v>82.95</v>
+        <v>93.44</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>21838495.350000001</v>
+        <v>24720112.640000001</v>
       </c>
       <c r="N5" s="4">
-        <v>21838495.350000001</v>
+        <v>24720112.640000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>3.6144000000000003E-2</v>
+        <v>4.0656999999999999E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="4">
-        <v>211395</v>
+        <v>212426</v>
       </c>
       <c r="E6" s="5">
-        <v>11.66</v>
+        <v>9.91</v>
       </c>
       <c r="F6" s="4">
-        <v>2464865.7000000002</v>
+        <v>2105141.66</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>11.66</v>
+        <v>9.91</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>2464865.7000000002</v>
+        <v>2105141.66</v>
       </c>
       <c r="N6" s="4">
-        <v>2464865.7000000002</v>
+        <v>2105141.66</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>4.0790000000000002E-3</v>
+        <v>3.4619999999999998E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="4">
-        <v>132747</v>
+        <v>133394</v>
       </c>
       <c r="E7" s="5">
-        <v>76.650000000000006</v>
+        <v>78.489999999999995</v>
       </c>
       <c r="F7" s="4">
-        <v>10175057.550000001</v>
+        <v>10470095.060000001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
-        <v>76.650000000000006</v>
+        <v>78.489999999999995</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>10175057.550000001</v>
+        <v>10470095.060000001</v>
       </c>
       <c r="N7" s="4">
-        <v>10175057.550000001</v>
+        <v>10470095.060000001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.6840000000000001E-2</v>
+        <v>1.7219999999999999E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="4">
-        <v>163650</v>
+        <v>164448</v>
       </c>
       <c r="E8" s="5">
-        <v>139.27000000000001</v>
+        <v>133.66</v>
       </c>
       <c r="F8" s="4">
-        <v>22791535.5</v>
+        <v>21980119.68</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>139.27000000000001</v>
+        <v>133.66</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>22791535.5</v>
+        <v>21980119.68</v>
       </c>
       <c r="N8" s="4">
-        <v>22791535.5</v>
+        <v>21980119.68</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.7720999999999998E-2</v>
+        <v>3.6150000000000002E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="4">
-        <v>563254</v>
+        <v>566000</v>
       </c>
       <c r="E9" s="5">
-        <v>39.11</v>
+        <v>38.4</v>
       </c>
       <c r="F9" s="4">
-        <v>22028863.940000001</v>
+        <v>21734400</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>39.11</v>
+        <v>38.4</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>22028863.940000001</v>
+        <v>21734400</v>
       </c>
       <c r="N9" s="4">
-        <v>22028863.940000001</v>
+        <v>21734400</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>67</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.6458999999999998E-2</v>
+        <v>3.5746E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="4">
-        <v>122315</v>
+        <v>122911</v>
       </c>
       <c r="E10" s="5">
-        <v>80.040000000000006</v>
+        <v>97.64</v>
       </c>
       <c r="F10" s="4">
-        <v>9790092.5999999996</v>
+        <v>12001030.039999999</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>80.040000000000006</v>
+        <v>97.64</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>9790092.5999999996</v>
+        <v>12001030.039999999</v>
       </c>
       <c r="N10" s="4">
-        <v>9790092.5999999996</v>
+        <v>12001030.039999999</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.6202999999999999E-2</v>
+        <v>1.9737999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="4">
-        <v>38945</v>
+        <v>39135</v>
       </c>
       <c r="E11" s="5">
-        <v>182.92</v>
+        <v>178.58</v>
       </c>
       <c r="F11" s="4">
-        <v>7123819.4000000004</v>
+        <v>6988728.2999999998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>182.92</v>
+        <v>178.58</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>7123819.4000000004</v>
+        <v>6988728.2999999998</v>
       </c>
       <c r="N11" s="4">
-        <v>7123819.4000000004</v>
+        <v>6988728.2999999998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>77</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.179E-2</v>
+        <v>1.1494000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="4">
-        <v>149300</v>
+        <v>150028</v>
       </c>
       <c r="E12" s="5">
-        <v>162.09</v>
+        <v>150.06</v>
       </c>
       <c r="F12" s="4">
-        <v>24200037</v>
+        <v>22513201.68</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>162.09</v>
+        <v>150.06</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>24200037</v>
+        <v>22513201.68</v>
       </c>
       <c r="N12" s="4">
-        <v>24200037</v>
+        <v>22513201.68</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>4.0052999999999998E-2</v>
+        <v>3.7026999999999997E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="4">
-        <v>148378</v>
+        <v>149101</v>
       </c>
       <c r="E13" s="5">
-        <v>108.72</v>
+        <v>99.95</v>
       </c>
       <c r="F13" s="4">
-        <v>16131656.16</v>
+        <v>14902644.949999999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>108.72</v>
+        <v>99.95</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>16131656.16</v>
+        <v>14902644.949999999</v>
       </c>
       <c r="N13" s="4">
-        <v>16131656.16</v>
+        <v>14902644.949999999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>87</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.6699000000000001E-2</v>
+        <v>2.4510000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="4">
-        <v>109273</v>
+        <v>109806</v>
       </c>
       <c r="E14" s="5">
-        <v>29.94</v>
+        <v>27.08</v>
       </c>
       <c r="F14" s="4">
-        <v>3271633.62</v>
+        <v>2973546.48</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>29.94</v>
+        <v>27.08</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>3271633.62</v>
+        <v>2973546.48</v>
       </c>
       <c r="N14" s="4">
-        <v>3271633.62</v>
+        <v>2973546.48</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>5.4140000000000004E-3</v>
+        <v>4.8900000000000002E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="4">
-        <v>197323</v>
+        <v>198285</v>
       </c>
       <c r="E15" s="5">
-        <v>33.979999999999997</v>
+        <v>32.49</v>
       </c>
       <c r="F15" s="4">
-        <v>6705035.54</v>
+        <v>6442279.6500000004</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>33.979999999999997</v>
+        <v>32.49</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>6705035.54</v>
+        <v>6442279.6500000004</v>
       </c>
       <c r="N15" s="4">
-        <v>6705035.54</v>
+        <v>6442279.6500000004</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.1096999999999999E-2</v>
+        <v>1.0595E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="4">
-        <v>194968</v>
+        <v>195918</v>
       </c>
       <c r="E16" s="5">
-        <v>41.95</v>
+        <v>39.47</v>
       </c>
       <c r="F16" s="4">
-        <v>8178907.5999999996</v>
+        <v>7732883.46</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>41.95</v>
+        <v>39.47</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>8178907.5999999996</v>
+        <v>7732883.46</v>
       </c>
       <c r="N16" s="4">
-        <v>8178907.5999999996</v>
+        <v>7732883.46</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.3535999999999999E-2</v>
+        <v>1.2718E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="4">
-        <v>151224</v>
+        <v>151961</v>
       </c>
       <c r="E17" s="5">
-        <v>114.19</v>
+        <v>125.29</v>
       </c>
       <c r="F17" s="4">
-        <v>17268268.559999999</v>
+        <v>19039193.690000001</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>114.19</v>
+        <v>125.29</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>17268268.559999999</v>
+        <v>19039193.690000001</v>
       </c>
       <c r="N17" s="4">
-        <v>17268268.559999999</v>
+        <v>19039193.690000001</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8580000000000001E-2</v>
+        <v>3.1313000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
-        <v>39589</v>
+        <v>52273</v>
       </c>
       <c r="E18" s="5">
-        <v>242.21</v>
+        <v>232.22</v>
       </c>
       <c r="F18" s="4">
-        <v>9588851.6899999995</v>
+        <v>12138836.060000001</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>242.21</v>
+        <v>232.22</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>9588851.6899999995</v>
+        <v>12138836.060000001</v>
       </c>
       <c r="N18" s="4">
-        <v>9588851.6899999995</v>
+        <v>12138836.060000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.5869999999999999E-2</v>
+        <v>1.9963999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="4">
-        <v>137410</v>
+        <v>138080</v>
       </c>
       <c r="E19" s="5">
-        <v>73.86</v>
+        <v>65.61</v>
       </c>
       <c r="F19" s="4">
-        <v>10149102.6</v>
+        <v>9059428.8000000007</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>73.86</v>
+        <v>65.61</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>10149102.6</v>
+        <v>9059428.8000000007</v>
       </c>
       <c r="N19" s="4">
-        <v>10149102.6</v>
+        <v>9059428.8000000007</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>122</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.6796999999999999E-2</v>
+        <v>1.49E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="4">
-        <v>282808</v>
+        <v>284187</v>
       </c>
       <c r="E20" s="5">
-        <v>71.680000000000007</v>
+        <v>72.37</v>
       </c>
       <c r="F20" s="4">
-        <v>20271677.440000001</v>
+        <v>20566613.190000001</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>71.680000000000007</v>
+        <v>72.37</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>20271677.440000001</v>
+        <v>20566613.190000001</v>
       </c>
       <c r="N20" s="4">
-        <v>20271677.440000001</v>
+        <v>20566613.190000001</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>125</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>126</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>3.3550999999999997E-2</v>
+        <v>3.3825000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
-        <v>180512</v>
+        <v>181392</v>
       </c>
       <c r="E21" s="5">
-        <v>83.74</v>
+        <v>92.46</v>
       </c>
       <c r="F21" s="4">
-        <v>15116074.880000001</v>
+        <v>16771504.32</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>83.74</v>
+        <v>92.46</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>15116074.880000001</v>
+        <v>16771504.32</v>
       </c>
       <c r="N21" s="4">
-        <v>15116074.880000001</v>
+        <v>16771504.32</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.5017999999999999E-2</v>
+        <v>2.7584000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="4">
-        <v>121233</v>
+        <v>121824</v>
       </c>
       <c r="E22" s="5">
-        <v>168.64</v>
+        <v>161.65</v>
       </c>
       <c r="F22" s="4">
-        <v>20444733.120000001</v>
+        <v>19692849.600000001</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>168.64</v>
+        <v>161.65</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>20444733.120000001</v>
+        <v>19692849.600000001</v>
       </c>
       <c r="N22" s="4">
-        <v>20444733.120000001</v>
+        <v>19692849.600000001</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.3836999999999999E-2</v>
+        <v>3.2388E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="4">
-        <v>298964</v>
+        <v>300421</v>
       </c>
       <c r="E23" s="5">
-        <v>61.27</v>
+        <v>57.27</v>
       </c>
       <c r="F23" s="4">
-        <v>18317524.280000001</v>
+        <v>17205110.670000002</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>61.27</v>
+        <v>57.27</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>18317524.280000001</v>
+        <v>17205110.670000002</v>
       </c>
       <c r="N23" s="4">
-        <v>18317524.280000001</v>
+        <v>17205110.670000002</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.0317E-2</v>
+        <v>2.8296999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="4">
-        <v>113364</v>
+        <v>113917</v>
       </c>
       <c r="E24" s="5">
-        <v>163.26</v>
+        <v>148.93</v>
       </c>
       <c r="F24" s="4">
-        <v>18507806.640000001</v>
+        <v>16965658.809999999</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>163.26</v>
+        <v>148.93</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>18507806.640000001</v>
+        <v>16965658.809999999</v>
       </c>
       <c r="N24" s="4">
-        <v>18507806.640000001</v>
+        <v>16965658.809999999</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.0632E-2</v>
+        <v>2.7903000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="4">
-        <v>70611</v>
+        <v>70955</v>
       </c>
       <c r="E25" s="5">
-        <v>199.25</v>
+        <v>205.32</v>
       </c>
       <c r="F25" s="4">
-        <v>14069241.75</v>
+        <v>14568480.6</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>199.25</v>
+        <v>205.32</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>14069241.75</v>
+        <v>14568480.6</v>
       </c>
       <c r="N25" s="4">
-        <v>14069241.75</v>
+        <v>14568480.6</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.3285E-2</v>
+        <v>2.3959999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="4">
-        <v>35973</v>
+        <v>36148</v>
       </c>
       <c r="E26" s="5">
-        <v>261.82</v>
+        <v>246.66</v>
       </c>
       <c r="F26" s="4">
-        <v>9418450.8599999994</v>
+        <v>8916265.6799999997</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>261.82</v>
+        <v>246.66</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>9418450.8599999994</v>
+        <v>8916265.6799999997</v>
       </c>
       <c r="N26" s="4">
-        <v>9418450.8599999994</v>
+        <v>8916265.6799999997</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5587999999999999E-2</v>
+        <v>1.4664E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="4">
-        <v>26563</v>
+        <v>26692</v>
       </c>
       <c r="E27" s="5">
-        <v>323.27999999999997</v>
+        <v>297.58</v>
       </c>
       <c r="F27" s="4">
-        <v>8587286.6400000006</v>
+        <v>7943005.3600000003</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>323.27999999999997</v>
+        <v>297.58</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>8587286.6400000006</v>
+        <v>7943005.3600000003</v>
       </c>
       <c r="N27" s="4">
-        <v>8587286.6400000006</v>
+        <v>7943005.3600000003</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.4212000000000001E-2</v>
+        <v>1.3063E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="4">
-        <v>122278</v>
+        <v>122874</v>
       </c>
       <c r="E28" s="5">
-        <v>182.6</v>
+        <v>172.79</v>
       </c>
       <c r="F28" s="4">
-        <v>22327962.800000001</v>
+        <v>21231398.460000001</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>182.6</v>
+        <v>172.79</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>22327962.800000001</v>
+        <v>21231398.460000001</v>
       </c>
       <c r="N28" s="4">
-        <v>22327962.800000001</v>
+        <v>21231398.460000001</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.6954000000000001E-2</v>
+        <v>3.4918999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4">
-        <v>272933</v>
+        <v>202733</v>
       </c>
       <c r="E29" s="5">
-        <v>33.200000000000003</v>
+        <v>32.450000000000003</v>
       </c>
       <c r="F29" s="4">
-        <v>9061375.5999999996</v>
+        <v>6578685.8499999996</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>33.200000000000003</v>
+        <v>32.450000000000003</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>9061375.5999999996</v>
+        <v>6578685.8499999996</v>
       </c>
       <c r="N29" s="4">
-        <v>9061375.5999999996</v>
+        <v>6578685.8499999996</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>173</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4997E-2</v>
+        <v>1.0819E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="4">
-        <v>101482</v>
+        <v>101977</v>
       </c>
       <c r="E30" s="5">
-        <v>139.71</v>
+        <v>147.55000000000001</v>
       </c>
       <c r="F30" s="4">
-        <v>14178050.220000001</v>
+        <v>15046706.35</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>139.71</v>
+        <v>147.55000000000001</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>14178050.220000001</v>
+        <v>15046706.35</v>
       </c>
       <c r="N30" s="4">
-        <v>14178050.220000001</v>
+        <v>15046706.35</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>178</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.3465E-2</v>
+        <v>2.4747000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="4">
-        <v>14296</v>
+        <v>14366</v>
       </c>
       <c r="E31" s="5">
-        <v>475.51</v>
+        <v>514.16</v>
       </c>
       <c r="F31" s="4">
-        <v>6797890.96</v>
+        <v>7386422.5599999996</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>475.51</v>
+        <v>514.16</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>6797890.96</v>
+        <v>7386422.5599999996</v>
       </c>
       <c r="N31" s="4">
-        <v>6797890.96</v>
+        <v>7386422.5599999996</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>183</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.1251000000000001E-2</v>
+        <v>1.2148000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="4">
-        <v>443554</v>
+        <v>445716</v>
       </c>
       <c r="E32" s="5">
-        <v>59.84</v>
+        <v>57.4</v>
       </c>
       <c r="F32" s="4">
-        <v>26542271.359999999</v>
+        <v>25584098.399999999</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>59.84</v>
+        <v>57.4</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>26542271.359999999</v>
+        <v>25584098.399999999</v>
       </c>
       <c r="N32" s="4">
-        <v>26542271.359999999</v>
+        <v>25584098.399999999</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>187</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>188</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>189</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.3929000000000003E-2</v>
+        <v>4.2077999999999997E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>153398</v>
+        <v>154146</v>
       </c>
       <c r="E33" s="5">
-        <v>126.84</v>
+        <v>128.4</v>
       </c>
       <c r="F33" s="4">
-        <v>19457002.32</v>
+        <v>19792346.399999999</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>126.84</v>
+        <v>128.4</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>19457002.32</v>
+        <v>19792346.399999999</v>
       </c>
       <c r="N33" s="4">
-        <v>19457002.32</v>
+        <v>19792346.399999999</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>192</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>193</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>173</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.2203000000000002E-2</v>
+        <v>3.2551999999999998E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4">
-        <v>66757</v>
+        <v>33015</v>
       </c>
       <c r="E34" s="5">
-        <v>45.1</v>
+        <v>196.15</v>
       </c>
       <c r="F34" s="4">
-        <v>3010740.7</v>
+        <v>6475892.25</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>45.1</v>
+        <v>196.15</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>3010740.7</v>
+        <v>6475892.25</v>
       </c>
       <c r="N34" s="4">
-        <v>3010740.7</v>
+        <v>6475892.25</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>197</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.9829999999999996E-3</v>
+        <v>1.065E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="4">
-        <v>32855</v>
+        <v>205408</v>
       </c>
       <c r="E35" s="5">
-        <v>191.07</v>
+        <v>121.19</v>
       </c>
       <c r="F35" s="4">
-        <v>6277604.8499999996</v>
+        <v>24893395.52</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>191.07</v>
+        <v>121.19</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>6277604.8499999996</v>
+        <v>24893395.52</v>
       </c>
       <c r="N35" s="4">
-        <v>6277604.8499999996</v>
+        <v>24893395.52</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.0389000000000001E-2</v>
+        <v>4.0941999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="4">
-        <v>204411</v>
+        <v>46262</v>
       </c>
       <c r="E36" s="5">
-        <v>107.26</v>
+        <v>390.29</v>
       </c>
       <c r="F36" s="4">
-        <v>21925123.859999999</v>
+        <v>18055595.98</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>107.26</v>
+        <v>390.29</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>21925123.859999999</v>
+        <v>18055595.98</v>
       </c>
       <c r="N36" s="4">
-        <v>21925123.859999999</v>
+        <v>18055595.98</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.6287E-2</v>
+        <v>2.9696E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="4">
-        <v>46038</v>
+        <v>252855</v>
       </c>
       <c r="E37" s="5">
-        <v>389.96</v>
+        <v>65.31</v>
       </c>
       <c r="F37" s="4">
-        <v>17952978.48</v>
+        <v>16513960.050000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>389.96</v>
+        <v>65.31</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>17952978.48</v>
+        <v>16513960.050000001</v>
       </c>
       <c r="N37" s="4">
-        <v>17952978.48</v>
+        <v>16513960.050000001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.9713E-2</v>
+        <v>2.716E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="4">
-        <v>251628</v>
+        <v>304419</v>
       </c>
       <c r="E38" s="5">
-        <v>62.06</v>
+        <v>51.67</v>
       </c>
       <c r="F38" s="4">
-        <v>15616033.68</v>
+        <v>15729329.73</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>62.06</v>
+        <v>51.67</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>15616033.68</v>
+        <v>15729329.73</v>
       </c>
       <c r="N38" s="4">
-        <v>15616033.68</v>
+        <v>15729329.73</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.5845E-2</v>
+        <v>2.5870000000000001E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="4">
-        <v>302942</v>
+        <v>111525</v>
       </c>
       <c r="E39" s="5">
-        <v>61.63</v>
+        <v>143.63</v>
       </c>
       <c r="F39" s="4">
-        <v>18670315.460000001</v>
+        <v>16018335.75</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>61.63</v>
+        <v>143.63</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>18670315.460000001</v>
+        <v>16018335.75</v>
       </c>
       <c r="N39" s="4">
-        <v>18670315.460000001</v>
+        <v>16018335.75</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.09E-2</v>
+        <v>2.6345E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="4">
-        <v>110984</v>
+        <v>91637</v>
       </c>
       <c r="E40" s="5">
-        <v>138.59</v>
+        <v>252.71</v>
       </c>
       <c r="F40" s="4">
-        <v>15381272.560000001</v>
+        <v>23157586.27</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>138.59</v>
+        <v>252.71</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>15381272.560000001</v>
+        <v>23157586.27</v>
       </c>
       <c r="N40" s="4">
-        <v>15381272.560000001</v>
+        <v>23157586.27</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.5457E-2</v>
+        <v>3.8087000000000003E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="4">
-        <v>91192</v>
+        <v>139462</v>
       </c>
       <c r="E41" s="5">
-        <v>246.82</v>
+        <v>33.07</v>
       </c>
       <c r="F41" s="4">
-        <v>22508009.440000001</v>
+        <v>4612008.34</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>246.82</v>
+        <v>33.07</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>22508009.440000001</v>
+        <v>4612008.34</v>
       </c>
       <c r="N41" s="4">
-        <v>22508009.440000001</v>
+        <v>4612008.34</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>44</v>
+        <v>235</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.7252E-2</v>
+        <v>7.5849999999999997E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="4">
-        <v>138785</v>
+        <v>71357</v>
       </c>
       <c r="E42" s="5">
-        <v>37.159999999999997</v>
+        <v>364.62</v>
       </c>
       <c r="F42" s="4">
-        <v>5157250.5999999996</v>
+        <v>26018189.34</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>37.159999999999997</v>
+        <v>364.62</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>5157250.5999999996</v>
+        <v>26018189.34</v>
       </c>
       <c r="N42" s="4">
-        <v>5157250.5999999996</v>
+        <v>26018189.34</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>235</v>
+        <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>8.5349999999999992E-3</v>
+        <v>4.2791999999999997E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="4">
-        <v>71011</v>
+        <v>146777</v>
       </c>
       <c r="E43" s="5">
-        <v>331.29</v>
+        <v>177.35</v>
       </c>
       <c r="F43" s="4">
-        <v>23525234.190000001</v>
+        <v>26030900.949999999</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>331.29</v>
+        <v>177.35</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>23525234.190000001</v>
+        <v>26030900.949999999</v>
       </c>
       <c r="N43" s="4">
-        <v>23525234.190000001</v>
+        <v>26030900.949999999</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="P43" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.8935999999999998E-2</v>
+        <v>4.2812999999999997E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="4">
-        <v>146065</v>
+        <v>-465026.14</v>
       </c>
       <c r="E44" s="5">
-        <v>169.8</v>
+        <v>1</v>
       </c>
       <c r="F44" s="4">
-        <v>24801837</v>
+        <v>-465026.14</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>39</v>
+        <v>247</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>169.8</v>
+        <v>1</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>24801837</v>
+        <v>-465026.14</v>
       </c>
       <c r="N44" s="4">
-        <v>24801837</v>
+        <v>-465026.14</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>245</v>
+        <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>247</v>
+        <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>4.1049000000000002E-2</v>
+        <v>-7.6400000000000003E-4</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C45" s="3" t="s">
+      <c r="D45" s="4">
+        <v>3451036.193</v>
+      </c>
+      <c r="E45" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F45" s="4">
+        <v>17289691.326930001</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>-490450.45</v>
+        <v>17289691.326930001</v>
       </c>
       <c r="N45" s="4">
-        <v>-490450.45</v>
+        <v>17289691.326930001</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>35</v>
+        <v>255</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>-8.1099999999999998E-4</v>
+        <v>2.8435999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D46" s="4">
-        <v>3201321.5350000001</v>
+        <v>375173.44</v>
       </c>
       <c r="E46" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F46" s="4">
-        <v>16038620.890349999</v>
+        <v>375173.44</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>16038620.890349999</v>
+        <v>375173.44</v>
       </c>
       <c r="N46" s="4">
-        <v>16038620.890349999</v>
+        <v>375173.44</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>257</v>
+        <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>258</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S46" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="T46" s="4">
+        <v>1</v>
+      </c>
+      <c r="W46" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="6">
+        <v>6.1700000000000004E-4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A48" s="3" t="s">
         <v>259</v>
-      </c>
-[...90 lines deleted...]
-        <v>1.0480000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>268</v>
-[...4 lines deleted...]
-        <v>269</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>