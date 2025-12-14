--- v1 (2025-11-03)
+++ v2 (2025-12-14)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{73F84E91-D63A-49E6-AA9E-ABC51FA45B47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4E069408-42E0-49E7-B697-83370939A878}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{9AB6BF77-0085-435D-85EE-600FAA5D3CDF}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{F4F0CC43-5EBB-4E67-B198-87423B5231BA}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="605" uniqueCount="270">
   <si>
     <t>GMO Small Cap Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -386,50 +386,65 @@
     <t>Cirrus Logic Inc</t>
   </si>
   <si>
     <t>2197308</t>
   </si>
   <si>
     <t>CRUS</t>
   </si>
   <si>
     <t>US1727551004</t>
   </si>
   <si>
     <t>184496107</t>
   </si>
   <si>
     <t>Clean Harbors Inc</t>
   </si>
   <si>
     <t>2202473</t>
   </si>
   <si>
     <t>CLH</t>
   </si>
   <si>
     <t>US1844961078</t>
+  </si>
+  <si>
+    <t>191098102</t>
+  </si>
+  <si>
+    <t>Coca-Cola Consolidated Inc</t>
+  </si>
+  <si>
+    <t>2206721</t>
+  </si>
+  <si>
+    <t>COKE</t>
+  </si>
+  <si>
+    <t>US1910981026</t>
   </si>
   <si>
     <t>19247A100</t>
   </si>
   <si>
     <t>Cohen &amp; Steers Inc</t>
   </si>
   <si>
     <t>B02H882</t>
   </si>
   <si>
     <t>CNS</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>US19247A1007</t>
   </si>
   <si>
     <t>25659T107</t>
   </si>
   <si>
     <t>Dolby Laboratories Inc-Cl A</t>
   </si>
@@ -1225,92 +1240,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B65E7524-CE4D-4180-87CC-3F15FB6C33A5}">
-  <dimension ref="A1:Z53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3AD531C-89AE-42FB-B7E5-0326BB7C5B50}">
+  <dimension ref="A1:Z54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1360,3267 +1375,3341 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>257042.4</v>
+        <v>540491.9</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>257042.4</v>
+        <v>540491.9</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>257042.4</v>
+        <v>540491.9</v>
       </c>
       <c r="N4" s="4">
-        <v>257042.4</v>
+        <v>540491.9</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>4.2200000000000001E-4</v>
+        <v>9.0799999999999995E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>264556</v>
+        <v>242890</v>
       </c>
       <c r="E5" s="5">
-        <v>93.44</v>
+        <v>98.39</v>
       </c>
       <c r="F5" s="4">
-        <v>24720112.640000001</v>
+        <v>23897947.100000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
-        <v>93.44</v>
+        <v>98.39</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>24720112.640000001</v>
+        <v>23897947.100000001</v>
       </c>
       <c r="N5" s="4">
-        <v>24720112.640000001</v>
+        <v>23897947.100000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>4.0656999999999999E-2</v>
+        <v>4.0154000000000002E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="4">
-        <v>212426</v>
+        <v>276343</v>
       </c>
       <c r="E6" s="5">
-        <v>9.91</v>
+        <v>9.07</v>
       </c>
       <c r="F6" s="4">
-        <v>2105141.66</v>
+        <v>2506431.0099999998</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>9.91</v>
+        <v>9.07</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>2105141.66</v>
+        <v>2506431.0099999998</v>
       </c>
       <c r="N6" s="4">
-        <v>2105141.66</v>
+        <v>2506431.0099999998</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>3.4619999999999998E-3</v>
+        <v>4.2110000000000003E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="4">
-        <v>133394</v>
+        <v>131963</v>
       </c>
       <c r="E7" s="5">
-        <v>78.489999999999995</v>
+        <v>77.33</v>
       </c>
       <c r="F7" s="4">
-        <v>10470095.060000001</v>
+        <v>10204698.789999999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
-        <v>78.489999999999995</v>
+        <v>77.33</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>10470095.060000001</v>
+        <v>10204698.789999999</v>
       </c>
       <c r="N7" s="4">
-        <v>10470095.060000001</v>
+        <v>10204698.789999999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.7219999999999999E-2</v>
+        <v>1.7146000000000002E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="4">
-        <v>164448</v>
+        <v>162684</v>
       </c>
       <c r="E8" s="5">
-        <v>133.66</v>
+        <v>116.01</v>
       </c>
       <c r="F8" s="4">
-        <v>21980119.68</v>
+        <v>18872970.84</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>133.66</v>
+        <v>116.01</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>21980119.68</v>
+        <v>18872970.84</v>
       </c>
       <c r="N8" s="4">
-        <v>21980119.68</v>
+        <v>18872970.84</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.6150000000000002E-2</v>
+        <v>3.1711000000000003E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="4">
-        <v>566000</v>
+        <v>559930</v>
       </c>
       <c r="E9" s="5">
-        <v>38.4</v>
+        <v>37.880000000000003</v>
       </c>
       <c r="F9" s="4">
-        <v>21734400</v>
+        <v>21210148.399999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>38.4</v>
+        <v>37.880000000000003</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>21734400</v>
+        <v>21210148.399999999</v>
       </c>
       <c r="N9" s="4">
-        <v>21734400</v>
+        <v>21210148.399999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>67</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.5746E-2</v>
+        <v>3.5638000000000003E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="4">
-        <v>122911</v>
+        <v>103838</v>
       </c>
       <c r="E10" s="5">
-        <v>97.64</v>
+        <v>79.56</v>
       </c>
       <c r="F10" s="4">
-        <v>12001030.039999999</v>
+        <v>8261351.2800000003</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>97.64</v>
+        <v>79.56</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>12001030.039999999</v>
+        <v>8261351.2800000003</v>
       </c>
       <c r="N10" s="4">
-        <v>12001030.039999999</v>
+        <v>8261351.2800000003</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.9737999999999999E-2</v>
+        <v>1.3880999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="4">
-        <v>39135</v>
+        <v>66485</v>
       </c>
       <c r="E11" s="5">
-        <v>178.58</v>
+        <v>180.45</v>
       </c>
       <c r="F11" s="4">
-        <v>6988728.2999999998</v>
+        <v>11997218.25</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>178.58</v>
+        <v>180.45</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>6988728.2999999998</v>
+        <v>11997218.25</v>
       </c>
       <c r="N11" s="4">
-        <v>6988728.2999999998</v>
+        <v>11997218.25</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>77</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.1494000000000001E-2</v>
+        <v>2.0157999999999999E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="4">
-        <v>150028</v>
+        <v>148419</v>
       </c>
       <c r="E12" s="5">
-        <v>150.06</v>
+        <v>153.38999999999999</v>
       </c>
       <c r="F12" s="4">
-        <v>22513201.68</v>
+        <v>22765990.41</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>150.06</v>
+        <v>153.38999999999999</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>22513201.68</v>
+        <v>22765990.41</v>
       </c>
       <c r="N12" s="4">
-        <v>22513201.68</v>
+        <v>22765990.41</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.7026999999999997E-2</v>
+        <v>3.8252000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="4">
-        <v>149101</v>
+        <v>176839</v>
       </c>
       <c r="E13" s="5">
-        <v>99.95</v>
+        <v>87.16</v>
       </c>
       <c r="F13" s="4">
-        <v>14902644.949999999</v>
+        <v>15413287.24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>99.95</v>
+        <v>87.16</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>14902644.949999999</v>
+        <v>15413287.24</v>
       </c>
       <c r="N13" s="4">
-        <v>14902644.949999999</v>
+        <v>15413287.24</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>87</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.4510000000000001E-2</v>
+        <v>2.5898000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="4">
-        <v>109806</v>
+        <v>108628</v>
       </c>
       <c r="E14" s="5">
-        <v>27.08</v>
+        <v>27.23</v>
       </c>
       <c r="F14" s="4">
-        <v>2973546.48</v>
+        <v>2957940.44</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>27.08</v>
+        <v>27.23</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>2973546.48</v>
+        <v>2957940.44</v>
       </c>
       <c r="N14" s="4">
-        <v>2973546.48</v>
+        <v>2957940.44</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.8900000000000002E-3</v>
+        <v>4.9699999999999996E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="4">
-        <v>198285</v>
+        <v>196158</v>
       </c>
       <c r="E15" s="5">
-        <v>32.49</v>
+        <v>38.94</v>
       </c>
       <c r="F15" s="4">
-        <v>6442279.6500000004</v>
+        <v>7638392.5199999996</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>32.49</v>
+        <v>38.94</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>6442279.6500000004</v>
+        <v>7638392.5199999996</v>
       </c>
       <c r="N15" s="4">
-        <v>6442279.6500000004</v>
+        <v>7638392.5199999996</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.0595E-2</v>
+        <v>1.2834E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="4">
-        <v>195918</v>
+        <v>221683</v>
       </c>
       <c r="E16" s="5">
-        <v>39.47</v>
+        <v>44.17</v>
       </c>
       <c r="F16" s="4">
-        <v>7732883.46</v>
+        <v>9791738.1099999994</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>39.47</v>
+        <v>44.17</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>7732883.46</v>
+        <v>9791738.1099999994</v>
       </c>
       <c r="N16" s="4">
-        <v>7732883.46</v>
+        <v>9791738.1099999994</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.2718E-2</v>
+        <v>1.6452000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="4">
-        <v>151961</v>
+        <v>150331</v>
       </c>
       <c r="E17" s="5">
-        <v>125.29</v>
+        <v>132.65</v>
       </c>
       <c r="F17" s="4">
-        <v>19039193.690000001</v>
+        <v>19941407.149999999</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>125.29</v>
+        <v>132.65</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>19039193.690000001</v>
+        <v>19941407.149999999</v>
       </c>
       <c r="N17" s="4">
-        <v>19039193.690000001</v>
+        <v>19941407.149999999</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.1313000000000001E-2</v>
+        <v>3.3506000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
-        <v>52273</v>
+        <v>51712</v>
       </c>
       <c r="E18" s="5">
-        <v>232.22</v>
+        <v>210.51</v>
       </c>
       <c r="F18" s="4">
-        <v>12138836.060000001</v>
+        <v>10885893.119999999</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>232.22</v>
+        <v>210.51</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>12138836.060000001</v>
+        <v>10885893.119999999</v>
       </c>
       <c r="N18" s="4">
-        <v>12138836.060000001</v>
+        <v>10885893.119999999</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.9963999999999999E-2</v>
+        <v>1.8291000000000002E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="4">
-        <v>138080</v>
+        <v>43436</v>
       </c>
       <c r="E19" s="5">
-        <v>65.61</v>
+        <v>130.38</v>
       </c>
       <c r="F19" s="4">
-        <v>9059428.8000000007</v>
+        <v>5663185.6799999997</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>65.61</v>
+        <v>130.38</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>9059428.8000000007</v>
+        <v>5663185.6799999997</v>
       </c>
       <c r="N19" s="4">
-        <v>9059428.8000000007</v>
+        <v>5663185.6799999997</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="Q19" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="R19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.49E-2</v>
+        <v>9.5149999999999992E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="4">
-        <v>284187</v>
+        <v>153559</v>
       </c>
       <c r="E20" s="5">
-        <v>72.37</v>
+        <v>68.319999999999993</v>
       </c>
       <c r="F20" s="4">
-        <v>20566613.190000001</v>
+        <v>10491150.880000001</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>72.37</v>
+        <v>68.319999999999993</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>20566613.190000001</v>
+        <v>10491150.880000001</v>
       </c>
       <c r="N20" s="4">
-        <v>20566613.190000001</v>
+        <v>10491150.880000001</v>
       </c>
       <c r="O20" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>3.3825000000000001E-2</v>
+        <v>1.7627E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
-        <v>181392</v>
+        <v>281139</v>
       </c>
       <c r="E21" s="5">
-        <v>92.46</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="F21" s="4">
-        <v>16771504.32</v>
+        <v>18645138.48</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>92.46</v>
+        <v>66.319999999999993</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>16771504.32</v>
+        <v>18645138.48</v>
       </c>
       <c r="N21" s="4">
-        <v>16771504.32</v>
+        <v>18645138.48</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.7584000000000001E-2</v>
+        <v>3.1328000000000002E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="4">
-        <v>121824</v>
+        <v>179447</v>
       </c>
       <c r="E22" s="5">
-        <v>161.65</v>
+        <v>91.57</v>
       </c>
       <c r="F22" s="4">
-        <v>19692849.600000001</v>
+        <v>16431961.789999999</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>161.65</v>
+        <v>91.57</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>19692849.600000001</v>
+        <v>16431961.789999999</v>
       </c>
       <c r="N22" s="4">
-        <v>19692849.600000001</v>
+        <v>16431961.789999999</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.2388E-2</v>
+        <v>2.7609000000000002E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="4">
-        <v>300421</v>
+        <v>120517</v>
       </c>
       <c r="E23" s="5">
-        <v>57.27</v>
+        <v>165.01</v>
       </c>
       <c r="F23" s="4">
-        <v>17205110.670000002</v>
+        <v>19886510.170000002</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>57.27</v>
+        <v>165.01</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>17205110.670000002</v>
+        <v>19886510.170000002</v>
       </c>
       <c r="N23" s="4">
-        <v>17205110.670000002</v>
+        <v>19886510.170000002</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.8296999999999999E-2</v>
+        <v>3.3413999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="4">
-        <v>113917</v>
+        <v>297199</v>
       </c>
       <c r="E24" s="5">
-        <v>148.93</v>
+        <v>60.39</v>
       </c>
       <c r="F24" s="4">
-        <v>16965658.809999999</v>
+        <v>17947847.609999999</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>148.93</v>
+        <v>60.39</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>16965658.809999999</v>
+        <v>17947847.609999999</v>
       </c>
       <c r="N24" s="4">
-        <v>16965658.809999999</v>
+        <v>17947847.609999999</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.7903000000000001E-2</v>
+        <v>3.0155999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="4">
-        <v>70955</v>
+        <v>132384</v>
       </c>
       <c r="E25" s="5">
-        <v>205.32</v>
+        <v>148.94</v>
       </c>
       <c r="F25" s="4">
-        <v>14568480.6</v>
+        <v>19717272.960000001</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>205.32</v>
+        <v>148.94</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>14568480.6</v>
+        <v>19717272.960000001</v>
       </c>
       <c r="N25" s="4">
-        <v>14568480.6</v>
+        <v>19717272.960000001</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.3959999999999999E-2</v>
+        <v>3.3128999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="4">
-        <v>36148</v>
+        <v>70194</v>
       </c>
       <c r="E26" s="5">
-        <v>246.66</v>
+        <v>179.08</v>
       </c>
       <c r="F26" s="4">
-        <v>8916265.6799999997</v>
+        <v>12570341.52</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>246.66</v>
+        <v>179.08</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>8916265.6799999997</v>
+        <v>12570341.52</v>
       </c>
       <c r="N26" s="4">
-        <v>8916265.6799999997</v>
+        <v>12570341.52</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.4664E-2</v>
+        <v>2.1121000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="4">
-        <v>26692</v>
+        <v>23010</v>
       </c>
       <c r="E27" s="5">
-        <v>297.58</v>
+        <v>248.23</v>
       </c>
       <c r="F27" s="4">
-        <v>7943005.3600000003</v>
+        <v>5711772.2999999998</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>297.58</v>
+        <v>248.23</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>7943005.3600000003</v>
+        <v>5711772.2999999998</v>
       </c>
       <c r="N27" s="4">
-        <v>7943005.3600000003</v>
+        <v>5711772.2999999998</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.3063E-2</v>
+        <v>9.5969999999999996E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="4">
-        <v>122874</v>
+        <v>31886</v>
       </c>
       <c r="E28" s="5">
-        <v>172.79</v>
+        <v>276.66000000000003</v>
       </c>
       <c r="F28" s="4">
-        <v>21231398.460000001</v>
+        <v>8821580.7599999998</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>172.79</v>
+        <v>276.66000000000003</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>21231398.460000001</v>
+        <v>8821580.7599999998</v>
       </c>
       <c r="N28" s="4">
-        <v>21231398.460000001</v>
+        <v>8821580.7599999998</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.4918999999999999E-2</v>
+        <v>1.4822E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4">
-        <v>202733</v>
+        <v>121556</v>
       </c>
       <c r="E29" s="5">
-        <v>32.450000000000003</v>
+        <v>156.79</v>
       </c>
       <c r="F29" s="4">
-        <v>6578685.8499999996</v>
+        <v>19058765.239999998</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>32.450000000000003</v>
+        <v>156.79</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>6578685.8499999996</v>
+        <v>19058765.239999998</v>
       </c>
       <c r="N29" s="4">
-        <v>6578685.8499999996</v>
+        <v>19058765.239999998</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>173</v>
+        <v>44</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.0819E-2</v>
+        <v>3.2023000000000003E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="4">
-        <v>101977</v>
+        <v>200559</v>
       </c>
       <c r="E30" s="5">
-        <v>147.55000000000001</v>
+        <v>27.87</v>
       </c>
       <c r="F30" s="4">
-        <v>15046706.35</v>
+        <v>5589579.3300000001</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>147.55000000000001</v>
+        <v>27.87</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>15046706.35</v>
+        <v>5589579.3300000001</v>
       </c>
       <c r="N30" s="4">
-        <v>15046706.35</v>
+        <v>5589579.3300000001</v>
       </c>
       <c r="O30" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R30" s="3" t="s">
+      <c r="S30" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="S30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.4747000000000002E-2</v>
+        <v>9.391E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="4">
-        <v>14366</v>
+        <v>100883</v>
       </c>
       <c r="E31" s="5">
-        <v>514.16</v>
+        <v>140.65</v>
       </c>
       <c r="F31" s="4">
-        <v>7386422.5599999996</v>
+        <v>14189193.949999999</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>514.16</v>
+        <v>140.65</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>7386422.5599999996</v>
+        <v>14189193.949999999</v>
       </c>
       <c r="N31" s="4">
-        <v>7386422.5599999996</v>
+        <v>14189193.949999999</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>183</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.2148000000000001E-2</v>
+        <v>2.3841000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="4">
-        <v>445716</v>
+        <v>10677</v>
       </c>
       <c r="E32" s="5">
-        <v>57.4</v>
+        <v>584.91</v>
       </c>
       <c r="F32" s="4">
-        <v>25584098.399999999</v>
+        <v>6245084.0700000003</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>57.4</v>
+        <v>584.91</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>25584098.399999999</v>
+        <v>6245084.0700000003</v>
       </c>
       <c r="N32" s="4">
-        <v>25584098.399999999</v>
+        <v>6245084.0700000003</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>187</v>
       </c>
       <c r="Q32" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="R32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.2077999999999997E-2</v>
+        <v>1.0493000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>154146</v>
+        <v>420502</v>
       </c>
       <c r="E33" s="5">
-        <v>128.4</v>
+        <v>56.99</v>
       </c>
       <c r="F33" s="4">
-        <v>19792346.399999999</v>
+        <v>23964408.98</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>128.4</v>
+        <v>56.99</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>19792346.399999999</v>
+        <v>23964408.98</v>
       </c>
       <c r="N33" s="4">
-        <v>19792346.399999999</v>
+        <v>23964408.98</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>173</v>
+        <v>50</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.2551999999999998E-2</v>
+        <v>4.0266000000000003E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4">
-        <v>33015</v>
+        <v>164444</v>
       </c>
       <c r="E34" s="5">
-        <v>196.15</v>
+        <v>120.81</v>
       </c>
       <c r="F34" s="4">
-        <v>6475892.25</v>
+        <v>19866479.640000001</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>196.15</v>
+        <v>120.81</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>6475892.25</v>
+        <v>19866479.640000001</v>
       </c>
       <c r="N34" s="4">
-        <v>6475892.25</v>
+        <v>19866479.640000001</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>197</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>44</v>
+        <v>178</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.065E-2</v>
+        <v>3.338E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="4">
-        <v>205408</v>
+        <v>31859</v>
       </c>
       <c r="E35" s="5">
-        <v>121.19</v>
+        <v>212.11</v>
       </c>
       <c r="F35" s="4">
-        <v>24893395.52</v>
+        <v>6757612.4900000002</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>121.19</v>
+        <v>212.11</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>24893395.52</v>
+        <v>6757612.4900000002</v>
       </c>
       <c r="N35" s="4">
-        <v>24893395.52</v>
+        <v>6757612.4900000002</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.0941999999999999E-2</v>
+        <v>1.1354E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="4">
-        <v>46262</v>
+        <v>203205</v>
       </c>
       <c r="E36" s="5">
-        <v>390.29</v>
+        <v>114.94</v>
       </c>
       <c r="F36" s="4">
-        <v>18055595.98</v>
+        <v>23356382.699999999</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>390.29</v>
+        <v>114.94</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>18055595.98</v>
+        <v>23356382.699999999</v>
       </c>
       <c r="N36" s="4">
-        <v>18055595.98</v>
+        <v>23356382.699999999</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.9696E-2</v>
+        <v>3.9244000000000001E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="4">
-        <v>252855</v>
+        <v>47932</v>
       </c>
       <c r="E37" s="5">
-        <v>65.31</v>
+        <v>428.53</v>
       </c>
       <c r="F37" s="4">
-        <v>16513960.050000001</v>
+        <v>20540299.960000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>65.31</v>
+        <v>428.53</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>16513960.050000001</v>
+        <v>20540299.960000001</v>
       </c>
       <c r="N37" s="4">
-        <v>16513960.050000001</v>
+        <v>20540299.960000001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.716E-2</v>
+        <v>3.4512000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="4">
-        <v>304419</v>
+        <v>250143</v>
       </c>
       <c r="E38" s="5">
-        <v>51.67</v>
+        <v>60.88</v>
       </c>
       <c r="F38" s="4">
-        <v>15729329.73</v>
+        <v>15228705.84</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>51.67</v>
+        <v>60.88</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>15729329.73</v>
+        <v>15228705.84</v>
       </c>
       <c r="N38" s="4">
-        <v>15729329.73</v>
+        <v>15228705.84</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.5870000000000001E-2</v>
+        <v>2.5588E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="4">
-        <v>111525</v>
+        <v>301154</v>
       </c>
       <c r="E39" s="5">
-        <v>143.63</v>
+        <v>48.32</v>
       </c>
       <c r="F39" s="4">
-        <v>16018335.75</v>
+        <v>14551761.279999999</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>143.63</v>
+        <v>48.32</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>16018335.75</v>
+        <v>14551761.279999999</v>
       </c>
       <c r="N39" s="4">
-        <v>16018335.75</v>
+        <v>14551761.279999999</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.6345E-2</v>
+        <v>2.445E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="4">
-        <v>91637</v>
+        <v>98080</v>
       </c>
       <c r="E40" s="5">
-        <v>252.71</v>
+        <v>147.28</v>
       </c>
       <c r="F40" s="4">
-        <v>23157586.27</v>
+        <v>14445222.4</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>252.71</v>
+        <v>147.28</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>23157586.27</v>
+        <v>14445222.4</v>
       </c>
       <c r="N40" s="4">
-        <v>23157586.27</v>
+        <v>14445222.4</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.8087000000000003E-2</v>
+        <v>2.4271000000000001E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="4">
-        <v>139462</v>
+        <v>79612</v>
       </c>
       <c r="E41" s="5">
-        <v>33.07</v>
+        <v>262.11</v>
       </c>
       <c r="F41" s="4">
-        <v>4612008.34</v>
+        <v>20867101.32</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>33.07</v>
+        <v>262.11</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>4612008.34</v>
+        <v>20867101.32</v>
       </c>
       <c r="N41" s="4">
-        <v>4612008.34</v>
+        <v>20867101.32</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>235</v>
+        <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>7.5849999999999997E-3</v>
+        <v>3.5061000000000002E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="4">
-        <v>71357</v>
+        <v>137966</v>
       </c>
       <c r="E42" s="5">
-        <v>364.62</v>
+        <v>34.1</v>
       </c>
       <c r="F42" s="4">
-        <v>26018189.34</v>
+        <v>4704640.5999999996</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>364.62</v>
+        <v>34.1</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>26018189.34</v>
+        <v>4704640.5999999996</v>
       </c>
       <c r="N42" s="4">
-        <v>26018189.34</v>
+        <v>4704640.5999999996</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>4.2791999999999997E-2</v>
+        <v>7.9039999999999996E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="4">
-        <v>146777</v>
+        <v>55899</v>
       </c>
       <c r="E43" s="5">
-        <v>177.35</v>
+        <v>440.57</v>
       </c>
       <c r="F43" s="4">
-        <v>26030900.949999999</v>
+        <v>24627422.43</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>177.35</v>
+        <v>440.57</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>26030900.949999999</v>
+        <v>24627422.43</v>
       </c>
       <c r="N43" s="4">
-        <v>26030900.949999999</v>
+        <v>24627422.43</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.2812999999999997E-2</v>
+        <v>4.138E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>246</v>
+        <v>38</v>
       </c>
       <c r="D44" s="4">
-        <v>-465026.14</v>
+        <v>128669</v>
       </c>
       <c r="E44" s="5">
-        <v>1</v>
+        <v>165.77</v>
       </c>
       <c r="F44" s="4">
-        <v>-465026.14</v>
+        <v>21329460.129999999</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>1</v>
+        <v>165.77</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>-465026.14</v>
+        <v>21329460.129999999</v>
       </c>
       <c r="N44" s="4">
-        <v>-465026.14</v>
+        <v>21329460.129999999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>34</v>
+        <v>247</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>-7.6400000000000003E-4</v>
+        <v>3.5838000000000002E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D45" s="4">
-        <v>3451036.193</v>
+        <v>-498662.2</v>
       </c>
       <c r="E45" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F45" s="4">
-        <v>17289691.326930001</v>
+        <v>-498662.2</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>17289691.326930001</v>
+        <v>-498662.2</v>
       </c>
       <c r="N45" s="4">
-        <v>17289691.326930001</v>
+        <v>-498662.2</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>252</v>
+        <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>254</v>
+        <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>255</v>
+        <v>35</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.8435999999999999E-2</v>
+        <v>-8.3699999999999996E-4</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D46" s="4">
+        <v>3473092.1889999998</v>
+      </c>
+      <c r="E46" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F46" s="4">
+        <v>17400191.866889998</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>256</v>
-      </c>
-[...16 lines deleted...]
-        <v>251</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>375173.44</v>
+        <v>17400191.866889998</v>
       </c>
       <c r="N46" s="4">
-        <v>375173.44</v>
+        <v>17400191.866889998</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>258</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="S46" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="T46" s="4">
+        <v>1</v>
+      </c>
+      <c r="W46" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="X46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="6">
+        <v>2.9236000000000002E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A47" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D47" s="4">
+        <v>152901.45000000001</v>
+      </c>
+      <c r="E47" s="5">
+        <v>1</v>
+      </c>
+      <c r="F47" s="4">
+        <v>152901.45000000001</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J47" s="5">
+        <v>1</v>
+      </c>
+      <c r="K47" s="5">
+        <v>1</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M47" s="4">
+        <v>152901.45000000001</v>
+      </c>
+      <c r="N47" s="4">
+        <v>152901.45000000001</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="S46" s="3" t="s">
-[...5 lines deleted...]
-      <c r="W46" s="3" t="s">
+      <c r="P47" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q47" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="X46" s="4">
-[...11 lines deleted...]
-        <v>259</v>
+      <c r="R47" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S47" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="T47" s="4">
+        <v>1</v>
+      </c>
+      <c r="W47" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="6">
+        <v>2.5599999999999999E-4</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
+      </c>
+    </row>
+    <row r="54" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A54" s="3" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>