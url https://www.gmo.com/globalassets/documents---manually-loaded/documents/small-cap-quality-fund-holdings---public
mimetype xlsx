--- v2 (2025-12-14)
+++ v3 (2026-01-03)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4E069408-42E0-49E7-B697-83370939A878}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CDCDE9E0-5EA3-419E-8784-F025A4DB2FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{F4F0CC43-5EBB-4E67-B198-87423B5231BA}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{DE17D254-D901-4067-B554-F56374BA92EF}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -451,50 +451,65 @@
   <si>
     <t>B04NJM9</t>
   </si>
   <si>
     <t>DLB</t>
   </si>
   <si>
     <t>US25659T1079</t>
   </si>
   <si>
     <t>29362U104</t>
   </si>
   <si>
     <t>Entegris Inc</t>
   </si>
   <si>
     <t>2599700</t>
   </si>
   <si>
     <t>ENTG</t>
   </si>
   <si>
     <t>US29362U1043</t>
   </si>
   <si>
+    <t>29414B104</t>
+  </si>
+  <si>
+    <t>Epam Systems Inc</t>
+  </si>
+  <si>
+    <t>B44Z3T8</t>
+  </si>
+  <si>
+    <t>EPAM</t>
+  </si>
+  <si>
+    <t>US29414B1044</t>
+  </si>
+  <si>
     <t>302941109</t>
   </si>
   <si>
     <t>Fti Consulting Inc</t>
   </si>
   <si>
     <t>2351449</t>
   </si>
   <si>
     <t>FCN</t>
   </si>
   <si>
     <t>US3029411093</t>
   </si>
   <si>
     <t>379577208</t>
   </si>
   <si>
     <t>Globus Medical Inc - A</t>
   </si>
   <si>
     <t>B7D65M0</t>
   </si>
   <si>
     <t>GMED</t>
@@ -587,65 +602,50 @@
     <t>BJ38KJ2</t>
   </si>
   <si>
     <t>MBUU</t>
   </si>
   <si>
     <t>US56117J1007</t>
   </si>
   <si>
     <t>XNMS</t>
   </si>
   <si>
     <t>574795100</t>
   </si>
   <si>
     <t>Masimo Corp</t>
   </si>
   <si>
     <t>B1YWR63</t>
   </si>
   <si>
     <t>MASI</t>
   </si>
   <si>
     <t>US5747951003</t>
-  </si>
-[...13 lines deleted...]
-    <t>US58506Q1094</t>
   </si>
   <si>
     <t>650111107</t>
   </si>
   <si>
     <t>New York Times Co-A</t>
   </si>
   <si>
     <t>2632003</t>
   </si>
   <si>
     <t>NYT</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>US6501111073</t>
   </si>
   <si>
     <t>681116109</t>
   </si>
   <si>
     <t>Ollie S Bargain Outlet Holdi</t>
   </si>
@@ -1240,92 +1240,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3AD531C-89AE-42FB-B7E5-0326BB7C5B50}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC976C54-CDDE-46AF-BD93-E180C7E1BB8F}">
   <dimension ref="A1:Z54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1375,3293 +1375,3293 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>540491.9</v>
+        <v>234988.08</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>540491.9</v>
+        <v>234988.08</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>540491.9</v>
+        <v>234988.08</v>
       </c>
       <c r="N4" s="4">
-        <v>540491.9</v>
+        <v>234988.08</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>9.0799999999999995E-4</v>
+        <v>3.8099999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>242890</v>
+        <v>244311</v>
       </c>
       <c r="E5" s="5">
-        <v>98.39</v>
+        <v>93.48</v>
       </c>
       <c r="F5" s="4">
-        <v>23897947.100000001</v>
+        <v>22838192.280000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
-        <v>98.39</v>
+        <v>93.48</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>23897947.100000001</v>
+        <v>22838192.280000001</v>
       </c>
       <c r="N5" s="4">
-        <v>23897947.100000001</v>
+        <v>22838192.280000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>4.0154000000000002E-2</v>
+        <v>3.7088000000000003E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="4">
-        <v>276343</v>
+        <v>277959</v>
       </c>
       <c r="E6" s="5">
-        <v>9.07</v>
+        <v>7.85</v>
       </c>
       <c r="F6" s="4">
-        <v>2506431.0099999998</v>
+        <v>2181978.15</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>9.07</v>
+        <v>7.85</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>2506431.0099999998</v>
+        <v>2181978.15</v>
       </c>
       <c r="N6" s="4">
-        <v>2506431.0099999998</v>
+        <v>2181978.15</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>4.2110000000000003E-3</v>
+        <v>3.5430000000000001E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="4">
-        <v>131963</v>
+        <v>132735</v>
       </c>
       <c r="E7" s="5">
-        <v>77.33</v>
+        <v>84.1</v>
       </c>
       <c r="F7" s="4">
-        <v>10204698.789999999</v>
+        <v>11163013.5</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
-        <v>77.33</v>
+        <v>84.1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>10204698.789999999</v>
+        <v>11163013.5</v>
       </c>
       <c r="N7" s="4">
-        <v>10204698.789999999</v>
+        <v>11163013.5</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.7146000000000002E-2</v>
+        <v>1.8127999999999998E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="4">
-        <v>162684</v>
+        <v>163636</v>
       </c>
       <c r="E8" s="5">
-        <v>116.01</v>
+        <v>124.75</v>
       </c>
       <c r="F8" s="4">
-        <v>18872970.84</v>
+        <v>20413591</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>116.01</v>
+        <v>124.75</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>18872970.84</v>
+        <v>20413591</v>
       </c>
       <c r="N8" s="4">
-        <v>18872970.84</v>
+        <v>20413591</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.1711000000000003E-2</v>
+        <v>3.3151E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="4">
-        <v>559930</v>
+        <v>586431</v>
       </c>
       <c r="E9" s="5">
-        <v>37.880000000000003</v>
+        <v>37.17</v>
       </c>
       <c r="F9" s="4">
-        <v>21210148.399999999</v>
+        <v>21797640.27</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>37.880000000000003</v>
+        <v>37.17</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>21210148.399999999</v>
+        <v>21797640.27</v>
       </c>
       <c r="N9" s="4">
-        <v>21210148.399999999</v>
+        <v>21797640.27</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>67</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.5638000000000003E-2</v>
+        <v>3.5399E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="4">
-        <v>103838</v>
+        <v>104445</v>
       </c>
       <c r="E10" s="5">
-        <v>79.56</v>
+        <v>82.77</v>
       </c>
       <c r="F10" s="4">
-        <v>8261351.2800000003</v>
+        <v>8644912.6500000004</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>79.56</v>
+        <v>82.77</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>8261351.2800000003</v>
+        <v>8644912.6500000004</v>
       </c>
       <c r="N10" s="4">
-        <v>8261351.2800000003</v>
+        <v>8644912.6500000004</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.3880999999999999E-2</v>
+        <v>1.4038999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="4">
-        <v>66485</v>
+        <v>75076</v>
       </c>
       <c r="E11" s="5">
-        <v>180.45</v>
+        <v>178.54</v>
       </c>
       <c r="F11" s="4">
-        <v>11997218.25</v>
+        <v>13404069.039999999</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>180.45</v>
+        <v>178.54</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>11997218.25</v>
+        <v>13404069.039999999</v>
       </c>
       <c r="N11" s="4">
-        <v>11997218.25</v>
+        <v>13404069.039999999</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>77</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.0157999999999999E-2</v>
+        <v>2.1767999999999999E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="4">
-        <v>148419</v>
+        <v>149287</v>
       </c>
       <c r="E12" s="5">
-        <v>153.38999999999999</v>
+        <v>156.21</v>
       </c>
       <c r="F12" s="4">
-        <v>22765990.41</v>
+        <v>23320122.27</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>153.38999999999999</v>
+        <v>156.21</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>22765990.41</v>
+        <v>23320122.27</v>
       </c>
       <c r="N12" s="4">
-        <v>22765990.41</v>
+        <v>23320122.27</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.8252000000000001E-2</v>
+        <v>3.7871000000000002E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="4">
-        <v>176839</v>
+        <v>177874</v>
       </c>
       <c r="E13" s="5">
-        <v>87.16</v>
+        <v>83.46</v>
       </c>
       <c r="F13" s="4">
-        <v>15413287.24</v>
+        <v>14845364.039999999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>87.16</v>
+        <v>83.46</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>15413287.24</v>
+        <v>14845364.039999999</v>
       </c>
       <c r="N13" s="4">
-        <v>15413287.24</v>
+        <v>14845364.039999999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>87</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.5898000000000001E-2</v>
+        <v>2.4108000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="4">
-        <v>108628</v>
+        <v>109263</v>
       </c>
       <c r="E14" s="5">
-        <v>27.23</v>
+        <v>28.98</v>
       </c>
       <c r="F14" s="4">
-        <v>2957940.44</v>
+        <v>3166441.74</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>27.23</v>
+        <v>28.98</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>2957940.44</v>
+        <v>3166441.74</v>
       </c>
       <c r="N14" s="4">
-        <v>2957940.44</v>
+        <v>3166441.74</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.9699999999999996E-3</v>
+        <v>5.1419999999999999E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="4">
-        <v>196158</v>
+        <v>197305</v>
       </c>
       <c r="E15" s="5">
-        <v>38.94</v>
+        <v>48.81</v>
       </c>
       <c r="F15" s="4">
-        <v>7638392.5199999996</v>
+        <v>9630457.0500000007</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>38.94</v>
+        <v>48.81</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>7638392.5199999996</v>
+        <v>9630457.0500000007</v>
       </c>
       <c r="N15" s="4">
-        <v>7638392.5199999996</v>
+        <v>9630457.0500000007</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.2834E-2</v>
+        <v>1.5639E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="4">
-        <v>221683</v>
+        <v>230077</v>
       </c>
       <c r="E16" s="5">
-        <v>44.17</v>
+        <v>42.92</v>
       </c>
       <c r="F16" s="4">
-        <v>9791738.1099999994</v>
+        <v>9874904.8399999999</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>44.17</v>
+        <v>42.92</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>9791738.1099999994</v>
+        <v>9874904.8399999999</v>
       </c>
       <c r="N16" s="4">
-        <v>9791738.1099999994</v>
+        <v>9874904.8399999999</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.6452000000000001E-2</v>
+        <v>1.6036000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="4">
-        <v>150331</v>
+        <v>151210</v>
       </c>
       <c r="E17" s="5">
-        <v>132.65</v>
+        <v>120.34</v>
       </c>
       <c r="F17" s="4">
-        <v>19941407.149999999</v>
+        <v>18196611.399999999</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>132.65</v>
+        <v>120.34</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>19941407.149999999</v>
+        <v>18196611.399999999</v>
       </c>
       <c r="N17" s="4">
-        <v>19941407.149999999</v>
+        <v>18196611.399999999</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.3506000000000001E-2</v>
+        <v>2.9551000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
-        <v>51712</v>
+        <v>58797</v>
       </c>
       <c r="E18" s="5">
-        <v>210.51</v>
+        <v>227.56</v>
       </c>
       <c r="F18" s="4">
-        <v>10885893.119999999</v>
+        <v>13379845.32</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>210.51</v>
+        <v>227.56</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>10885893.119999999</v>
+        <v>13379845.32</v>
       </c>
       <c r="N18" s="4">
-        <v>10885893.119999999</v>
+        <v>13379845.32</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.8291000000000002E-2</v>
+        <v>2.1728000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="4">
-        <v>43436</v>
+        <v>48379</v>
       </c>
       <c r="E19" s="5">
-        <v>130.38</v>
+        <v>162.94999999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>5663185.6799999997</v>
+        <v>7883358.0499999998</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>130.38</v>
+        <v>162.94999999999999</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>5663185.6799999997</v>
+        <v>7883358.0499999998</v>
       </c>
       <c r="N19" s="4">
-        <v>5663185.6799999997</v>
+        <v>7883358.0499999998</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>121</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>9.5149999999999992E-3</v>
+        <v>1.2801999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="4">
-        <v>153559</v>
+        <v>177609</v>
       </c>
       <c r="E20" s="5">
-        <v>68.319999999999993</v>
+        <v>63.25</v>
       </c>
       <c r="F20" s="4">
-        <v>10491150.880000001</v>
+        <v>11233769.25</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>68.319999999999993</v>
+        <v>63.25</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>10491150.880000001</v>
+        <v>11233769.25</v>
       </c>
       <c r="N20" s="4">
-        <v>10491150.880000001</v>
+        <v>11233769.25</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>125</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.7627E-2</v>
+        <v>1.8242999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
-        <v>281139</v>
+        <v>282784</v>
       </c>
       <c r="E21" s="5">
-        <v>66.319999999999993</v>
+        <v>67.45</v>
       </c>
       <c r="F21" s="4">
-        <v>18645138.48</v>
+        <v>19073780.800000001</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>66.319999999999993</v>
+        <v>67.45</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>18645138.48</v>
+        <v>19073780.800000001</v>
       </c>
       <c r="N21" s="4">
-        <v>18645138.48</v>
+        <v>19073780.800000001</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.1328000000000002E-2</v>
+        <v>3.0974999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="4">
-        <v>179447</v>
+        <v>180497</v>
       </c>
       <c r="E22" s="5">
-        <v>91.57</v>
+        <v>77.14</v>
       </c>
       <c r="F22" s="4">
-        <v>16431961.789999999</v>
+        <v>13923538.58</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>91.57</v>
+        <v>77.14</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>16431961.789999999</v>
+        <v>13923538.58</v>
       </c>
       <c r="N22" s="4">
-        <v>16431961.789999999</v>
+        <v>13923538.58</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.7609000000000002E-2</v>
+        <v>2.2610999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="4">
-        <v>120517</v>
+        <v>32345</v>
       </c>
       <c r="E23" s="5">
-        <v>165.01</v>
+        <v>187</v>
       </c>
       <c r="F23" s="4">
-        <v>19886510.170000002</v>
+        <v>6048515</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>165.01</v>
+        <v>187</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>19886510.170000002</v>
+        <v>6048515</v>
       </c>
       <c r="N23" s="4">
-        <v>19886510.170000002</v>
+        <v>6048515</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.3413999999999999E-2</v>
+        <v>9.8219999999999991E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="4">
-        <v>297199</v>
+        <v>121222</v>
       </c>
       <c r="E24" s="5">
-        <v>60.39</v>
+        <v>163.15</v>
       </c>
       <c r="F24" s="4">
-        <v>17947847.609999999</v>
+        <v>19777369.300000001</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>60.39</v>
+        <v>163.15</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>17947847.609999999</v>
+        <v>19777369.300000001</v>
       </c>
       <c r="N24" s="4">
-        <v>17947847.609999999</v>
+        <v>19777369.300000001</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.0155999999999999E-2</v>
+        <v>3.2118000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="4">
-        <v>132384</v>
+        <v>298938</v>
       </c>
       <c r="E25" s="5">
-        <v>148.94</v>
+        <v>91.04</v>
       </c>
       <c r="F25" s="4">
-        <v>19717272.960000001</v>
+        <v>27215315.52</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>148.94</v>
+        <v>91.04</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>19717272.960000001</v>
+        <v>27215315.52</v>
       </c>
       <c r="N25" s="4">
-        <v>19717272.960000001</v>
+        <v>27215315.52</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>126</v>
+        <v>99</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.3128999999999999E-2</v>
+        <v>4.4197E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="4">
-        <v>70194</v>
+        <v>133158</v>
       </c>
       <c r="E26" s="5">
-        <v>179.08</v>
+        <v>174.48</v>
       </c>
       <c r="F26" s="4">
-        <v>12570341.52</v>
+        <v>23233407.84</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>179.08</v>
+        <v>174.48</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>12570341.52</v>
+        <v>23233407.84</v>
       </c>
       <c r="N26" s="4">
-        <v>12570341.52</v>
+        <v>23233407.84</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.1121000000000001E-2</v>
+        <v>3.773E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="4">
-        <v>23010</v>
+        <v>70605</v>
       </c>
       <c r="E27" s="5">
-        <v>248.23</v>
+        <v>175.4</v>
       </c>
       <c r="F27" s="4">
-        <v>5711772.2999999998</v>
+        <v>12384117</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>248.23</v>
+        <v>175.4</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>5711772.2999999998</v>
+        <v>12384117</v>
       </c>
       <c r="N27" s="4">
-        <v>5711772.2999999998</v>
+        <v>12384117</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>9.5969999999999996E-3</v>
+        <v>2.0111E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="4">
-        <v>31886</v>
+        <v>23145</v>
       </c>
       <c r="E28" s="5">
-        <v>276.66000000000003</v>
+        <v>268.02</v>
       </c>
       <c r="F28" s="4">
-        <v>8821580.7599999998</v>
+        <v>6203322.9000000004</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>276.66000000000003</v>
+        <v>268.02</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>8821580.7599999998</v>
+        <v>6203322.9000000004</v>
       </c>
       <c r="N28" s="4">
-        <v>8821580.7599999998</v>
+        <v>6203322.9000000004</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.4822E-2</v>
+        <v>1.0074E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4">
-        <v>121556</v>
+        <v>37760</v>
       </c>
       <c r="E29" s="5">
-        <v>156.79</v>
+        <v>278.12</v>
       </c>
       <c r="F29" s="4">
-        <v>19058765.239999998</v>
+        <v>10501811.199999999</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>156.79</v>
+        <v>278.12</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>19058765.239999998</v>
+        <v>10501811.199999999</v>
       </c>
       <c r="N29" s="4">
-        <v>19058765.239999998</v>
+        <v>10501811.199999999</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.2023000000000003E-2</v>
+        <v>1.7054E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="4">
-        <v>200559</v>
+        <v>122267</v>
       </c>
       <c r="E30" s="5">
-        <v>27.87</v>
+        <v>166.94</v>
       </c>
       <c r="F30" s="4">
-        <v>5589579.3300000001</v>
+        <v>20411252.98</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>27.87</v>
+        <v>166.94</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>5589579.3300000001</v>
+        <v>20411252.98</v>
       </c>
       <c r="N30" s="4">
-        <v>5589579.3300000001</v>
+        <v>20411252.98</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>178</v>
+        <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>9.391E-3</v>
+        <v>3.3147000000000003E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="4">
-        <v>100883</v>
+        <v>200559</v>
       </c>
       <c r="E31" s="5">
-        <v>140.65</v>
+        <v>28.39</v>
       </c>
       <c r="F31" s="4">
-        <v>14189193.949999999</v>
+        <v>5693870.0099999998</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>140.65</v>
+        <v>28.39</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>14189193.949999999</v>
+        <v>5693870.0099999998</v>
       </c>
       <c r="N31" s="4">
-        <v>14189193.949999999</v>
+        <v>5693870.0099999998</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R31" s="3" t="s">
+      <c r="S31" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="S31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.3841000000000001E-2</v>
+        <v>9.2460000000000007E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="4">
-        <v>10677</v>
+        <v>101473</v>
       </c>
       <c r="E32" s="5">
-        <v>584.91</v>
+        <v>142.43</v>
       </c>
       <c r="F32" s="4">
-        <v>6245084.0700000003</v>
+        <v>14452799.390000001</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>584.91</v>
+        <v>142.43</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>6245084.0700000003</v>
+        <v>14452799.390000001</v>
       </c>
       <c r="N32" s="4">
-        <v>6245084.0700000003</v>
+        <v>14452799.390000001</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>187</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>188</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.0493000000000001E-2</v>
+        <v>2.3470999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>420502</v>
+        <v>422962</v>
       </c>
       <c r="E33" s="5">
-        <v>56.99</v>
+        <v>64.5</v>
       </c>
       <c r="F33" s="4">
-        <v>23964408.98</v>
+        <v>27281049</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>56.99</v>
+        <v>64.5</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>23964408.98</v>
+        <v>27281049</v>
       </c>
       <c r="N33" s="4">
-        <v>23964408.98</v>
+        <v>27281049</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>193</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.0266000000000003E-2</v>
+        <v>4.4304000000000003E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4">
-        <v>164444</v>
+        <v>172647</v>
       </c>
       <c r="E34" s="5">
-        <v>120.81</v>
+        <v>123.11</v>
       </c>
       <c r="F34" s="4">
-        <v>19866479.640000001</v>
+        <v>21254572.170000002</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>120.81</v>
+        <v>123.11</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>19866479.640000001</v>
+        <v>21254572.170000002</v>
       </c>
       <c r="N34" s="4">
-        <v>19866479.640000001</v>
+        <v>21254572.170000002</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>197</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.338E-2</v>
+        <v>3.4516999999999999E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="4">
-        <v>31859</v>
+        <v>26532</v>
       </c>
       <c r="E35" s="5">
-        <v>212.11</v>
+        <v>205.25</v>
       </c>
       <c r="F35" s="4">
-        <v>6757612.4900000002</v>
+        <v>5445693</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>212.11</v>
+        <v>205.25</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>6757612.4900000002</v>
+        <v>5445693</v>
       </c>
       <c r="N35" s="4">
-        <v>6757612.4900000002</v>
+        <v>5445693</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.1354E-2</v>
+        <v>8.8430000000000002E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="4">
-        <v>203205</v>
+        <v>204394</v>
       </c>
       <c r="E36" s="5">
-        <v>114.94</v>
+        <v>123.1</v>
       </c>
       <c r="F36" s="4">
-        <v>23356382.699999999</v>
+        <v>25160901.399999999</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>114.94</v>
+        <v>123.1</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>23356382.699999999</v>
+        <v>25160901.399999999</v>
       </c>
       <c r="N36" s="4">
-        <v>23356382.699999999</v>
+        <v>25160901.399999999</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.9244000000000001E-2</v>
+        <v>4.086E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="4">
-        <v>47932</v>
+        <v>48212</v>
       </c>
       <c r="E37" s="5">
-        <v>428.53</v>
+        <v>444.97</v>
       </c>
       <c r="F37" s="4">
-        <v>20540299.960000001</v>
+        <v>21452893.640000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>428.53</v>
+        <v>444.97</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>20540299.960000001</v>
+        <v>21452893.640000001</v>
       </c>
       <c r="N37" s="4">
-        <v>20540299.960000001</v>
+        <v>21452893.640000001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.4512000000000001E-2</v>
+        <v>3.4839000000000002E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="4">
-        <v>250143</v>
+        <v>251606</v>
       </c>
       <c r="E38" s="5">
-        <v>60.88</v>
+        <v>63.16</v>
       </c>
       <c r="F38" s="4">
-        <v>15228705.84</v>
+        <v>15891434.960000001</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>60.88</v>
+        <v>63.16</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>15228705.84</v>
+        <v>15891434.960000001</v>
       </c>
       <c r="N38" s="4">
-        <v>15228705.84</v>
+        <v>15891434.960000001</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.5588E-2</v>
+        <v>2.5807E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="4">
-        <v>301154</v>
+        <v>394188</v>
       </c>
       <c r="E39" s="5">
-        <v>48.32</v>
+        <v>34.979999999999997</v>
       </c>
       <c r="F39" s="4">
-        <v>14551761.279999999</v>
+        <v>13788696.24</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>48.32</v>
+        <v>34.979999999999997</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>14551761.279999999</v>
+        <v>13788696.24</v>
       </c>
       <c r="N39" s="4">
-        <v>14551761.279999999</v>
+        <v>13788696.24</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.445E-2</v>
+        <v>2.2391999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="4">
-        <v>98080</v>
+        <v>106294</v>
       </c>
       <c r="E40" s="5">
-        <v>147.28</v>
+        <v>118.93</v>
       </c>
       <c r="F40" s="4">
-        <v>14445222.4</v>
+        <v>12641545.42</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>147.28</v>
+        <v>118.93</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>14445222.4</v>
+        <v>12641545.42</v>
       </c>
       <c r="N40" s="4">
-        <v>14445222.4</v>
+        <v>12641545.42</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.4271000000000001E-2</v>
+        <v>2.0528999999999999E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="4">
-        <v>79612</v>
+        <v>57741</v>
       </c>
       <c r="E41" s="5">
-        <v>262.11</v>
+        <v>300.02999999999997</v>
       </c>
       <c r="F41" s="4">
-        <v>20867101.32</v>
+        <v>17324032.23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>262.11</v>
+        <v>300.02999999999997</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>20867101.32</v>
+        <v>17324032.23</v>
       </c>
       <c r="N41" s="4">
-        <v>20867101.32</v>
+        <v>17324032.23</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.5061000000000002E-2</v>
+        <v>2.8132999999999998E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="4">
-        <v>137966</v>
+        <v>138773</v>
       </c>
       <c r="E42" s="5">
-        <v>34.1</v>
+        <v>46.48</v>
       </c>
       <c r="F42" s="4">
-        <v>4704640.5999999996</v>
+        <v>6450169.04</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>34.1</v>
+        <v>46.48</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>4704640.5999999996</v>
+        <v>6450169.04</v>
       </c>
       <c r="N42" s="4">
-        <v>4704640.5999999996</v>
+        <v>6450169.04</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>240</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>7.9039999999999996E-3</v>
+        <v>1.0474000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="4">
-        <v>55899</v>
+        <v>45717</v>
       </c>
       <c r="E43" s="5">
-        <v>440.57</v>
+        <v>459.41</v>
       </c>
       <c r="F43" s="4">
-        <v>24627422.43</v>
+        <v>21002846.969999999</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>440.57</v>
+        <v>459.41</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>24627422.43</v>
+        <v>21002846.969999999</v>
       </c>
       <c r="N43" s="4">
-        <v>24627422.43</v>
+        <v>21002846.969999999</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.138E-2</v>
+        <v>3.4107999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="4">
-        <v>128669</v>
+        <v>129422</v>
       </c>
       <c r="E44" s="5">
-        <v>165.77</v>
+        <v>166.03</v>
       </c>
       <c r="F44" s="4">
-        <v>21329460.129999999</v>
+        <v>21487934.66</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>165.77</v>
+        <v>166.03</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>21329460.129999999</v>
+        <v>21487934.66</v>
       </c>
       <c r="N44" s="4">
-        <v>21329460.129999999</v>
+        <v>21487934.66</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>245</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>247</v>
       </c>
       <c r="Q44" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>248</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.5838000000000002E-2</v>
+        <v>3.4896000000000003E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>251</v>
       </c>
       <c r="D45" s="4">
-        <v>-498662.2</v>
+        <v>-486414.89</v>
       </c>
       <c r="E45" s="5">
         <v>1</v>
       </c>
       <c r="F45" s="4">
-        <v>-498662.2</v>
+        <v>-486414.89</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>252</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
         <v>1</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>-498662.2</v>
+        <v>-486414.89</v>
       </c>
       <c r="N45" s="4">
-        <v>-498662.2</v>
+        <v>-486414.89</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>-8.3699999999999996E-4</v>
+        <v>-7.8899999999999999E-4</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>255</v>
       </c>
       <c r="D46" s="4">
-        <v>3473092.1889999998</v>
+        <v>3023219.4249999998</v>
       </c>
       <c r="E46" s="5">
         <v>5.01</v>
       </c>
       <c r="F46" s="4">
-        <v>17400191.866889998</v>
+        <v>15146329.319250001</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>256</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
         <v>5.01</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>17400191.866889998</v>
+        <v>15146329.319250001</v>
       </c>
       <c r="N46" s="4">
-        <v>17400191.866889998</v>
+        <v>15146329.319250001</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>257</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>258</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>259</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>260</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.9236000000000002E-2</v>
+        <v>2.4597000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>255</v>
       </c>
       <c r="D47" s="4">
-        <v>152901.45000000001</v>
+        <v>798891.6</v>
       </c>
       <c r="E47" s="5">
         <v>1</v>
       </c>
       <c r="F47" s="4">
-        <v>152901.45000000001</v>
+        <v>798891.6</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>256</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
         <v>1</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>152901.45000000001</v>
+        <v>798891.6</v>
       </c>
       <c r="N47" s="4">
-        <v>152901.45000000001</v>
+        <v>798891.6</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>260</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.5599999999999999E-4</v>
+        <v>1.297E-3</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>268</v>
@@ -4672,44 +4672,44 @@
         <v>269</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>