--- v3 (2026-01-03)
+++ v4 (2026-02-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CDCDE9E0-5EA3-419E-8784-F025A4DB2FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3B3527F-8808-4FE8-9C97-42FF65CF4D5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{DE17D254-D901-4067-B554-F56374BA92EF}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{5BC83F78-A804-4B5A-A17A-DD148B6D54C6}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="605" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="275">
   <si>
     <t>GMO Small Cap Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -569,50 +569,65 @@
     <t>Kadant Inc</t>
   </si>
   <si>
     <t>2769978</t>
   </si>
   <si>
     <t>KAI</t>
   </si>
   <si>
     <t>US48282T1043</t>
   </si>
   <si>
     <t>513847103</t>
   </si>
   <si>
     <t>Marzetti Company/The</t>
   </si>
   <si>
     <t>2503206</t>
   </si>
   <si>
     <t>MZTI</t>
   </si>
   <si>
     <t>US5138471033</t>
+  </si>
+  <si>
+    <t>515098101</t>
+  </si>
+  <si>
+    <t>Landstar System Inc</t>
+  </si>
+  <si>
+    <t>2503994</t>
+  </si>
+  <si>
+    <t>LSTR</t>
+  </si>
+  <si>
+    <t>US5150981018</t>
   </si>
   <si>
     <t>56117J100</t>
   </si>
   <si>
     <t>Malibu Boats Inc - A</t>
   </si>
   <si>
     <t>BJ38KJ2</t>
   </si>
   <si>
     <t>MBUU</t>
   </si>
   <si>
     <t>US56117J1007</t>
   </si>
   <si>
     <t>XNMS</t>
   </si>
   <si>
     <t>574795100</t>
   </si>
   <si>
     <t>Masimo Corp</t>
   </si>
@@ -1240,92 +1255,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC976C54-CDDE-46AF-BD93-E180C7E1BB8F}">
-  <dimension ref="A1:Z54"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64B45630-0E3B-454C-AED9-7BB4FDDA1F0F}">
+  <dimension ref="A1:Z55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1375,3341 +1390,3415 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>234988.08</v>
+        <v>367596.23</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>234988.08</v>
+        <v>367596.23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>234988.08</v>
+        <v>367596.23</v>
       </c>
       <c r="N4" s="4">
-        <v>234988.08</v>
+        <v>367596.23</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.8099999999999999E-4</v>
+        <v>5.9900000000000003E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>244311</v>
+        <v>245669</v>
       </c>
       <c r="E5" s="5">
-        <v>93.48</v>
+        <v>76.25</v>
       </c>
       <c r="F5" s="4">
-        <v>22838192.280000001</v>
+        <v>18732261.25</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
-        <v>93.48</v>
+        <v>76.25</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>22838192.280000001</v>
+        <v>18732261.25</v>
       </c>
       <c r="N5" s="4">
-        <v>22838192.280000001</v>
+        <v>18732261.25</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>3.7088000000000003E-2</v>
+        <v>3.0529000000000001E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="4">
-        <v>277959</v>
+        <v>284954</v>
       </c>
       <c r="E6" s="5">
-        <v>7.85</v>
+        <v>8.02</v>
       </c>
       <c r="F6" s="4">
-        <v>2181978.15</v>
+        <v>2285331.08</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>7.85</v>
+        <v>8.02</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>2181978.15</v>
+        <v>2285331.08</v>
       </c>
       <c r="N6" s="4">
-        <v>2181978.15</v>
+        <v>2285331.08</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>3.5430000000000001E-3</v>
+        <v>3.7239999999999999E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="4">
-        <v>132735</v>
+        <v>136075</v>
       </c>
       <c r="E7" s="5">
-        <v>84.1</v>
+        <v>79.819999999999993</v>
       </c>
       <c r="F7" s="4">
-        <v>11163013.5</v>
+        <v>10861506.5</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
-        <v>84.1</v>
+        <v>79.819999999999993</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>11163013.5</v>
+        <v>10861506.5</v>
       </c>
       <c r="N7" s="4">
-        <v>11163013.5</v>
+        <v>10861506.5</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.8127999999999998E-2</v>
+        <v>1.7701000000000001E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="4">
-        <v>163636</v>
+        <v>167754</v>
       </c>
       <c r="E8" s="5">
-        <v>124.75</v>
+        <v>121.96</v>
       </c>
       <c r="F8" s="4">
-        <v>20413591</v>
+        <v>20459277.84</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>124.75</v>
+        <v>121.96</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>20413591</v>
+        <v>20459277.84</v>
       </c>
       <c r="N8" s="4">
-        <v>20413591</v>
+        <v>20459277.84</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.3151E-2</v>
+        <v>3.3342999999999998E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="4">
-        <v>586431</v>
+        <v>601189</v>
       </c>
       <c r="E9" s="5">
-        <v>37.17</v>
+        <v>36.86</v>
       </c>
       <c r="F9" s="4">
-        <v>21797640.27</v>
+        <v>22159826.539999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>37.17</v>
+        <v>36.86</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>21797640.27</v>
+        <v>22159826.539999999</v>
       </c>
       <c r="N9" s="4">
-        <v>21797640.27</v>
+        <v>22159826.539999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>67</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.5399E-2</v>
+        <v>3.6115000000000001E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="4">
-        <v>104445</v>
+        <v>107074</v>
       </c>
       <c r="E10" s="5">
-        <v>82.77</v>
+        <v>80.34</v>
       </c>
       <c r="F10" s="4">
-        <v>8644912.6500000004</v>
+        <v>8602325.1600000001</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>82.77</v>
+        <v>80.34</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>8644912.6500000004</v>
+        <v>8602325.1600000001</v>
       </c>
       <c r="N10" s="4">
-        <v>8644912.6500000004</v>
+        <v>8602325.1600000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.4038999999999999E-2</v>
+        <v>1.4019E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="4">
-        <v>75076</v>
+        <v>76965</v>
       </c>
       <c r="E11" s="5">
-        <v>178.54</v>
+        <v>174.41</v>
       </c>
       <c r="F11" s="4">
-        <v>13404069.039999999</v>
+        <v>13423465.65</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>178.54</v>
+        <v>174.41</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>13404069.039999999</v>
+        <v>13423465.65</v>
       </c>
       <c r="N11" s="4">
-        <v>13404069.039999999</v>
+        <v>13423465.65</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>77</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.1767999999999999E-2</v>
+        <v>2.1877000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="4">
-        <v>149287</v>
+        <v>153044</v>
       </c>
       <c r="E12" s="5">
-        <v>156.21</v>
+        <v>153.36000000000001</v>
       </c>
       <c r="F12" s="4">
-        <v>23320122.27</v>
+        <v>23470827.84</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>156.21</v>
+        <v>153.36000000000001</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>23320122.27</v>
+        <v>23470827.84</v>
       </c>
       <c r="N12" s="4">
-        <v>23320122.27</v>
+        <v>23470827.84</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.7871000000000002E-2</v>
+        <v>3.8252000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="4">
-        <v>177874</v>
+        <v>182351</v>
       </c>
       <c r="E13" s="5">
-        <v>83.46</v>
+        <v>84.36</v>
       </c>
       <c r="F13" s="4">
-        <v>14845364.039999999</v>
+        <v>15383130.359999999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>83.46</v>
+        <v>84.36</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>14845364.039999999</v>
+        <v>15383130.359999999</v>
       </c>
       <c r="N13" s="4">
-        <v>14845364.039999999</v>
+        <v>15383130.359999999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>87</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.4108000000000001E-2</v>
+        <v>2.5071E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="4">
-        <v>109263</v>
+        <v>112013</v>
       </c>
       <c r="E14" s="5">
-        <v>28.98</v>
+        <v>26.06</v>
       </c>
       <c r="F14" s="4">
-        <v>3166441.74</v>
+        <v>2919058.78</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>28.98</v>
+        <v>26.06</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>3166441.74</v>
+        <v>2919058.78</v>
       </c>
       <c r="N14" s="4">
-        <v>3166441.74</v>
+        <v>2919058.78</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>5.1419999999999999E-3</v>
+        <v>4.7569999999999999E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="4">
-        <v>197305</v>
+        <v>202271</v>
       </c>
       <c r="E15" s="5">
-        <v>48.81</v>
+        <v>47.11</v>
       </c>
       <c r="F15" s="4">
-        <v>9630457.0500000007</v>
+        <v>9528986.8100000005</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>48.81</v>
+        <v>47.11</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>9630457.0500000007</v>
+        <v>9528986.8100000005</v>
       </c>
       <c r="N15" s="4">
-        <v>9630457.0500000007</v>
+        <v>9528986.8100000005</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.5639E-2</v>
+        <v>1.553E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="4">
-        <v>230077</v>
+        <v>235868</v>
       </c>
       <c r="E16" s="5">
-        <v>42.92</v>
+        <v>45.68</v>
       </c>
       <c r="F16" s="4">
-        <v>9874904.8399999999</v>
+        <v>10774450.24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>42.92</v>
+        <v>45.68</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>9874904.8399999999</v>
+        <v>10774450.24</v>
       </c>
       <c r="N16" s="4">
-        <v>9874904.8399999999</v>
+        <v>10774450.24</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.6036000000000002E-2</v>
+        <v>1.7559000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="4">
-        <v>151210</v>
+        <v>155016</v>
       </c>
       <c r="E17" s="5">
-        <v>120.34</v>
+        <v>118.5</v>
       </c>
       <c r="F17" s="4">
-        <v>18196611.399999999</v>
+        <v>18369396</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>120.34</v>
+        <v>118.5</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>18196611.399999999</v>
+        <v>18369396</v>
       </c>
       <c r="N17" s="4">
-        <v>18196611.399999999</v>
+        <v>18369396</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.9551000000000001E-2</v>
+        <v>2.9936999999999998E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
-        <v>58797</v>
+        <v>60277</v>
       </c>
       <c r="E18" s="5">
-        <v>227.56</v>
+        <v>234.48</v>
       </c>
       <c r="F18" s="4">
-        <v>13379845.32</v>
+        <v>14133750.960000001</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>227.56</v>
+        <v>234.48</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>13379845.32</v>
+        <v>14133750.960000001</v>
       </c>
       <c r="N18" s="4">
-        <v>13379845.32</v>
+        <v>14133750.960000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.1728000000000001E-2</v>
+        <v>2.3033999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="4">
-        <v>48379</v>
+        <v>49596</v>
       </c>
       <c r="E19" s="5">
-        <v>162.94999999999999</v>
+        <v>153.30000000000001</v>
       </c>
       <c r="F19" s="4">
-        <v>7883358.0499999998</v>
+        <v>7603066.7999999998</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>162.94999999999999</v>
+        <v>153.30000000000001</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>7883358.0499999998</v>
+        <v>7603066.7999999998</v>
       </c>
       <c r="N19" s="4">
-        <v>7883358.0499999998</v>
+        <v>7603066.7999999998</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>121</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.2801999999999999E-2</v>
+        <v>1.2390999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="4">
-        <v>177609</v>
+        <v>182078</v>
       </c>
       <c r="E20" s="5">
-        <v>63.25</v>
+        <v>62.78</v>
       </c>
       <c r="F20" s="4">
-        <v>11233769.25</v>
+        <v>11430856.84</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>63.25</v>
+        <v>62.78</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>11233769.25</v>
+        <v>11430856.84</v>
       </c>
       <c r="N20" s="4">
-        <v>11233769.25</v>
+        <v>11430856.84</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>125</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.8242999999999999E-2</v>
+        <v>1.8629E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
-        <v>282784</v>
+        <v>289900</v>
       </c>
       <c r="E21" s="5">
-        <v>67.45</v>
+        <v>64.22</v>
       </c>
       <c r="F21" s="4">
-        <v>19073780.800000001</v>
+        <v>18617378</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>67.45</v>
+        <v>64.22</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>19073780.800000001</v>
+        <v>18617378</v>
       </c>
       <c r="N21" s="4">
-        <v>19073780.800000001</v>
+        <v>18617378</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.0974999999999999E-2</v>
+        <v>3.0342000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="4">
-        <v>180497</v>
+        <v>185040</v>
       </c>
       <c r="E22" s="5">
-        <v>77.14</v>
+        <v>84.25</v>
       </c>
       <c r="F22" s="4">
-        <v>13923538.58</v>
+        <v>15589620</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>77.14</v>
+        <v>84.25</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>13923538.58</v>
+        <v>15589620</v>
       </c>
       <c r="N22" s="4">
-        <v>13923538.58</v>
+        <v>15589620</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.2610999999999999E-2</v>
+        <v>2.5406999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="4">
-        <v>32345</v>
+        <v>33159</v>
       </c>
       <c r="E23" s="5">
-        <v>187</v>
+        <v>204.88</v>
       </c>
       <c r="F23" s="4">
-        <v>6048515</v>
+        <v>6793615.9199999999</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>187</v>
+        <v>204.88</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>6048515</v>
+        <v>6793615.9199999999</v>
       </c>
       <c r="N23" s="4">
-        <v>6048515</v>
+        <v>6793615.9199999999</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>9.8219999999999991E-3</v>
+        <v>1.1072E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="4">
-        <v>121222</v>
+        <v>124273</v>
       </c>
       <c r="E24" s="5">
-        <v>163.15</v>
+        <v>170.83</v>
       </c>
       <c r="F24" s="4">
-        <v>19777369.300000001</v>
+        <v>21229556.59</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>163.15</v>
+        <v>170.83</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>19777369.300000001</v>
+        <v>21229556.59</v>
       </c>
       <c r="N24" s="4">
-        <v>19777369.300000001</v>
+        <v>21229556.59</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.2118000000000001E-2</v>
+        <v>3.4598999999999998E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="4">
-        <v>298938</v>
+        <v>306461</v>
       </c>
       <c r="E25" s="5">
-        <v>91.04</v>
+        <v>87.31</v>
       </c>
       <c r="F25" s="4">
-        <v>27215315.52</v>
+        <v>26757109.91</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>91.04</v>
+        <v>87.31</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>27215315.52</v>
+        <v>26757109.91</v>
       </c>
       <c r="N25" s="4">
-        <v>27215315.52</v>
+        <v>26757109.91</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>4.4197E-2</v>
+        <v>4.3608000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="4">
-        <v>133158</v>
+        <v>136509</v>
       </c>
       <c r="E26" s="5">
-        <v>174.48</v>
+        <v>182.48</v>
       </c>
       <c r="F26" s="4">
-        <v>23233407.84</v>
+        <v>24910162.32</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>174.48</v>
+        <v>182.48</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>23233407.84</v>
+        <v>24910162.32</v>
       </c>
       <c r="N26" s="4">
-        <v>23233407.84</v>
+        <v>24910162.32</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.773E-2</v>
+        <v>4.0597000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="4">
-        <v>70605</v>
+        <v>72382</v>
       </c>
       <c r="E27" s="5">
-        <v>175.4</v>
+        <v>174.19</v>
       </c>
       <c r="F27" s="4">
-        <v>12384117</v>
+        <v>12608220.58</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>175.4</v>
+        <v>174.19</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>12384117</v>
+        <v>12608220.58</v>
       </c>
       <c r="N27" s="4">
-        <v>12384117</v>
+        <v>12608220.58</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.0111E-2</v>
+        <v>2.0548E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="4">
-        <v>23145</v>
+        <v>23727</v>
       </c>
       <c r="E28" s="5">
-        <v>268.02</v>
+        <v>259.39</v>
       </c>
       <c r="F28" s="4">
-        <v>6203322.9000000004</v>
+        <v>6154546.5300000003</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>268.02</v>
+        <v>259.39</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>6203322.9000000004</v>
+        <v>6154546.5300000003</v>
       </c>
       <c r="N28" s="4">
-        <v>6203322.9000000004</v>
+        <v>6154546.5300000003</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.0074E-2</v>
+        <v>1.0030000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4">
-        <v>37760</v>
+        <v>38710</v>
       </c>
       <c r="E29" s="5">
-        <v>278.12</v>
+        <v>285.02</v>
       </c>
       <c r="F29" s="4">
-        <v>10501811.199999999</v>
+        <v>11033124.199999999</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>278.12</v>
+        <v>285.02</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>10501811.199999999</v>
+        <v>11033124.199999999</v>
       </c>
       <c r="N29" s="4">
-        <v>10501811.199999999</v>
+        <v>11033124.199999999</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.7054E-2</v>
+        <v>1.7981E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="4">
-        <v>122267</v>
+        <v>125344</v>
       </c>
       <c r="E30" s="5">
-        <v>166.94</v>
+        <v>164.42</v>
       </c>
       <c r="F30" s="4">
-        <v>20411252.98</v>
+        <v>20609060.48</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>166.94</v>
+        <v>164.42</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>20411252.98</v>
+        <v>20609060.48</v>
       </c>
       <c r="N30" s="4">
-        <v>20411252.98</v>
+        <v>20609060.48</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.3147000000000003E-2</v>
+        <v>3.3588E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="4">
-        <v>200559</v>
+        <v>20805</v>
       </c>
       <c r="E31" s="5">
-        <v>28.39</v>
+        <v>143.69999999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>5693870.0099999998</v>
+        <v>2989678.5</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>28.39</v>
+        <v>143.69999999999999</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>5693870.0099999998</v>
+        <v>2989678.5</v>
       </c>
       <c r="N31" s="4">
-        <v>5693870.0099999998</v>
+        <v>2989678.5</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>9.2460000000000007E-3</v>
+        <v>4.8719999999999996E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="4">
-        <v>101473</v>
+        <v>200559</v>
       </c>
       <c r="E32" s="5">
-        <v>142.43</v>
+        <v>28.21</v>
       </c>
       <c r="F32" s="4">
-        <v>14452799.390000001</v>
+        <v>5657769.3899999997</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>142.43</v>
+        <v>28.21</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>14452799.390000001</v>
+        <v>5657769.3899999997</v>
       </c>
       <c r="N32" s="4">
-        <v>14452799.390000001</v>
+        <v>5657769.3899999997</v>
       </c>
       <c r="O32" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="P32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R32" s="3" t="s">
+      <c r="S32" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="S32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.3470999999999999E-2</v>
+        <v>9.2200000000000008E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>422962</v>
+        <v>104027</v>
       </c>
       <c r="E33" s="5">
-        <v>64.5</v>
+        <v>130.06</v>
       </c>
       <c r="F33" s="4">
-        <v>27281049</v>
+        <v>13529751.619999999</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>64.5</v>
+        <v>130.06</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>27281049</v>
+        <v>13529751.619999999</v>
       </c>
       <c r="N33" s="4">
-        <v>27281049</v>
+        <v>13529751.619999999</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>192</v>
       </c>
       <c r="Q33" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="R33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.4304000000000003E-2</v>
+        <v>2.205E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4">
-        <v>172647</v>
+        <v>357643</v>
       </c>
       <c r="E34" s="5">
-        <v>123.11</v>
+        <v>69.42</v>
       </c>
       <c r="F34" s="4">
-        <v>21254572.170000002</v>
+        <v>24827577.059999999</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>123.11</v>
+        <v>69.42</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>21254572.170000002</v>
+        <v>24827577.059999999</v>
       </c>
       <c r="N34" s="4">
-        <v>21254572.170000002</v>
+        <v>24827577.059999999</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>183</v>
+        <v>50</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.4516999999999999E-2</v>
+        <v>4.0462999999999999E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="4">
-        <v>26532</v>
+        <v>176992</v>
       </c>
       <c r="E35" s="5">
-        <v>205.25</v>
+        <v>109.61</v>
       </c>
       <c r="F35" s="4">
-        <v>5445693</v>
+        <v>19400093.120000001</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>205.25</v>
+        <v>109.61</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>5445693</v>
+        <v>19400093.120000001</v>
       </c>
       <c r="N35" s="4">
-        <v>5445693</v>
+        <v>19400093.120000001</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>44</v>
+        <v>188</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>8.8430000000000002E-3</v>
+        <v>3.1616999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="4">
-        <v>204394</v>
+        <v>26679</v>
       </c>
       <c r="E36" s="5">
-        <v>123.1</v>
+        <v>206.71</v>
       </c>
       <c r="F36" s="4">
-        <v>25160901.399999999</v>
+        <v>5514816.0899999999</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>123.1</v>
+        <v>206.71</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>25160901.399999999</v>
+        <v>5514816.0899999999</v>
       </c>
       <c r="N36" s="4">
-        <v>25160901.399999999</v>
+        <v>5514816.0899999999</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>4.086E-2</v>
+        <v>8.9870000000000002E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="4">
-        <v>48212</v>
+        <v>209538</v>
       </c>
       <c r="E37" s="5">
-        <v>444.97</v>
+        <v>122.67</v>
       </c>
       <c r="F37" s="4">
-        <v>21452893.640000001</v>
+        <v>25704026.460000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>444.97</v>
+        <v>122.67</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>21452893.640000001</v>
+        <v>25704026.460000001</v>
       </c>
       <c r="N37" s="4">
-        <v>21452893.640000001</v>
+        <v>25704026.460000001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.4839000000000002E-2</v>
+        <v>4.1890999999999998E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="4">
-        <v>251606</v>
+        <v>49425</v>
       </c>
       <c r="E38" s="5">
-        <v>63.16</v>
+        <v>448.43</v>
       </c>
       <c r="F38" s="4">
-        <v>15891434.960000001</v>
+        <v>22163652.75</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>63.16</v>
+        <v>448.43</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>15891434.960000001</v>
+        <v>22163652.75</v>
       </c>
       <c r="N38" s="4">
-        <v>15891434.960000001</v>
+        <v>22163652.75</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.5807E-2</v>
+        <v>3.6121E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="4">
-        <v>394188</v>
+        <v>257938</v>
       </c>
       <c r="E39" s="5">
-        <v>34.979999999999997</v>
+        <v>64.17</v>
       </c>
       <c r="F39" s="4">
-        <v>13788696.24</v>
+        <v>16551881.460000001</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>34.979999999999997</v>
+        <v>64.17</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>13788696.24</v>
+        <v>16551881.460000001</v>
       </c>
       <c r="N39" s="4">
-        <v>13788696.24</v>
+        <v>16551881.460000001</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.2391999999999999E-2</v>
+        <v>2.6974999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="4">
-        <v>106294</v>
+        <v>404108</v>
       </c>
       <c r="E40" s="5">
-        <v>118.93</v>
+        <v>35.08</v>
       </c>
       <c r="F40" s="4">
-        <v>12641545.42</v>
+        <v>14176108.640000001</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>118.93</v>
+        <v>35.08</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>12641545.42</v>
+        <v>14176108.640000001</v>
       </c>
       <c r="N40" s="4">
-        <v>12641545.42</v>
+        <v>14176108.640000001</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.0528999999999999E-2</v>
+        <v>2.3102999999999999E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="4">
-        <v>57741</v>
+        <v>108969</v>
       </c>
       <c r="E41" s="5">
-        <v>300.02999999999997</v>
+        <v>116.78</v>
       </c>
       <c r="F41" s="4">
-        <v>17324032.23</v>
+        <v>12725399.82</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>300.02999999999997</v>
+        <v>116.78</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>17324032.23</v>
+        <v>12725399.82</v>
       </c>
       <c r="N41" s="4">
-        <v>17324032.23</v>
+        <v>12725399.82</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.8132999999999998E-2</v>
+        <v>2.0739E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="4">
-        <v>138773</v>
+        <v>59194</v>
       </c>
       <c r="E42" s="5">
-        <v>46.48</v>
+        <v>302.32</v>
       </c>
       <c r="F42" s="4">
-        <v>6450169.04</v>
+        <v>17895530.079999998</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>46.48</v>
+        <v>302.32</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>6450169.04</v>
+        <v>17895530.079999998</v>
       </c>
       <c r="N42" s="4">
-        <v>6450169.04</v>
+        <v>17895530.079999998</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>240</v>
+        <v>44</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.0474000000000001E-2</v>
+        <v>2.9165E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="4">
-        <v>45717</v>
+        <v>142265</v>
       </c>
       <c r="E43" s="5">
-        <v>459.41</v>
+        <v>49.91</v>
       </c>
       <c r="F43" s="4">
-        <v>21002846.969999999</v>
+        <v>7100446.1500000004</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>459.41</v>
+        <v>49.91</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>21002846.969999999</v>
+        <v>7100446.1500000004</v>
       </c>
       <c r="N43" s="4">
-        <v>21002846.969999999</v>
+        <v>7100446.1500000004</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>50</v>
+        <v>245</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>34</v>
+        <v>240</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.4107999999999999E-2</v>
+        <v>1.1572000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="4">
-        <v>129422</v>
+        <v>29180</v>
       </c>
       <c r="E44" s="5">
-        <v>166.03</v>
+        <v>455.28</v>
       </c>
       <c r="F44" s="4">
-        <v>21487934.66</v>
+        <v>13285070.4</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>166.03</v>
+        <v>455.28</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>21487934.66</v>
+        <v>13285070.4</v>
       </c>
       <c r="N44" s="4">
-        <v>21487934.66</v>
+        <v>13285070.4</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.4896000000000003E-2</v>
+        <v>2.1651E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="D45" s="4">
-        <v>-486414.89</v>
+        <v>132679</v>
       </c>
       <c r="E45" s="5">
-        <v>1</v>
+        <v>159.22</v>
       </c>
       <c r="F45" s="4">
-        <v>-486414.89</v>
+        <v>21125150.379999999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>252</v>
+        <v>39</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>1</v>
+        <v>159.22</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>-486414.89</v>
+        <v>21125150.379999999</v>
       </c>
       <c r="N45" s="4">
-        <v>-486414.89</v>
+        <v>21125150.379999999</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>34</v>
+        <v>250</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>-7.8899999999999999E-4</v>
+        <v>3.4429000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D46" s="4">
-        <v>3023219.4249999998</v>
+        <v>-511302.47</v>
       </c>
       <c r="E46" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F46" s="4">
-        <v>15146329.319250001</v>
+        <v>-511302.47</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>15146329.319250001</v>
+        <v>-511302.47</v>
       </c>
       <c r="N46" s="4">
-        <v>15146329.319250001</v>
+        <v>-511302.47</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>257</v>
+        <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>259</v>
+        <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>260</v>
+        <v>35</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4597000000000001E-2</v>
+        <v>-8.3299999999999997E-4</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="D47" s="4">
+        <v>3233326.923</v>
+      </c>
+      <c r="E47" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F47" s="4">
+        <v>16198967.884230001</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>798891.6</v>
+        <v>16198967.884230001</v>
       </c>
       <c r="N47" s="4">
-        <v>798891.6</v>
+        <v>16198967.884230001</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="S47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="T47" s="4">
+        <v>1</v>
+      </c>
+      <c r="W47" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="X47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="6">
+        <v>2.64E-2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A48" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="D48" s="4">
+        <v>439871.29</v>
+      </c>
+      <c r="E48" s="5">
+        <v>1</v>
+      </c>
+      <c r="F48" s="4">
+        <v>439871.29</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J48" s="5">
+        <v>1</v>
+      </c>
+      <c r="K48" s="5">
+        <v>1</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M48" s="4">
+        <v>439871.29</v>
+      </c>
+      <c r="N48" s="4">
+        <v>439871.29</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="S47" s="3" t="s">
-[...5 lines deleted...]
-      <c r="W47" s="3" t="s">
+      <c r="P48" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q48" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="X47" s="4">
-[...11 lines deleted...]
-        <v>264</v>
+      <c r="R48" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S48" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="T48" s="4">
+        <v>1</v>
+      </c>
+      <c r="W48" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="6">
+        <v>7.1599999999999995E-4</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="55" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A55" s="3" t="s">
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>