--- v4 (2026-02-13)
+++ v5 (2026-03-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3B3527F-8808-4FE8-9C97-42FF65CF4D5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{430CCF21-9A95-4A4C-AFED-C7CE5D25F4D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{5BC83F78-A804-4B5A-A17A-DD148B6D54C6}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{6BC03C4A-D4CD-4D2E-A909-B1EA1F97CD91}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="631" uniqueCount="280">
   <si>
     <t>GMO Small Cap Quality Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -419,50 +419,65 @@
     <t>2206721</t>
   </si>
   <si>
     <t>COKE</t>
   </si>
   <si>
     <t>US1910981026</t>
   </si>
   <si>
     <t>19247A100</t>
   </si>
   <si>
     <t>Cohen &amp; Steers Inc</t>
   </si>
   <si>
     <t>B02H882</t>
   </si>
   <si>
     <t>CNS</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>US19247A1007</t>
+  </si>
+  <si>
+    <t>221006109</t>
+  </si>
+  <si>
+    <t>Corvel Corp</t>
+  </si>
+  <si>
+    <t>2347277</t>
+  </si>
+  <si>
+    <t>CRVL</t>
+  </si>
+  <si>
+    <t>US2210061097</t>
   </si>
   <si>
     <t>25659T107</t>
   </si>
   <si>
     <t>Dolby Laboratories Inc-Cl A</t>
   </si>
   <si>
     <t>B04NJM9</t>
   </si>
   <si>
     <t>DLB</t>
   </si>
   <si>
     <t>US25659T1079</t>
   </si>
   <si>
     <t>29362U104</t>
   </si>
   <si>
     <t>Entegris Inc</t>
   </si>
   <si>
     <t>2599700</t>
   </si>
@@ -1255,92 +1270,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64B45630-0E3B-454C-AED9-7BB4FDDA1F0F}">
-  <dimension ref="A1:Z55"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FC27E46-916E-4AF9-A5F8-FB2100DF76B8}">
+  <dimension ref="A1:Z56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -1390,3415 +1405,3489 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>367596.23</v>
+        <v>-3605867.58</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>367596.23</v>
+        <v>-3605867.58</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>367596.23</v>
+        <v>-3605867.58</v>
       </c>
       <c r="N4" s="4">
-        <v>367596.23</v>
+        <v>-3605867.58</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>5.9900000000000003E-4</v>
+        <v>-5.4029999999999998E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>245669</v>
+        <v>249619</v>
       </c>
       <c r="E5" s="5">
-        <v>76.25</v>
+        <v>91.06</v>
       </c>
       <c r="F5" s="4">
-        <v>18732261.25</v>
+        <v>22730306.140000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
-        <v>76.25</v>
+        <v>91.06</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>18732261.25</v>
+        <v>22730306.140000001</v>
       </c>
       <c r="N5" s="4">
-        <v>18732261.25</v>
+        <v>22730306.140000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>3.0529000000000001E-2</v>
+        <v>3.4058999999999999E-2</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="4">
-        <v>284954</v>
+        <v>289535</v>
       </c>
       <c r="E6" s="5">
-        <v>8.02</v>
+        <v>7.81</v>
       </c>
       <c r="F6" s="4">
-        <v>2285331.08</v>
+        <v>2261268.35</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>8.02</v>
+        <v>7.81</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>2285331.08</v>
+        <v>2261268.35</v>
       </c>
       <c r="N6" s="4">
-        <v>2285331.08</v>
+        <v>2261268.35</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>3.7239999999999999E-3</v>
+        <v>3.388E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="4">
-        <v>136075</v>
+        <v>138262</v>
       </c>
       <c r="E7" s="5">
-        <v>79.819999999999993</v>
+        <v>96.94</v>
       </c>
       <c r="F7" s="4">
-        <v>10861506.5</v>
+        <v>13403118.279999999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
-        <v>79.819999999999993</v>
+        <v>96.94</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>10861506.5</v>
+        <v>13403118.279999999</v>
       </c>
       <c r="N7" s="4">
-        <v>10861506.5</v>
+        <v>13403118.279999999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.7701000000000001E-2</v>
+        <v>2.0083E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="4">
-        <v>167754</v>
+        <v>170451</v>
       </c>
       <c r="E8" s="5">
-        <v>121.96</v>
+        <v>124.95</v>
       </c>
       <c r="F8" s="4">
-        <v>20459277.84</v>
+        <v>21297852.449999999</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>121.96</v>
+        <v>124.95</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>20459277.84</v>
+        <v>21297852.449999999</v>
       </c>
       <c r="N8" s="4">
-        <v>20459277.84</v>
+        <v>21297852.449999999</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.3342999999999998E-2</v>
+        <v>3.1912000000000003E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="4">
-        <v>601189</v>
+        <v>610853</v>
       </c>
       <c r="E9" s="5">
-        <v>36.86</v>
+        <v>38.49</v>
       </c>
       <c r="F9" s="4">
-        <v>22159826.539999999</v>
+        <v>23511731.969999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>36.86</v>
+        <v>38.49</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>22159826.539999999</v>
+        <v>23511731.969999999</v>
       </c>
       <c r="N9" s="4">
-        <v>22159826.539999999</v>
+        <v>23511731.969999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>67</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.6115000000000001E-2</v>
+        <v>3.5229999999999997E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="4">
-        <v>107074</v>
+        <v>145040</v>
       </c>
       <c r="E10" s="5">
-        <v>80.34</v>
+        <v>88.07</v>
       </c>
       <c r="F10" s="4">
-        <v>8602325.1600000001</v>
+        <v>12773672.800000001</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>80.34</v>
+        <v>88.07</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>8602325.1600000001</v>
+        <v>12773672.800000001</v>
       </c>
       <c r="N10" s="4">
-        <v>8602325.1600000001</v>
+        <v>12773672.800000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.4019E-2</v>
+        <v>1.9140000000000001E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="4">
-        <v>76965</v>
+        <v>78202</v>
       </c>
       <c r="E11" s="5">
-        <v>174.41</v>
+        <v>146.58000000000001</v>
       </c>
       <c r="F11" s="4">
-        <v>13423465.65</v>
+        <v>11462849.16</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>174.41</v>
+        <v>146.58000000000001</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>13423465.65</v>
+        <v>11462849.16</v>
       </c>
       <c r="N11" s="4">
-        <v>13423465.65</v>
+        <v>11462849.16</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>77</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.1877000000000001E-2</v>
+        <v>1.7176E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="4">
-        <v>153044</v>
+        <v>155504</v>
       </c>
       <c r="E12" s="5">
-        <v>153.36000000000001</v>
+        <v>170.17</v>
       </c>
       <c r="F12" s="4">
-        <v>23470827.84</v>
+        <v>26462115.68</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>153.36000000000001</v>
+        <v>170.17</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>23470827.84</v>
+        <v>26462115.68</v>
       </c>
       <c r="N12" s="4">
-        <v>23470827.84</v>
+        <v>26462115.68</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.8252000000000001E-2</v>
+        <v>3.9650999999999999E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="4">
-        <v>182351</v>
+        <v>185283</v>
       </c>
       <c r="E13" s="5">
-        <v>84.36</v>
+        <v>88.42</v>
       </c>
       <c r="F13" s="4">
-        <v>15383130.359999999</v>
+        <v>16382722.859999999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>84.36</v>
+        <v>88.42</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>15383130.359999999</v>
+        <v>16382722.859999999</v>
       </c>
       <c r="N13" s="4">
-        <v>15383130.359999999</v>
+        <v>16382722.859999999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>87</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>84</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.5071E-2</v>
+        <v>2.4548E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="4">
-        <v>112013</v>
+        <v>113814</v>
       </c>
       <c r="E14" s="5">
-        <v>26.06</v>
+        <v>27.37</v>
       </c>
       <c r="F14" s="4">
-        <v>2919058.78</v>
+        <v>3115089.18</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>26.06</v>
+        <v>27.37</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>2919058.78</v>
+        <v>3115089.18</v>
       </c>
       <c r="N14" s="4">
-        <v>2919058.78</v>
+        <v>3115089.18</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.7569999999999999E-3</v>
+        <v>4.6670000000000001E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="4">
-        <v>202271</v>
+        <v>205523</v>
       </c>
       <c r="E15" s="5">
-        <v>47.11</v>
+        <v>44.29</v>
       </c>
       <c r="F15" s="4">
-        <v>9528986.8100000005</v>
+        <v>9102613.6699999999</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>47.11</v>
+        <v>44.29</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>9528986.8100000005</v>
+        <v>9102613.6699999999</v>
       </c>
       <c r="N15" s="4">
-        <v>9528986.8100000005</v>
+        <v>9102613.6699999999</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.553E-2</v>
+        <v>1.3639E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="4">
-        <v>235868</v>
+        <v>239660</v>
       </c>
       <c r="E16" s="5">
-        <v>45.68</v>
+        <v>56.23</v>
       </c>
       <c r="F16" s="4">
-        <v>10774450.24</v>
+        <v>13476081.800000001</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>45.68</v>
+        <v>56.23</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>10774450.24</v>
+        <v>13476081.800000001</v>
       </c>
       <c r="N16" s="4">
-        <v>10774450.24</v>
+        <v>13476081.800000001</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>101</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.7559000000000002E-2</v>
+        <v>2.0192000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="4">
-        <v>155016</v>
+        <v>157508</v>
       </c>
       <c r="E17" s="5">
-        <v>118.5</v>
+        <v>130.34</v>
       </c>
       <c r="F17" s="4">
-        <v>18369396</v>
+        <v>20529592.719999999</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>118.5</v>
+        <v>130.34</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>18369396</v>
+        <v>20529592.719999999</v>
       </c>
       <c r="N17" s="4">
-        <v>18369396</v>
+        <v>20529592.719999999</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.9936999999999998E-2</v>
+        <v>3.0761E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
-        <v>60277</v>
+        <v>61246</v>
       </c>
       <c r="E18" s="5">
-        <v>234.48</v>
+        <v>259.91000000000003</v>
       </c>
       <c r="F18" s="4">
-        <v>14133750.960000001</v>
+        <v>15918447.859999999</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>234.48</v>
+        <v>259.91000000000003</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>14133750.960000001</v>
+        <v>15918447.859999999</v>
       </c>
       <c r="N18" s="4">
-        <v>14133750.960000001</v>
+        <v>15918447.859999999</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>115</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.3033999999999999E-2</v>
+        <v>2.3852000000000002E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="4">
-        <v>49596</v>
+        <v>72318</v>
       </c>
       <c r="E19" s="5">
-        <v>153.30000000000001</v>
+        <v>152.06</v>
       </c>
       <c r="F19" s="4">
-        <v>7603066.7999999998</v>
+        <v>10996675.08</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>153.30000000000001</v>
+        <v>152.06</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>7603066.7999999998</v>
+        <v>10996675.08</v>
       </c>
       <c r="N19" s="4">
-        <v>7603066.7999999998</v>
+        <v>10996675.08</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>120</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>93</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>121</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.2390999999999999E-2</v>
+        <v>1.6476999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="4">
-        <v>182078</v>
+        <v>210351</v>
       </c>
       <c r="E20" s="5">
-        <v>62.78</v>
+        <v>64.260000000000005</v>
       </c>
       <c r="F20" s="4">
-        <v>11430856.84</v>
+        <v>13517155.26</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>62.78</v>
+        <v>64.260000000000005</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>11430856.84</v>
+        <v>13517155.26</v>
       </c>
       <c r="N20" s="4">
-        <v>11430856.84</v>
+        <v>13517155.26</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>125</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>122</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.8629E-2</v>
+        <v>2.0254000000000001E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
-        <v>289900</v>
+        <v>25561</v>
       </c>
       <c r="E21" s="5">
-        <v>64.22</v>
+        <v>69.63</v>
       </c>
       <c r="F21" s="4">
-        <v>18617378</v>
+        <v>1779812.43</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>64.22</v>
+        <v>69.63</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>18617378</v>
+        <v>1779812.43</v>
       </c>
       <c r="N21" s="4">
-        <v>18617378</v>
+        <v>1779812.43</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>131</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>132</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>128</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.0342000000000001E-2</v>
+        <v>2.666E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="4">
-        <v>185040</v>
+        <v>294560</v>
       </c>
       <c r="E22" s="5">
-        <v>84.25</v>
+        <v>64.19</v>
       </c>
       <c r="F22" s="4">
-        <v>15589620</v>
+        <v>18907806.399999999</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>84.25</v>
+        <v>64.19</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>15589620</v>
+        <v>18907806.399999999</v>
       </c>
       <c r="N22" s="4">
-        <v>15589620</v>
+        <v>18907806.399999999</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.5406999999999999E-2</v>
+        <v>2.8330999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="4">
-        <v>33159</v>
+        <v>133208</v>
       </c>
       <c r="E23" s="5">
-        <v>204.88</v>
+        <v>118.07</v>
       </c>
       <c r="F23" s="4">
-        <v>6793615.9199999999</v>
+        <v>15727868.560000001</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>204.88</v>
+        <v>118.07</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>6793615.9199999999</v>
+        <v>15727868.560000001</v>
       </c>
       <c r="N23" s="4">
-        <v>6793615.9199999999</v>
+        <v>15727868.560000001</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>72</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.1072E-2</v>
+        <v>2.3566E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="4">
-        <v>124273</v>
+        <v>48825</v>
       </c>
       <c r="E24" s="5">
-        <v>170.83</v>
+        <v>208.6</v>
       </c>
       <c r="F24" s="4">
-        <v>21229556.59</v>
+        <v>10184895</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>170.83</v>
+        <v>208.6</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>21229556.59</v>
+        <v>10184895</v>
       </c>
       <c r="N24" s="4">
-        <v>21229556.59</v>
+        <v>10184895</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.4598999999999998E-2</v>
+        <v>1.5261E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="4">
-        <v>306461</v>
+        <v>126270</v>
       </c>
       <c r="E25" s="5">
-        <v>87.31</v>
+        <v>174.67</v>
       </c>
       <c r="F25" s="4">
-        <v>26757109.91</v>
+        <v>22055580.899999999</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>87.31</v>
+        <v>174.67</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>26757109.91</v>
+        <v>22055580.899999999</v>
       </c>
       <c r="N25" s="4">
-        <v>26757109.91</v>
+        <v>22055580.899999999</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>4.3608000000000001E-2</v>
+        <v>3.3048000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="4">
-        <v>136509</v>
+        <v>293448</v>
       </c>
       <c r="E26" s="5">
-        <v>182.48</v>
+        <v>90.68</v>
       </c>
       <c r="F26" s="4">
-        <v>24910162.32</v>
+        <v>26609864.640000001</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>182.48</v>
+        <v>90.68</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>24910162.32</v>
+        <v>26609864.640000001</v>
       </c>
       <c r="N26" s="4">
-        <v>24910162.32</v>
+        <v>26609864.640000001</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>126</v>
+        <v>99</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4.0597000000000001E-2</v>
+        <v>3.9871999999999998E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="4">
-        <v>72382</v>
+        <v>138704</v>
       </c>
       <c r="E27" s="5">
-        <v>174.19</v>
+        <v>179.21</v>
       </c>
       <c r="F27" s="4">
-        <v>12608220.58</v>
+        <v>24857143.84</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>174.19</v>
+        <v>179.21</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>12608220.58</v>
+        <v>24857143.84</v>
       </c>
       <c r="N27" s="4">
-        <v>12608220.58</v>
+        <v>24857143.84</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>126</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.0548E-2</v>
+        <v>3.7246000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="4">
-        <v>23727</v>
+        <v>73546</v>
       </c>
       <c r="E28" s="5">
-        <v>259.39</v>
+        <v>168.32</v>
       </c>
       <c r="F28" s="4">
-        <v>6154546.5300000003</v>
+        <v>12379262.720000001</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>259.39</v>
+        <v>168.32</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>6154546.5300000003</v>
+        <v>12379262.720000001</v>
       </c>
       <c r="N28" s="4">
-        <v>6154546.5300000003</v>
+        <v>12379262.720000001</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.0030000000000001E-2</v>
+        <v>1.8549E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4">
-        <v>38710</v>
+        <v>12832</v>
       </c>
       <c r="E29" s="5">
-        <v>285.02</v>
+        <v>288.14</v>
       </c>
       <c r="F29" s="4">
-        <v>11033124.199999999</v>
+        <v>3697412.48</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>285.02</v>
+        <v>288.14</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>11033124.199999999</v>
+        <v>3697412.48</v>
       </c>
       <c r="N29" s="4">
-        <v>11033124.199999999</v>
+        <v>3697412.48</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.7981E-2</v>
+        <v>5.5399999999999998E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="4">
-        <v>125344</v>
+        <v>39332</v>
       </c>
       <c r="E30" s="5">
-        <v>164.42</v>
+        <v>321.04000000000002</v>
       </c>
       <c r="F30" s="4">
-        <v>20609060.48</v>
+        <v>12627145.279999999</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>164.42</v>
+        <v>321.04000000000002</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>20609060.48</v>
+        <v>12627145.279999999</v>
       </c>
       <c r="N30" s="4">
-        <v>20609060.48</v>
+        <v>12627145.279999999</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.3588E-2</v>
+        <v>1.8919999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="4">
-        <v>20805</v>
+        <v>127359</v>
       </c>
       <c r="E31" s="5">
-        <v>143.69999999999999</v>
+        <v>171.57</v>
       </c>
       <c r="F31" s="4">
-        <v>2989678.5</v>
+        <v>21850983.629999999</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>143.69999999999999</v>
+        <v>171.57</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>2989678.5</v>
+        <v>21850983.629999999</v>
       </c>
       <c r="N31" s="4">
-        <v>2989678.5</v>
+        <v>21850983.629999999</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.8719999999999996E-3</v>
+        <v>3.2740999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="4">
-        <v>200559</v>
+        <v>42892</v>
       </c>
       <c r="E32" s="5">
-        <v>28.21</v>
+        <v>149.36000000000001</v>
       </c>
       <c r="F32" s="4">
-        <v>5657769.3899999997</v>
+        <v>6406349.1200000001</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>28.21</v>
+        <v>149.36000000000001</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>5657769.3899999997</v>
+        <v>6406349.1200000001</v>
       </c>
       <c r="N32" s="4">
-        <v>5657769.3899999997</v>
+        <v>6406349.1200000001</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>187</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>188</v>
+        <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>9.2200000000000008E-3</v>
+        <v>9.5989999999999999E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>104027</v>
+        <v>200559</v>
       </c>
       <c r="E33" s="5">
-        <v>130.06</v>
+        <v>32.5</v>
       </c>
       <c r="F33" s="4">
-        <v>13529751.619999999</v>
+        <v>6518167.5</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>130.06</v>
+        <v>32.5</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>13529751.619999999</v>
+        <v>6518167.5</v>
       </c>
       <c r="N33" s="4">
-        <v>13529751.619999999</v>
+        <v>6518167.5</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R33" s="3" t="s">
+      <c r="S33" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="S33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.205E-2</v>
+        <v>9.7660000000000004E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4">
-        <v>357643</v>
+        <v>129623</v>
       </c>
       <c r="E34" s="5">
-        <v>69.42</v>
+        <v>137.33000000000001</v>
       </c>
       <c r="F34" s="4">
-        <v>24827577.059999999</v>
+        <v>17801126.59</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>69.42</v>
+        <v>137.33000000000001</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>24827577.059999999</v>
+        <v>17801126.59</v>
       </c>
       <c r="N34" s="4">
-        <v>24827577.059999999</v>
+        <v>17801126.59</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>197</v>
       </c>
       <c r="Q34" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="R34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.0462999999999999E-2</v>
+        <v>2.6672999999999999E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="4">
-        <v>176992</v>
+        <v>363391</v>
       </c>
       <c r="E35" s="5">
-        <v>109.61</v>
+        <v>73.31</v>
       </c>
       <c r="F35" s="4">
-        <v>19400093.120000001</v>
+        <v>26640194.210000001</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>109.61</v>
+        <v>73.31</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>19400093.120000001</v>
+        <v>26640194.210000001</v>
       </c>
       <c r="N35" s="4">
-        <v>19400093.120000001</v>
+        <v>26640194.210000001</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="P35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1616999999999999E-2</v>
+        <v>3.9917000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="4">
-        <v>26679</v>
+        <v>209563</v>
       </c>
       <c r="E36" s="5">
-        <v>206.71</v>
+        <v>110.31</v>
       </c>
       <c r="F36" s="4">
-        <v>5514816.0899999999</v>
+        <v>23116894.530000001</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>206.71</v>
+        <v>110.31</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>5514816.0899999999</v>
+        <v>23116894.530000001</v>
       </c>
       <c r="N36" s="4">
-        <v>5514816.0899999999</v>
+        <v>23116894.530000001</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>207</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>208</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>209</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>8.9870000000000002E-3</v>
+        <v>3.4638000000000002E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="4">
-        <v>209538</v>
+        <v>27108</v>
       </c>
       <c r="E37" s="5">
-        <v>122.67</v>
+        <v>250.94</v>
       </c>
       <c r="F37" s="4">
-        <v>25704026.460000001</v>
+        <v>6802481.5199999996</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>122.67</v>
+        <v>250.94</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>25704026.460000001</v>
+        <v>6802481.5199999996</v>
       </c>
       <c r="N37" s="4">
-        <v>25704026.460000001</v>
+        <v>6802481.5199999996</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>4.1890999999999998E-2</v>
+        <v>1.0192E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="4">
-        <v>49425</v>
+        <v>201906</v>
       </c>
       <c r="E38" s="5">
-        <v>448.43</v>
+        <v>142.21</v>
       </c>
       <c r="F38" s="4">
-        <v>22163652.75</v>
+        <v>28713052.260000002</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>448.43</v>
+        <v>142.21</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>22163652.75</v>
+        <v>28713052.260000002</v>
       </c>
       <c r="N38" s="4">
-        <v>22163652.75</v>
+        <v>28713052.260000002</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.6121E-2</v>
+        <v>4.3022999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="4">
-        <v>257938</v>
+        <v>43680</v>
       </c>
       <c r="E39" s="5">
-        <v>64.17</v>
+        <v>499.67</v>
       </c>
       <c r="F39" s="4">
-        <v>16551881.460000001</v>
+        <v>21825585.600000001</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>64.17</v>
+        <v>499.67</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>16551881.460000001</v>
+        <v>21825585.600000001</v>
       </c>
       <c r="N39" s="4">
-        <v>16551881.460000001</v>
+        <v>21825585.600000001</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>222</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>223</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>224</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.6974999999999999E-2</v>
+        <v>3.2703000000000003E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="4">
-        <v>404108</v>
+        <v>262084</v>
       </c>
       <c r="E40" s="5">
-        <v>35.08</v>
+        <v>70.69</v>
       </c>
       <c r="F40" s="4">
-        <v>14176108.640000001</v>
+        <v>18526717.960000001</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>35.08</v>
+        <v>70.69</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>14176108.640000001</v>
+        <v>18526717.960000001</v>
       </c>
       <c r="N40" s="4">
-        <v>14176108.640000001</v>
+        <v>18526717.960000001</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>225</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.3102999999999999E-2</v>
+        <v>2.776E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="4">
-        <v>108969</v>
+        <v>410604</v>
       </c>
       <c r="E41" s="5">
-        <v>116.78</v>
+        <v>41.42</v>
       </c>
       <c r="F41" s="4">
-        <v>12725399.82</v>
+        <v>17007217.68</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>116.78</v>
+        <v>41.42</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>12725399.82</v>
+        <v>17007217.68</v>
       </c>
       <c r="N41" s="4">
-        <v>12725399.82</v>
+        <v>17007217.68</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.0739E-2</v>
+        <v>2.5482999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="4">
-        <v>59194</v>
+        <v>110720</v>
       </c>
       <c r="E42" s="5">
-        <v>302.32</v>
+        <v>114.82</v>
       </c>
       <c r="F42" s="4">
-        <v>17895530.079999998</v>
+        <v>12712870.4</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>302.32</v>
+        <v>114.82</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>17895530.079999998</v>
+        <v>12712870.4</v>
       </c>
       <c r="N42" s="4">
-        <v>17895530.079999998</v>
+        <v>12712870.4</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.9165E-2</v>
+        <v>1.9049E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="4">
-        <v>142265</v>
+        <v>40113</v>
       </c>
       <c r="E43" s="5">
-        <v>49.91</v>
+        <v>317.83999999999997</v>
       </c>
       <c r="F43" s="4">
-        <v>7100446.1500000004</v>
+        <v>12749515.92</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>49.91</v>
+        <v>317.83999999999997</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>7100446.1500000004</v>
+        <v>12749515.92</v>
       </c>
       <c r="N43" s="4">
-        <v>7100446.1500000004</v>
+        <v>12749515.92</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>242</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>245</v>
+        <v>44</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>240</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.1572000000000001E-2</v>
+        <v>1.9103999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="4">
-        <v>29180</v>
+        <v>144552</v>
       </c>
       <c r="E44" s="5">
-        <v>455.28</v>
+        <v>51.51</v>
       </c>
       <c r="F44" s="4">
-        <v>13285070.4</v>
+        <v>7445873.5199999996</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>455.28</v>
+        <v>51.51</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>13285070.4</v>
+        <v>7445873.5199999996</v>
       </c>
       <c r="N44" s="4">
-        <v>13285070.4</v>
+        <v>7445873.5199999996</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>248</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>249</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.1651E-2</v>
+        <v>1.1155999999999999E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D45" s="4">
-        <v>132679</v>
+        <v>29649</v>
       </c>
       <c r="E45" s="5">
-        <v>159.22</v>
+        <v>489.44</v>
       </c>
       <c r="F45" s="4">
-        <v>21125150.379999999</v>
+        <v>14511406.560000001</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>159.22</v>
+        <v>489.44</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>21125150.379999999</v>
+        <v>14511406.560000001</v>
       </c>
       <c r="N45" s="4">
-        <v>21125150.379999999</v>
+        <v>14511406.560000001</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>50</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.4429000000000001E-2</v>
+        <v>2.1743999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D46" s="4">
-        <v>-511302.47</v>
+        <v>134812</v>
       </c>
       <c r="E46" s="5">
-        <v>1</v>
+        <v>165.39</v>
       </c>
       <c r="F46" s="4">
-        <v>-511302.47</v>
+        <v>22296556.68</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>257</v>
+        <v>39</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>1</v>
+        <v>165.39</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>-511302.47</v>
+        <v>22296556.68</v>
       </c>
       <c r="N46" s="4">
-        <v>-511302.47</v>
+        <v>22296556.68</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>34</v>
+        <v>258</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>-8.3299999999999997E-4</v>
+        <v>3.3409000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D47" s="4">
-        <v>3233326.923</v>
+        <v>-555604.68999999994</v>
       </c>
       <c r="E47" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F47" s="4">
-        <v>16198967.884230001</v>
+        <v>-555604.68999999994</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>16198967.884230001</v>
+        <v>-555604.68999999994</v>
       </c>
       <c r="N47" s="4">
-        <v>16198967.884230001</v>
+        <v>-555604.68999999994</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>262</v>
+        <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>263</v>
+        <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>265</v>
+        <v>35</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.64E-2</v>
+        <v>-8.3199999999999995E-4</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D48" s="4">
+        <v>4100562.72</v>
+      </c>
+      <c r="E48" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F48" s="4">
+        <v>20543819.227200001</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>439871.29</v>
+        <v>20543819.227200001</v>
       </c>
       <c r="N48" s="4">
-        <v>439871.29</v>
+        <v>20543819.227200001</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>34</v>
+        <v>267</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>268</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="S48" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="T48" s="4">
+        <v>1</v>
+      </c>
+      <c r="W48" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="X48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="6">
+        <v>3.0783000000000001E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A49" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D49" s="4">
+        <v>298298.28999999998</v>
+      </c>
+      <c r="E49" s="5">
+        <v>1</v>
+      </c>
+      <c r="F49" s="4">
+        <v>298298.28999999998</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J49" s="5">
+        <v>1</v>
+      </c>
+      <c r="K49" s="5">
+        <v>1</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M49" s="4">
+        <v>298298.28999999998</v>
+      </c>
+      <c r="N49" s="4">
+        <v>298298.28999999998</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="S48" s="3" t="s">
-[...5 lines deleted...]
-      <c r="W48" s="3" t="s">
+      <c r="P49" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q49" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="X48" s="4">
-[...14 lines deleted...]
-    <row r="51" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="R49" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="T49" s="4">
+        <v>1</v>
+      </c>
+      <c r="W49" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X49" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y49" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="6">
+        <v>4.46E-4</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:1" x14ac:dyDescent="0.2">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:1" x14ac:dyDescent="0.2">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:1" x14ac:dyDescent="0.2">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:1" x14ac:dyDescent="0.2">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A56" s="3" t="s">
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>