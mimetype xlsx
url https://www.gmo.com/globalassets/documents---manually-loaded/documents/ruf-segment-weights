--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FB00747-E12D-4876-A47D-AB3EA26796DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EF1B019-51B5-4553-8086-60C9D62AC95E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
@@ -560,193 +560,193 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45900</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>66.574519958111196</v>
+        <v>63.929871467944103</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>37.791917992627702</v>
+        <v>35.909288810617497</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>11.456757257856101</v>
+        <v>10.492825779307299</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>10.788268701913999</v>
+        <v>10.6030670621513</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>3.6641654158355199</v>
+        <v>3.78552940703899</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>2.8734105684136901</v>
+        <v>3.1391603969289901</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>22.476026676498002</v>
+        <v>25.2713864072294</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>15.3613236996776</v>
+        <v>17.6991247913253</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>3.0304776571293099</v>
+        <v>3.5606335854688802</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>4.0842253196910399</v>
+        <v>4.0116280304352401</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="11">
-        <v>3.46341686966842</v>
+        <v>3.6649276858456701</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="11">
-        <v>2.0667495051317899</v>
+        <v>2.0824332596662201</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="11">
-        <v>2.6674069120329702</v>
+        <v>2.7662241531241301</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="11">
-        <v>2.75188007855765</v>
+        <v>2.2851570261904901</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B20" s="5"/>
     </row>
     <row r="21" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
     </row>
     <row r="22" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="1"/>
     </row>
     <row r="23" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A21:C21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>