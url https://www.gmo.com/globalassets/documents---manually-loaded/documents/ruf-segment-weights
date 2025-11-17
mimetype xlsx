--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EF1B019-51B5-4553-8086-60C9D62AC95E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BF5555F-3B16-4ECB-B977-566D4DE13F84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Industrial Metals</t>
   </si>
   <si>
     <t>Diversified Metals &amp; Mining</t>
   </si>
   <si>
     <t>Copper</t>
   </si>
   <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Timber</t>
   </si>
   <si>
@@ -89,50 +89,53 @@
     <t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</t>
   </si>
   <si>
     <t>Fossil Fuels</t>
   </si>
   <si>
     <t>Exposure (%)</t>
   </si>
   <si>
     <t>Resources UCITS Fund</t>
   </si>
   <si>
     <t>[Cash]</t>
   </si>
   <si>
     <t>Energy Equipment &amp; Services</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Biofuels</t>
   </si>
   <si>
     <t>Other Clean Energy</t>
+  </si>
+  <si>
+    <t>Platinum Group Metals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -557,216 +560,224 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C23"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>63.929871467944103</v>
+        <v>61.3717083536961</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>35.909288810617497</v>
+        <v>34.215080667103301</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>10.492825779307299</v>
+        <v>8.4167770988437702</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>10.6030670621513</v>
+        <v>11.217943483085801</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>3.78552940703899</v>
+        <v>4.1258328645412004</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>3.1391603969289901</v>
+        <v>3.3960742285149101</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>25.2713864072294</v>
+        <v>27.946534234837301</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>17.6991247913253</v>
+        <v>18.467392827376099</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>3.5606335854688802</v>
+        <v>4.7079339739420902</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>4.0116280304352401</v>
+        <v>4.4145179269914303</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A16" s="8" t="s">
-[...3 lines deleted...]
-        <v>3.6649276858456701</v>
+      <c r="A16" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="10">
+        <v>0.35668950652770098</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B17" s="11">
-        <v>2.0824332596662201</v>
+        <v>3.9513011246013399</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B18" s="11">
-        <v>2.7662241531241301</v>
+        <v>2.0943431168303799</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" s="11">
+        <v>2.5262343950931601</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="11">
-[...7 lines deleted...]
-      <c r="A21" s="14" t="s">
+      <c r="B20" s="11">
+        <v>2.1098787749417598</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B21" s="5"/>
+    </row>
+    <row r="22" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="14"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B22" s="14"/>
+      <c r="C22" s="14"/>
+    </row>
+    <row r="23" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+    </row>
+    <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A22:C22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>