--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BF5555F-3B16-4ECB-B977-566D4DE13F84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1F176709-D739-4735-8F2D-5F3AE78FDABE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Industrial Metals</t>
   </si>
   <si>
     <t>Diversified Metals &amp; Mining</t>
   </si>
   <si>
     <t>Copper</t>
   </si>
   <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Timber</t>
   </si>
   <si>
@@ -92,57 +92,63 @@
     <t>Fossil Fuels</t>
   </si>
   <si>
     <t>Exposure (%)</t>
   </si>
   <si>
     <t>Resources UCITS Fund</t>
   </si>
   <si>
     <t>[Cash]</t>
   </si>
   <si>
     <t>Energy Equipment &amp; Services</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Biofuels</t>
   </si>
   <si>
     <t>Other Clean Energy</t>
   </si>
   <si>
     <t>Platinum Group Metals</t>
+  </si>
+  <si>
+    <t>Uranium</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starting in November, Uranium is shown as a standalone segment within Industrial Metals whereas prior to this date it was included within the Other Clean Energy segment. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -166,50 +172,68 @@
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -229,94 +253,102 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="8">
+  <cellStyles count="9">
     <cellStyle name="HyperLink" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="HyperLink 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="7" xr:uid="{7F7811D2-5F61-42C0-B37F-DCFF96F2177C}"/>
     <cellStyle name="Normal_Formula Results_Sheet1" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Normal_New Intl Equity Investing 2" xfId="8" xr:uid="{EFF8ECE5-39F5-40DF-BAB6-371CD619B3FC}"/>
     <cellStyle name="Percent" xfId="6" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="GMO_revised 9-23-14">
       <a:dk1>
@@ -560,224 +592,240 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C24"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>61.3717083536961</v>
+        <v>57.5874103016655</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>34.215080667103301</v>
+        <v>34.246390456105701</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>8.4167770988437702</v>
+        <v>7.84939608423291</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>11.217943483085801</v>
+        <v>10.2721527437325</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>4.1258328645412004</v>
+        <v>1.72456934644843</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>3.3960742285149101</v>
+        <v>3.4949016593088098</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>27.946534234837301</v>
+        <v>31.7539194440944</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>18.467392827376099</v>
+        <v>14.4885455518827</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>4.7079339739420902</v>
+        <v>8.5244430088312306</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>4.4145179269914303</v>
+        <v>6.2589613576382304</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>0.35668950652770098</v>
+        <v>0.390721720934742</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A17" s="8" t="s">
-[...3 lines deleted...]
-        <v>3.9513011246013399</v>
+      <c r="A17" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="10">
+        <v>2.0912478048074798</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B18" s="11">
-        <v>2.0943431168303799</v>
+        <v>4.5485141965144198</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B19" s="11">
-        <v>2.5262343950931601</v>
+        <v>1.9970699674555199</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" s="11">
+        <v>2.6082557956985801</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="11">
-[...7 lines deleted...]
-      <c r="A22" s="14" t="s">
+      <c r="B21" s="11">
+        <v>1.5048302945716201</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B22" s="5"/>
+    </row>
+    <row r="23" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="16"/>
+    </row>
+    <row r="24" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="14"/>
-[...6 lines deleted...]
-    <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B24" s="14"/>
+      <c r="C24" s="14"/>
+    </row>
+    <row r="25" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="1"/>
+      <c r="B25" s="1"/>
+    </row>
+    <row r="26" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="A22:C22"/>
+  <mergeCells count="2">
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="A23:C23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>