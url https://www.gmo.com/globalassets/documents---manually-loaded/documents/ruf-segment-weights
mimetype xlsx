--- v3 (2025-12-28)
+++ v4 (2026-01-17)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1F176709-D739-4735-8F2D-5F3AE78FDABE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{788BC732-DAD1-400B-8629-EE35E05908A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Industrial Metals</t>
   </si>
   <si>
     <t>Diversified Metals &amp; Mining</t>
   </si>
   <si>
     <t>Copper</t>
   </si>
   <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Timber</t>
   </si>
   <si>
@@ -95,60 +95,57 @@
     <t>Exposure (%)</t>
   </si>
   <si>
     <t>Resources UCITS Fund</t>
   </si>
   <si>
     <t>[Cash]</t>
   </si>
   <si>
     <t>Energy Equipment &amp; Services</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Biofuels</t>
   </si>
   <si>
     <t>Other Clean Energy</t>
   </si>
   <si>
     <t>Platinum Group Metals</t>
   </si>
   <si>
     <t>Uranium</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Starting in November, Uranium is shown as a standalone segment within Industrial Metals whereas prior to this date it was included within the Other Clean Energy segment. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -180,63 +177,50 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
-    </font>
-[...11 lines deleted...]
-      <scheme val="major"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
@@ -253,102 +237,94 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="8">
     <cellStyle name="HyperLink" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="HyperLink 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="7" xr:uid="{7F7811D2-5F61-42C0-B37F-DCFF96F2177C}"/>
     <cellStyle name="Normal_Formula Results_Sheet1" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
-    <cellStyle name="Normal_New Intl Equity Investing 2" xfId="8" xr:uid="{EFF8ECE5-39F5-40DF-BAB6-371CD619B3FC}"/>
     <cellStyle name="Percent" xfId="6" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="GMO_revised 9-23-14">
       <a:dk1>
@@ -592,239 +568,231 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C26"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="39.26953125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="29.85546875" customWidth="1"/>
+    <col min="1" max="1" width="35.7265625" customWidth="1"/>
+    <col min="2" max="2" width="11.7265625" customWidth="1"/>
+    <col min="3" max="3" width="29.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>57.5874103016655</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+        <v>55.830738844691197</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>34.246390456105701</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+        <v>33.878077877979898</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>7.84939608423291</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+        <v>7.1624500894973302</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>10.2721527437325</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+        <v>9.7207995732445305</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>1.72456934644843</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+        <v>1.61723937030374</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>3.4949016593088098</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+        <v>3.45217191373635</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>31.7539194440944</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+        <v>32.543133041312799</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>14.4885455518827</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+        <v>14.3888789629691</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>8.5244430088312306</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+        <v>9.0314241359354206</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>6.2589613576382304</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+        <v>6.6338498599895903</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>0.390721720934742</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+        <v>0.32154490203351499</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>2.0912478048074798</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+        <v>2.1674351803851901</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="11">
-        <v>4.5485141965144198</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+        <v>4.6632799389979001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="11">
-        <v>1.9970699674555199</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+        <v>2.1068774744302798</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="11">
-        <v>2.6082557956985801</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+        <v>2.4930767381165801</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>1.5048302945716201</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+        <v>2.3628939624512699</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B22" s="5"/>
     </row>
-    <row r="23" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A24" s="14" t="s">
+    <row r="23" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B24" s="14"/>
-[...6 lines deleted...]
-    <row r="26" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="14"/>
+    </row>
+    <row r="24" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1"/>
+    </row>
+    <row r="25" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="A24:C24"/>
+  <mergeCells count="1">
     <mergeCell ref="A23:C23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>