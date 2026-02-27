--- v4 (2026-01-17)
+++ v5 (2026-02-27)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{788BC732-DAD1-400B-8629-EE35E05908A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18F4A814-9616-4AC5-85A4-3A95B2191E54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
@@ -101,51 +101,51 @@
     <t>[Cash]</t>
   </si>
   <si>
     <t>Energy Equipment &amp; Services</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Biofuels</t>
   </si>
   <si>
     <t>Other Clean Energy</t>
   </si>
   <si>
     <t>Platinum Group Metals</t>
   </si>
   <si>
     <t>Uranium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -172,55 +172,50 @@
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
-    </font>
-[...3 lines deleted...]
-      <family val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
@@ -571,226 +566,226 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="39.26953125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="29.81640625" customWidth="1"/>
+    <col min="1" max="1" width="35.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46022</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>55.830738844691197</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
+        <v>56.652064479939703</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>33.878077877979898</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
+        <v>34.6910960676909</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>7.1624500894973302</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
+        <v>6.8661013057205897</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>9.7207995732445305</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
+        <v>9.9297154928452596</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>1.61723937030374</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
+        <v>1.5697017328758101</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>3.45217191373635</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
+        <v>3.59544987321244</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>32.543133041312799</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
+        <v>33.4314102084086</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>14.3888789629691</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
+        <v>14.96950558344</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>9.0314241359354206</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
+        <v>8.8494974875330499</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>6.6338498599895903</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
+        <v>6.6986710319466498</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>0.32154490203351499</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+        <v>0.310532279834004</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>2.1674351803851901</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+        <v>2.6032038256548899</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="11">
-        <v>4.6632799389979001</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+        <v>4.24129154246467</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="11">
-        <v>2.1068774744302798</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+        <v>1.92510970118776</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="11">
-        <v>2.4930767381165801</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+        <v>2.30215812275515</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>2.3628939624512699</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+        <v>1.4479659452440801</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B22" s="5"/>
     </row>
-    <row r="23" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
     </row>
-    <row r="24" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="1"/>
     </row>
-    <row r="25" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="25" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A23:C23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>