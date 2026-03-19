--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18F4A814-9616-4AC5-85A4-3A95B2191E54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18FDCA9B-4DCD-4F62-9879-77D305EDB561}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Resources" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -588,187 +589,187 @@
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46053</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="9">
-        <v>56.652064479939703</v>
+        <v>56.665311614652502</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="10">
-        <v>34.6910960676909</v>
+        <v>35.642418357668198</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
-        <v>6.8661013057205897</v>
+        <v>5.5051940490340101</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10">
-        <v>9.9297154928452596</v>
+        <v>10.424919286423901</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>1.5697017328758101</v>
+        <v>1.2698695066280199</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="10">
-        <v>3.59544987321244</v>
+        <v>3.8229104148984199</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11">
-        <v>33.4314102084086</v>
+        <v>33.478470067084999</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="10">
-        <v>14.96950558344</v>
+        <v>15.2923064365357</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="10">
-        <v>8.8494974875330499</v>
+        <v>8.7001649515653892</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="10">
-        <v>6.6986710319466498</v>
+        <v>6.59377084887217</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>0.310532279834004</v>
+        <v>0.36922687461127501</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>2.6032038256548899</v>
+        <v>2.5230009555004802</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="11">
-        <v>4.24129154246467</v>
+        <v>4.5256124230863497</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="11">
-        <v>1.92510970118776</v>
+        <v>1.9910761701643001</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="11">
-        <v>2.30215812275515</v>
+        <v>2.4269494455082499</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>1.4479659452440801</v>
+        <v>0.91258027950352105</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
     </row>
     <row r="24" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="1"/>
     </row>
     <row r="25" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A23:C23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>