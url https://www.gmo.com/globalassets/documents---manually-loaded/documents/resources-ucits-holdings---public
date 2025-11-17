--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_06\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{96A6CD8A-C477-4FDC-B33C-8183E6317052}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5B8CDE04-6168-40E4-8484-BD0190D8F237}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="780" windowWidth="11520" windowHeight="8325" xr2:uid="{B32DA2EE-779E-4418-AA92-3DC01293D844}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{4D98AB0A-62AB-4582-99B0-DB1D4F7F8B89}"/>
   </bookViews>
   <sheets>
-    <sheet name="June" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1502" uniqueCount="623">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1515" uniqueCount="626">
   <si>
     <t>GMO Resources UCITS Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -142,992 +145,959 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>BRLTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (BRL)</t>
+    <t>AUDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>CADTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CAD)</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CNYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CNY)</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>INRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (INR)</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>INR</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>MXNTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MXN)</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>PLNTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (PLN)</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>PLN</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>RUBTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (RUB)</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>0718875</t>
+  </si>
+  <si>
+    <t>Rio Tinto Plc</t>
+  </si>
+  <si>
+    <t>RIO</t>
+  </si>
+  <si>
+    <t>GB0007188757</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>0798059</t>
+  </si>
+  <si>
+    <t>Bp Plc</t>
+  </si>
+  <si>
+    <t>BP/</t>
+  </si>
+  <si>
+    <t>GB0007980591</t>
+  </si>
+  <si>
+    <t>13057Q305</t>
+  </si>
+  <si>
+    <t>California Resources Corp</t>
+  </si>
+  <si>
+    <t>BMBK002</t>
+  </si>
+  <si>
+    <t>CRC</t>
+  </si>
+  <si>
+    <t>US13057Q3056</t>
+  </si>
+  <si>
+    <t>165167735</t>
+  </si>
+  <si>
+    <t>Expand Energy Corp</t>
+  </si>
+  <si>
+    <t>BMZ5LZ5</t>
+  </si>
+  <si>
+    <t>EXE</t>
+  </si>
+  <si>
+    <t>US1651677353</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>17888H103</t>
+  </si>
+  <si>
+    <t>Civitas Resources Inc</t>
+  </si>
+  <si>
+    <t>BMG9GG2</t>
+  </si>
+  <si>
+    <t>CIVI</t>
+  </si>
+  <si>
+    <t>US17888H1032</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>Conocophillips</t>
+  </si>
+  <si>
+    <t>2685717</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>US20825C1045</t>
+  </si>
+  <si>
+    <t>2196286</t>
+  </si>
+  <si>
+    <t>Vale Sa</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
-    <t>CADTCash</t>
-[...47 lines deleted...]
-    <t>Trade Date Cash (HKD)</t>
+    <t>VALE3</t>
+  </si>
+  <si>
+    <t>BRVALEACNOR0</t>
+  </si>
+  <si>
+    <t>BVMF</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>2643674</t>
+  </si>
+  <si>
+    <t>Grupo Mexico Sab De Cv-Ser B</t>
+  </si>
+  <si>
+    <t>GMEXICOB</t>
+  </si>
+  <si>
+    <t>MXP370841019</t>
+  </si>
+  <si>
+    <t>XMEX</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>Eqt Corp</t>
+  </si>
+  <si>
+    <t>2319414</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>US26884L1098</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>Freeport-Mcmoran Inc</t>
+  </si>
+  <si>
+    <t>2352118</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>US35671D8570</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>402635502</t>
+  </si>
+  <si>
+    <t>Gulfport Energy Corp</t>
+  </si>
+  <si>
+    <t>BND7X43</t>
+  </si>
+  <si>
+    <t>GPOR</t>
+  </si>
+  <si>
+    <t>US4026355028</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>VIE</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>FR0000124141</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>423452101</t>
+  </si>
+  <si>
+    <t>Helmerich &amp; Payne</t>
+  </si>
+  <si>
+    <t>2420101</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>US4234521015</t>
+  </si>
+  <si>
+    <t>44952J104</t>
+  </si>
+  <si>
+    <t>Crescent Energy Inc-A</t>
+  </si>
+  <si>
+    <t>BNR4QY1</t>
+  </si>
+  <si>
+    <t>CRGY</t>
+  </si>
+  <si>
+    <t>US44952J1043</t>
+  </si>
+  <si>
+    <t>4513612</t>
+  </si>
+  <si>
+    <t>Kemira Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>KEMIRA</t>
+  </si>
+  <si>
+    <t>FI0009004824</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>4651459</t>
+  </si>
+  <si>
+    <t>Omv Ag</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>OMV</t>
+  </si>
+  <si>
+    <t>AT0000743059</t>
+  </si>
+  <si>
+    <t>XWBO</t>
+  </si>
+  <si>
+    <t>500688106</t>
+  </si>
+  <si>
+    <t>Kosmos Energy Ltd</t>
+  </si>
+  <si>
+    <t>BHK15K6</t>
+  </si>
+  <si>
+    <t>KOS</t>
+  </si>
+  <si>
+    <t>US5006881065</t>
+  </si>
+  <si>
+    <t>53115L104</t>
+  </si>
+  <si>
+    <t>Liberty Energy Inc</t>
+  </si>
+  <si>
+    <t>BDCWFT8</t>
+  </si>
+  <si>
+    <t>LBRT</t>
+  </si>
+  <si>
+    <t>US53115L1044</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>Nextracker Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>US65290E1010</t>
+  </si>
+  <si>
+    <t>6622806</t>
+  </si>
+  <si>
+    <t>Modec Inc</t>
+  </si>
+  <si>
+    <t>6269</t>
+  </si>
+  <si>
+    <t>JP3888250002</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>665531307</t>
+  </si>
+  <si>
+    <t>Northern Oil And Gas Inc</t>
+  </si>
+  <si>
+    <t>BN6RJM0</t>
+  </si>
+  <si>
+    <t>NOG</t>
+  </si>
+  <si>
+    <t>US6655313079</t>
+  </si>
+  <si>
+    <t>6711696</t>
+  </si>
+  <si>
+    <t>Japan Petroleum Exploration</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>JP3421100003</t>
+  </si>
+  <si>
+    <t>6732716</t>
+  </si>
+  <si>
+    <t>Oil &amp; Gas Development Co Ltd</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>PKR</t>
+  </si>
+  <si>
+    <t>PK</t>
+  </si>
+  <si>
+    <t>OGDC</t>
+  </si>
+  <si>
+    <t>PK0080201012</t>
+  </si>
+  <si>
+    <t>XKAR</t>
+  </si>
+  <si>
+    <t>6776703</t>
+  </si>
+  <si>
+    <t>Santos Ltd</t>
+  </si>
+  <si>
+    <t>STO</t>
+  </si>
+  <si>
+    <t>AU000000STO6</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>78454L100</t>
+  </si>
+  <si>
+    <t>Sm Energy Co</t>
+  </si>
+  <si>
+    <t>2764188</t>
+  </si>
+  <si>
+    <t>SM</t>
+  </si>
+  <si>
+    <t>US78454L1008</t>
+  </si>
+  <si>
+    <t>83417M104</t>
+  </si>
+  <si>
+    <t>Solaredge Technologies Inc</t>
+  </si>
+  <si>
+    <t>BWC52Q6</t>
+  </si>
+  <si>
+    <t>SEDG</t>
+  </si>
+  <si>
+    <t>US83417M1045</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>BYXB1Y8</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>US86771W1053</t>
+  </si>
+  <si>
+    <t>920253101</t>
+  </si>
+  <si>
+    <t>Valmont Industries</t>
+  </si>
+  <si>
+    <t>2926825</t>
+  </si>
+  <si>
+    <t>VMI</t>
+  </si>
+  <si>
+    <t>US9202531011</t>
+  </si>
+  <si>
+    <t>92338C103</t>
+  </si>
+  <si>
+    <t>Veralto Corp</t>
+  </si>
+  <si>
+    <t>BPGMZQ5</t>
+  </si>
+  <si>
+    <t>VLTO</t>
+  </si>
+  <si>
+    <t>US92338C1036</t>
+  </si>
+  <si>
+    <t>923725105</t>
+  </si>
+  <si>
+    <t>Vermilion Energy Inc</t>
+  </si>
+  <si>
+    <t>B3KVGT4</t>
+  </si>
+  <si>
+    <t>VET</t>
+  </si>
+  <si>
+    <t>CA9237251058</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>Suzano Sa</t>
+  </si>
+  <si>
+    <t>SUZB3</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>B06YV46</t>
+  </si>
+  <si>
+    <t>Neste OYJ</t>
+  </si>
+  <si>
+    <t>NESTE</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>B0FXSY3</t>
+  </si>
+  <si>
+    <t>United Energy Group Ltd</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
-    <t>INRTCash</t>
-[...862 lines deleted...]
-  <si>
     <t>467</t>
   </si>
   <si>
     <t>BMG9231L1081</t>
   </si>
   <si>
     <t>XHKG</t>
   </si>
   <si>
     <t>B156T57</t>
   </si>
   <si>
     <t>Sbm Offshore Nv</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SBMO</t>
   </si>
   <si>
     <t>NL0000360618</t>
@@ -1150,62 +1120,50 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>TGS</t>
   </si>
   <si>
     <t>NO0003078800</t>
   </si>
   <si>
     <t>XOSL</t>
   </si>
   <si>
     <t>B16MKT5</t>
   </si>
   <si>
     <t>Austevoll Seafood Asa</t>
   </si>
   <si>
     <t>AUSS</t>
   </si>
   <si>
     <t>NO0010073489</t>
   </si>
   <si>
-    <t>B17ZL56</t>
-[...10 lines deleted...]
-  <si>
     <t>B1FW751</t>
   </si>
   <si>
     <t>Galp Energia Sgps Sa</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>GALP</t>
   </si>
   <si>
     <t>PTGAL0AM0009</t>
   </si>
   <si>
     <t>XLIS</t>
   </si>
   <si>
     <t>B1L95G3</t>
   </si>
   <si>
     <t>Aker Bp Asa</t>
@@ -1471,74 +1429,74 @@
   <si>
     <t>IVN</t>
   </si>
   <si>
     <t>CA46579R1047</t>
   </si>
   <si>
     <t>46579R104</t>
   </si>
   <si>
     <t>BJF8Q36</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
     <t>CA3953321096</t>
   </si>
   <si>
     <t>395332109</t>
   </si>
   <si>
-    <t>BL0L913</t>
-[...10 lines deleted...]
-  <si>
     <t>BLCY1J2</t>
   </si>
   <si>
     <t>Lifezone Metals Ltd</t>
   </si>
   <si>
     <t>LZM</t>
   </si>
   <si>
     <t>IM00BLCY1J27</t>
   </si>
   <si>
+    <t>BLGWF90</t>
+  </si>
+  <si>
+    <t>Vallourec Sa</t>
+  </si>
+  <si>
+    <t>VK</t>
+  </si>
+  <si>
+    <t>FR0013506730</t>
+  </si>
+  <si>
     <t>BLH2T08</t>
   </si>
   <si>
     <t>Precision Drilling Corp</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>CA74022D4075</t>
   </si>
   <si>
     <t>74022D407</t>
   </si>
   <si>
     <t>BLH3DG5</t>
   </si>
   <si>
     <t>Largo Inc</t>
   </si>
   <si>
     <t>LGO</t>
   </si>
   <si>
     <t>CA5170971017</t>
@@ -1570,50 +1528,62 @@
   <si>
     <t>GB00BMBVGQ36</t>
   </si>
   <si>
     <t>BMHVLR3</t>
   </si>
   <si>
     <t>Tenaris Sa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>LU2598331598</t>
   </si>
   <si>
     <t>MTAA</t>
   </si>
   <si>
+    <t>BMY36H7</t>
+  </si>
+  <si>
+    <t>Saipem Spa</t>
+  </si>
+  <si>
+    <t>SPM</t>
+  </si>
+  <si>
+    <t>IT0005495657</t>
+  </si>
+  <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
@@ -1792,108 +1762,150 @@
   <si>
     <t>US71654V1017</t>
   </si>
   <si>
     <t>833635105</t>
   </si>
   <si>
     <t>Quimica Y Minera Chil-Sp Adr</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>2771122</t>
   </si>
   <si>
     <t>SQM</t>
   </si>
   <si>
     <t>US8336351056</t>
   </si>
   <si>
+    <t>BJ0K6Z9</t>
+  </si>
+  <si>
+    <t>Klabin Sa - Unit</t>
+  </si>
+  <si>
+    <t>Equity Unit</t>
+  </si>
+  <si>
+    <t>KLBN11</t>
+  </si>
+  <si>
+    <t>BRKLBNCDAM18</t>
+  </si>
+  <si>
     <t>B01SCS4</t>
   </si>
   <si>
     <t>Bradespar Sa -Pref</t>
   </si>
   <si>
     <t>Preferred/Preference Share</t>
   </si>
   <si>
     <t>BRAP4</t>
   </si>
   <si>
     <t>BRBRAPACNPR2</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>B0XXJN1</t>
   </si>
   <si>
     <t>PCH</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US7376301039</t>
   </si>
   <si>
+    <t>962166104</t>
+  </si>
+  <si>
+    <t>Weyerhaeuser Co</t>
+  </si>
+  <si>
+    <t>2958936</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>US9621661043</t>
+  </si>
+  <si>
     <t>US91282CMX64</t>
   </si>
   <si>
     <t>TF FLOAT 04/30/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>BN2RK98</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>91282CMX6</t>
+  </si>
+  <si>
+    <t>US91282CNQ05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 07/31/27</t>
+  </si>
+  <si>
+    <t>BTY0CX5</t>
+  </si>
+  <si>
+    <t>91282CNQ0</t>
   </si>
   <si>
     <t>DVTAXRESUSD</t>
   </si>
   <si>
     <t>USD DIVIDEND TAX RESERVE SSB USD D</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
@@ -2296,92 +2308,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C720251-6934-4349-B43F-1AD0CD79BCB1}">
-  <dimension ref="A1:Z123"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C21867B-9BD5-4C6A-BEFF-0FFB231A1B22}">
+  <dimension ref="A1:Z124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2431,8453 +2443,8533 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>571092.12</v>
+        <v>594226.06000000006</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>571092.12</v>
+        <v>594226.06000000006</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>571092.12</v>
+        <v>594226.06000000006</v>
       </c>
       <c r="N4" s="4">
-        <v>571092.12</v>
+        <v>594226.06000000006</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>4.1929999999999997E-3</v>
+        <v>3.8010000000000001E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.11</v>
+        <v>13706.68</v>
       </c>
       <c r="E5" s="5">
-        <v>0.183222</v>
+        <v>0.66274999999999995</v>
       </c>
       <c r="F5" s="4">
-        <v>2.0154459999999999E-2</v>
+        <v>9084.1021700000001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.4578500338905203</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>0.11</v>
+        <v>13706.68</v>
       </c>
       <c r="N5" s="4">
-        <v>2.0154459999999999E-2</v>
+        <v>9084.1021700000001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>5.8E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>26238.53</v>
+        <v>14855.52</v>
       </c>
       <c r="E6" s="5">
-        <v>0.73286899999999999</v>
+        <v>0.71870100000000003</v>
       </c>
       <c r="F6" s="4">
-        <v>19229.410040309998</v>
+        <v>10676.670978870001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>26238.530102000001</v>
+        <v>14855.519985999999</v>
       </c>
       <c r="N6" s="4">
-        <v>19229.410040309998</v>
+        <v>10676.670978870001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.4100000000000001E-4</v>
+        <v>6.7999999999999999E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>0.04</v>
       </c>
       <c r="E7" s="5">
-        <v>0.13955799999999999</v>
+        <v>0.14047999999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>5.5823000000000001E-3</v>
+        <v>5.6192000000000004E-3</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.165500123246602</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
         <v>3.9999E-2</v>
       </c>
       <c r="N7" s="4">
-        <v>5.5823000000000001E-3</v>
+        <v>5.6192000000000004E-3</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>65378.52</v>
+        <v>182</v>
       </c>
       <c r="E8" s="5">
-        <v>1.37035</v>
+        <v>1.175</v>
       </c>
       <c r="F8" s="4">
-        <v>89591.454882000005</v>
+        <v>213.85</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.72974057722479657</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>65378.52</v>
+        <v>182</v>
       </c>
       <c r="N8" s="4">
-        <v>89591.454882000005</v>
+        <v>213.85</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>6.5700000000000003E-4</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>407200</v>
+        <v>114557.01</v>
       </c>
       <c r="E9" s="5">
-        <v>0.127389</v>
+        <v>1.3462499999999999</v>
       </c>
       <c r="F9" s="4">
-        <v>51872.611464970003</v>
+        <v>154222.37471249999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>407199.98411899997</v>
+        <v>114557.01</v>
       </c>
       <c r="N9" s="4">
-        <v>51872.611464970003</v>
+        <v>154222.37471249999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.8000000000000002E-4</v>
+        <v>9.859999999999999E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
         <v>237840</v>
       </c>
       <c r="E10" s="5">
-        <v>1.166E-2</v>
+        <v>1.1263E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>2773.3208955199998</v>
+        <v>2678.7177429600001</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>85.759983534083162</v>
+        <v>88.788735195588259</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>237839.95433400001</v>
+        <v>237839.96034300001</v>
       </c>
       <c r="N10" s="4">
-        <v>2773.3208955199998</v>
+        <v>2678.7177429600001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.0000000000000002E-5</v>
+        <v>1.7E-5</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>2121600</v>
+        <v>1320900</v>
       </c>
       <c r="E11" s="5">
-        <v>6.9230000000000003E-3</v>
+        <v>6.7710000000000001E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>14687.94350791</v>
+        <v>8944.0362934599998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>144.44500617502399</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>2121600.090698</v>
+        <v>1320899.6810679999</v>
       </c>
       <c r="N11" s="4">
-        <v>14687.94350791</v>
+        <v>8944.0362934599998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.07E-4</v>
+        <v>5.7000000000000003E-5</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>371826</v>
+        <v>139946.04</v>
       </c>
       <c r="E12" s="5">
-        <v>3.5079999999999998E-3</v>
+        <v>5.4547999999999999E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>1304.4237853</v>
+        <v>7633.7673530599996</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>285.04971266988963</v>
+        <v>18.332501343314036</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>371825.625199</v>
+        <v>139946.050254</v>
       </c>
       <c r="N12" s="4">
-        <v>1304.4237853</v>
+        <v>7633.7673530599996</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>9.0000000000000002E-6</v>
+        <v>4.8000000000000001E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
         <v>10.18</v>
       </c>
       <c r="E13" s="5">
-        <v>0.27672099999999999</v>
+        <v>0.27564499999999997</v>
       </c>
       <c r="F13" s="4">
-        <v>2.8170183299999998</v>
+        <v>2.8060697100000001</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>3.6137499717224064</v>
+        <v>3.6278500616825209</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>10.179999</v>
+        <v>10.18</v>
       </c>
       <c r="N13" s="4">
-        <v>2.8170183299999998</v>
+        <v>2.8060697100000001</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
         <v>0.2</v>
       </c>
       <c r="E14" s="5">
-        <v>1.2788000000000001E-2</v>
+        <v>1.2121E-2</v>
       </c>
       <c r="F14" s="4">
-        <v>2.5575400000000001E-3</v>
+        <v>2.4242399999999998E-3</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>78.200023147206849</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4">
         <v>0.19999900000000001</v>
       </c>
       <c r="N14" s="4">
-        <v>2.5575400000000001E-3</v>
+        <v>2.4242399999999998E-3</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>130.75</v>
+        <v>318.52</v>
       </c>
       <c r="E15" s="5">
-        <v>0.78514499999999998</v>
+        <v>0.775675</v>
       </c>
       <c r="F15" s="4">
-        <v>102.65771601</v>
+        <v>247.06794912000001</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1.2736499927796781</v>
+        <v>1.2891999951938626</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4">
-        <v>130.749999</v>
+        <v>318.51999799999999</v>
       </c>
       <c r="N15" s="4">
-        <v>102.65771601</v>
+        <v>247.06794912000001</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>0</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>135303.1</v>
+        <v>109436.58</v>
       </c>
       <c r="E16" s="5">
         <v>1</v>
       </c>
       <c r="F16" s="4">
-        <v>135303.1</v>
+        <v>109436.58</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>135303.1</v>
+        <v>109436.58</v>
       </c>
       <c r="N16" s="4">
-        <v>135303.1</v>
+        <v>109436.58</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>9.9299999999999996E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D17" s="4">
         <v>13267</v>
       </c>
       <c r="E17" s="5">
-        <v>103.16</v>
+        <v>107.07</v>
       </c>
       <c r="F17" s="4">
-        <v>1368623.72</v>
+        <v>1420497.69</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>103.16</v>
+        <v>107.07</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>1368623.72</v>
+        <v>1420497.69</v>
       </c>
       <c r="N17" s="4">
-        <v>1368623.72</v>
+        <v>1420497.69</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>94</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.0048E-2</v>
+        <v>9.0880000000000006E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="4">
-        <v>61869</v>
+        <v>43169</v>
       </c>
       <c r="E18" s="5">
-        <v>2.48</v>
+        <v>2.25</v>
       </c>
       <c r="F18" s="4">
-        <v>153435.12</v>
+        <v>97130.25</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>2.48</v>
+        <v>2.25</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>153435.12</v>
+        <v>97130.25</v>
       </c>
       <c r="N18" s="4">
-        <v>153435.12</v>
+        <v>97130.25</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.126E-3</v>
+        <v>6.2100000000000002E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D19" s="4">
         <v>8500</v>
       </c>
       <c r="E19" s="5">
-        <v>114.86</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>976310</v>
+        <v>1178950</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>114.86</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>976310</v>
+        <v>1178950</v>
       </c>
       <c r="N19" s="4">
-        <v>976310</v>
+        <v>1178950</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>7.1679999999999999E-3</v>
+        <v>7.5430000000000002E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="4">
-        <v>32100</v>
+        <v>32900</v>
       </c>
       <c r="E20" s="5">
-        <v>62.67</v>
+        <v>81.08</v>
       </c>
       <c r="F20" s="4">
-        <v>2011707</v>
+        <v>2667532</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>62.67</v>
+        <v>81.08</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>2011707</v>
+        <v>2667532</v>
       </c>
       <c r="N20" s="4">
-        <v>2011707</v>
+        <v>2667532</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>115</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.477E-2</v>
+        <v>1.7066999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="4">
-        <v>124688</v>
+        <v>117588</v>
       </c>
       <c r="E21" s="5">
-        <v>15.19</v>
+        <v>33.58</v>
       </c>
       <c r="F21" s="4">
-        <v>1894010.72</v>
+        <v>3948605.04</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>15.19</v>
+        <v>33.58</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>1894010.72</v>
+        <v>3948605.04</v>
       </c>
       <c r="N21" s="4">
-        <v>1894010.72</v>
+        <v>3948605.04</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.3906E-2</v>
+        <v>2.5263000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D22" s="4">
-        <v>375600</v>
+        <v>436916</v>
       </c>
       <c r="E22" s="5">
-        <v>5.9</v>
+        <v>8.15</v>
       </c>
       <c r="F22" s="4">
-        <v>2216040</v>
+        <v>3560865.4</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>5.9</v>
+        <v>8.15</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>2216040</v>
+        <v>3560865.4</v>
       </c>
       <c r="N22" s="4">
-        <v>2216040</v>
+        <v>3560865.4</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>109</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.627E-2</v>
+        <v>2.2782E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D23" s="4">
-        <v>94009</v>
+        <v>110709</v>
       </c>
       <c r="E23" s="5">
-        <v>58.171357999999998</v>
+        <v>65.797968999999995</v>
       </c>
       <c r="F23" s="4">
-        <v>5468631.1472175</v>
+        <v>7284427.3223437499</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J23" s="5">
-        <v>42.45</v>
+        <v>48.875</v>
       </c>
       <c r="K23" s="5">
-        <v>0.72974057722479657</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M23" s="4">
-        <v>3990682.05</v>
+        <v>5410902.375</v>
       </c>
       <c r="N23" s="4">
-        <v>5468631.1472175</v>
+        <v>7284427.3223437499</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>131</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>4.0152E-2</v>
+        <v>4.6606000000000002E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D24" s="4">
-        <v>1108242</v>
+        <v>1308200</v>
       </c>
       <c r="E24" s="5">
-        <v>5.0113700000000003</v>
+        <v>5.7316589999999996</v>
       </c>
       <c r="F24" s="4">
-        <v>5553810.6561278999</v>
+        <v>7498156.7943749996</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J24" s="5">
-        <v>3.657</v>
+        <v>4.2575000000000003</v>
       </c>
       <c r="K24" s="5">
-        <v>0.72974057722479657</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M24" s="4">
-        <v>4052840.9939999999</v>
+        <v>5569661.5</v>
       </c>
       <c r="N24" s="4">
-        <v>5553810.6561278999</v>
+        <v>7498156.7943749996</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>136</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>135</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.0778000000000002E-2</v>
+        <v>4.7974000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="4">
-        <v>102800</v>
+        <v>105700</v>
       </c>
       <c r="E25" s="5">
-        <v>45.67</v>
+        <v>53.18</v>
       </c>
       <c r="F25" s="4">
-        <v>4694876</v>
+        <v>5621126</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>45.67</v>
+        <v>53.18</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>4694876</v>
+        <v>5621126</v>
       </c>
       <c r="N25" s="4">
-        <v>4694876</v>
+        <v>5621126</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.4471000000000002E-2</v>
+        <v>3.5964000000000003E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="4">
-        <v>2500</v>
+        <v>6500</v>
       </c>
       <c r="E26" s="5">
-        <v>116.94</v>
+        <v>106.24</v>
       </c>
       <c r="F26" s="4">
-        <v>292350</v>
+        <v>690560</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>116.94</v>
+        <v>106.24</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>292350</v>
+        <v>690560</v>
       </c>
       <c r="N26" s="4">
-        <v>292350</v>
+        <v>690560</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>147</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>148</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>145</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.1459999999999999E-3</v>
+        <v>4.4180000000000001E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D27" s="4">
-        <v>43600</v>
+        <v>58400</v>
       </c>
       <c r="E27" s="5">
-        <v>27.52</v>
+        <v>32.5</v>
       </c>
       <c r="F27" s="4">
-        <v>1199872</v>
+        <v>1898000</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>27.52</v>
+        <v>32.5</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>1199872</v>
+        <v>1898000</v>
       </c>
       <c r="N27" s="4">
-        <v>1199872</v>
+        <v>1898000</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>153</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>154</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>151</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>8.8090000000000009E-3</v>
+        <v>1.2142999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D28" s="4">
-        <v>314958</v>
+        <v>412358</v>
       </c>
       <c r="E28" s="5">
-        <v>1.95</v>
+        <v>2.58</v>
       </c>
       <c r="F28" s="4">
-        <v>614168.1</v>
+        <v>1063883.6399999999</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>1.95</v>
+        <v>2.58</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>614168.1</v>
+        <v>1063883.6399999999</v>
       </c>
       <c r="N28" s="4">
-        <v>614168.1</v>
+        <v>1063883.6399999999</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>158</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>159</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>150</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>156</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.509E-3</v>
+        <v>6.8060000000000004E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D29" s="4">
-        <v>22206</v>
+        <v>47106</v>
       </c>
       <c r="E29" s="5">
-        <v>89.74</v>
+        <v>94.59</v>
       </c>
       <c r="F29" s="4">
-        <v>1992766.44</v>
+        <v>4455756.54</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>89.74</v>
+        <v>94.59</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>1992766.44</v>
+        <v>4455756.54</v>
       </c>
       <c r="N29" s="4">
-        <v>1992766.44</v>
+        <v>4455756.54</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>163</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>164</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>161</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4631E-2</v>
+        <v>2.8507999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D30" s="4">
-        <v>219557</v>
+        <v>260257</v>
       </c>
       <c r="E30" s="5">
-        <v>9.6466560000000001</v>
+        <v>10.812029000000001</v>
       </c>
       <c r="F30" s="4">
-        <v>2117990.79307786</v>
+        <v>2813906.18058229</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>39</v>
+        <v>168</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>40</v>
+        <v>169</v>
       </c>
       <c r="J30" s="5">
-        <v>52.65</v>
+        <v>57.58</v>
       </c>
       <c r="K30" s="5">
-        <v>5.4578500338905203</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="M30" s="4">
-        <v>11559676.121779</v>
+        <v>14985598.277793</v>
       </c>
       <c r="N30" s="4">
-        <v>2117990.79307786</v>
+        <v>2813906.18058229</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>166</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.5551000000000001E-2</v>
+        <v>1.8003000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="4">
         <v>19269</v>
       </c>
       <c r="E31" s="5">
-        <v>74.53</v>
+        <v>67.63</v>
       </c>
       <c r="F31" s="4">
-        <v>1436118.57</v>
+        <v>1303162.47</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>74.53</v>
+        <v>67.63</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>1436118.57</v>
+        <v>1303162.47</v>
       </c>
       <c r="N31" s="4">
-        <v>1436118.57</v>
+        <v>1303162.47</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.0544E-2</v>
+        <v>8.3370000000000007E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="4">
         <v>45041</v>
       </c>
       <c r="E32" s="5">
-        <v>17.728104999999999</v>
+        <v>22.624694999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>798491.60131915996</v>
+        <v>1019038.86732787</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J32" s="5">
-        <v>24.19</v>
+        <v>31.48</v>
       </c>
       <c r="K32" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M32" s="4">
-        <v>1089541.7942379999</v>
+        <v>1417890.6786869999</v>
       </c>
       <c r="N32" s="4">
-        <v>798491.60131915996</v>
+        <v>1019038.86732787</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>5.862E-3</v>
+        <v>6.5189999999999996E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D33" s="4">
-        <v>175959</v>
+        <v>180959</v>
       </c>
       <c r="E33" s="5">
-        <v>37.94</v>
+        <v>30.87</v>
       </c>
       <c r="F33" s="4">
-        <v>6675884.46</v>
+        <v>5586204.3300000001</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>37.94</v>
+        <v>30.87</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>6675884.46</v>
+        <v>5586204.3300000001</v>
       </c>
       <c r="N33" s="4">
-        <v>6675884.46</v>
+        <v>5586204.3300000001</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.9015999999999997E-2</v>
+        <v>3.5741000000000002E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="4">
         <v>119612</v>
       </c>
       <c r="E34" s="5">
-        <v>5.9946010000000003</v>
+        <v>8.6927579999999995</v>
       </c>
       <c r="F34" s="4">
-        <v>717026.20156680001</v>
+        <v>1039758.26101186</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>190</v>
+        <v>74</v>
       </c>
       <c r="I34" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J34" s="5">
+        <v>159.36000000000001</v>
+      </c>
+      <c r="K34" s="5">
+        <v>18.332501343314036</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M34" s="4">
+        <v>19061369.716720998</v>
+      </c>
+      <c r="N34" s="4">
+        <v>1039758.26101186</v>
+      </c>
+      <c r="O34" s="3" t="s">
         <v>191</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>5.2639999999999996E-3</v>
+        <v>6.6519999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D35" s="4">
-        <v>5100</v>
+        <v>12200</v>
       </c>
       <c r="E35" s="5">
-        <v>58.32</v>
+        <v>54.43</v>
       </c>
       <c r="F35" s="4">
-        <v>297432</v>
+        <v>664046</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>58.32</v>
+        <v>54.43</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>297432</v>
+        <v>664046</v>
       </c>
       <c r="N35" s="4">
-        <v>297432</v>
+        <v>664046</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.183E-3</v>
+        <v>4.248E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="4">
-        <v>21384</v>
+        <v>11869</v>
       </c>
       <c r="E36" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="F36" s="4">
-        <v>847875.6</v>
+        <v>2617470.5699999998</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>847875.6</v>
+        <v>2617470.5699999998</v>
       </c>
       <c r="N36" s="4">
-        <v>847875.6</v>
+        <v>2617470.5699999998</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>204</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>205</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>109</v>
+        <v>150</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>6.2249999999999996E-3</v>
+        <v>1.6746E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D37" s="4">
-        <v>16469</v>
+        <v>23318</v>
       </c>
       <c r="E37" s="5">
-        <v>165.54</v>
+        <v>39.22</v>
       </c>
       <c r="F37" s="4">
-        <v>2726278.26</v>
+        <v>914531.96</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>165.54</v>
+        <v>39.22</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>2726278.26</v>
+        <v>914531.96</v>
       </c>
       <c r="N37" s="4">
-        <v>2726278.26</v>
+        <v>914531.96</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>205</v>
+        <v>119</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.0017E-2</v>
+        <v>5.8510000000000003E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D38" s="4">
-        <v>23318</v>
+        <v>210355</v>
       </c>
       <c r="E38" s="5">
-        <v>43.35</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="F38" s="4">
-        <v>1010835.3</v>
+        <v>1849020.45</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>43.35</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>1010835.3</v>
+        <v>1849020.45</v>
       </c>
       <c r="N38" s="4">
-        <v>1010835.3</v>
+        <v>1849020.45</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>7.4209999999999996E-3</v>
+        <v>1.183E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D39" s="4">
-        <v>49732</v>
+        <v>9100</v>
       </c>
       <c r="E39" s="5">
-        <v>0.97260000000000002</v>
+        <v>180.98</v>
       </c>
       <c r="F39" s="4">
-        <v>48369.343200000003</v>
+        <v>1646918</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>0.97260000000000002</v>
+        <v>180.98</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>48369.343200000003</v>
+        <v>1646918</v>
       </c>
       <c r="N39" s="4">
-        <v>48369.343200000003</v>
+        <v>1646918</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.5500000000000001E-4</v>
+        <v>1.0536999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D40" s="4">
-        <v>180555</v>
+        <v>50638</v>
       </c>
       <c r="E40" s="5">
-        <v>6.03</v>
+        <v>34.051499999999997</v>
       </c>
       <c r="F40" s="4">
-        <v>1088746.6499999999</v>
+        <v>1724299.8570000001</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>31</v>
+        <v>224</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J40" s="5">
-        <v>6.03</v>
+        <v>28.98</v>
       </c>
       <c r="K40" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>33</v>
+        <v>225</v>
       </c>
       <c r="M40" s="4">
-        <v>1088746.6499999999</v>
+        <v>1467489.24</v>
       </c>
       <c r="N40" s="4">
-        <v>1088746.6499999999</v>
+        <v>1724299.8570000001</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>107</v>
+        <v>227</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>150</v>
+        <v>229</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>222</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>7.9930000000000001E-3</v>
+        <v>1.1032E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D41" s="4">
-        <v>7300</v>
+        <v>20300</v>
       </c>
       <c r="E41" s="5">
-        <v>201.17</v>
+        <v>22.09</v>
       </c>
       <c r="F41" s="4">
-        <v>1468541</v>
+        <v>448427</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>201.17</v>
+        <v>22.09</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>1468541</v>
+        <v>448427</v>
       </c>
       <c r="N41" s="4">
-        <v>1468541</v>
+        <v>448427</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.0782E-2</v>
+        <v>2.869E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="4">
-        <v>49570</v>
+        <v>76800</v>
       </c>
       <c r="E42" s="5">
-        <v>35.508963000000001</v>
+        <v>8.92</v>
       </c>
       <c r="F42" s="4">
-        <v>1760179.271125</v>
+        <v>685056</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>234</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>30.25</v>
+        <v>8.92</v>
       </c>
       <c r="K42" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>1499492.5</v>
+        <v>685056</v>
       </c>
       <c r="N42" s="4">
-        <v>1760179.271125</v>
+        <v>685056</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>240</v>
+        <v>102</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.2923E-2</v>
+        <v>4.3829999999999997E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D43" s="4">
-        <v>71900</v>
+        <v>20175</v>
       </c>
       <c r="E43" s="5">
-        <v>8.6</v>
+        <v>22.419</v>
       </c>
       <c r="F43" s="4">
-        <v>618340</v>
+        <v>452303.32500000001</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J43" s="5">
-        <v>8.6</v>
+        <v>19.079999999999998</v>
       </c>
       <c r="K43" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>33</v>
+        <v>243</v>
       </c>
       <c r="M43" s="4">
-        <v>618340</v>
+        <v>384939</v>
       </c>
       <c r="N43" s="4">
-        <v>618340</v>
+        <v>452303.32500000001</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>244</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>245</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>102</v>
+        <v>246</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>241</v>
+        <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.5399999999999998E-3</v>
+        <v>2.8930000000000002E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D44" s="4">
-        <v>9088</v>
+        <v>21059</v>
       </c>
       <c r="E44" s="5">
-        <v>23.08963</v>
+        <v>53.368499999999997</v>
       </c>
       <c r="F44" s="4">
-        <v>209838.55289600001</v>
+        <v>1123887.2415</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>235</v>
+        <v>55</v>
       </c>
       <c r="J44" s="5">
-        <v>19.670000000000002</v>
+        <v>45.42</v>
       </c>
       <c r="K44" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M44" s="4">
-        <v>178760.95999999999</v>
+        <v>956499.78</v>
       </c>
       <c r="N44" s="4">
-        <v>209838.55289600001</v>
+        <v>1123887.2415</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.5399999999999999E-3</v>
+        <v>7.1900000000000002E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D45" s="4">
-        <v>21059</v>
+        <v>3296738</v>
       </c>
       <c r="E45" s="5">
-        <v>54.208393000000001</v>
+        <v>1.66</v>
       </c>
       <c r="F45" s="4">
-        <v>1141574.548187</v>
+        <v>5472585.0800000001</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>255</v>
+        <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>46.18</v>
+        <v>1.66</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M45" s="4">
+        <v>5472585.0800000001</v>
+      </c>
+      <c r="N45" s="4">
+        <v>5472585.0800000001</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>256</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>257</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>258</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>259</v>
+        <v>102</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>8.3809999999999996E-3</v>
+        <v>3.5014000000000003E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D46" s="4">
-        <v>2932638</v>
+        <v>31500</v>
       </c>
       <c r="E46" s="5">
-        <v>1.72</v>
+        <v>12.34</v>
       </c>
       <c r="F46" s="4">
-        <v>5044137.3600000003</v>
+        <v>388710</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>1.72</v>
+        <v>12.34</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>5044137.3600000003</v>
+        <v>388710</v>
       </c>
       <c r="N46" s="4">
-        <v>5044137.3600000003</v>
+        <v>388710</v>
       </c>
       <c r="O46" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="P46" s="3" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.7034999999999998E-2</v>
+        <v>2.4870000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D47" s="4">
-        <v>31500</v>
+        <v>22600</v>
       </c>
       <c r="E47" s="5">
-        <v>11.48</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="F47" s="4">
-        <v>361620</v>
+        <v>1672174</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>11.48</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>361620</v>
+        <v>1672174</v>
       </c>
       <c r="N47" s="4">
-        <v>361620</v>
+        <v>1672174</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.6549999999999998E-3</v>
+        <v>1.0697999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="4">
-        <v>18505</v>
+        <v>10000</v>
       </c>
       <c r="E48" s="5">
-        <v>9.6824919999999999</v>
+        <v>55.997576000000002</v>
       </c>
       <c r="F48" s="4">
-        <v>179174.52908489999</v>
+        <v>559975.62379389</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H48" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J48" s="5">
+        <v>8270</v>
+      </c>
+      <c r="K48" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M48" s="4">
+        <v>82699980.032089993</v>
+      </c>
+      <c r="N48" s="4">
+        <v>559975.62379389</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="P48" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="I48" s="3" t="s">
+      <c r="S48" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="J48" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.315E-3</v>
+        <v>3.5820000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D49" s="4">
-        <v>23600</v>
+        <v>9100</v>
       </c>
       <c r="E49" s="5">
-        <v>54.37</v>
+        <v>24.8</v>
       </c>
       <c r="F49" s="4">
-        <v>1283132</v>
+        <v>225680</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>54.37</v>
+        <v>24.8</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>1283132</v>
+        <v>225680</v>
       </c>
       <c r="N49" s="4">
-        <v>1283132</v>
+        <v>225680</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>9.4210000000000006E-3</v>
+        <v>1.4430000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="4">
-        <v>9100</v>
+        <v>50400</v>
       </c>
       <c r="E50" s="5">
-        <v>42.853679999999997</v>
+        <v>8.7686650000000004</v>
       </c>
       <c r="F50" s="4">
-        <v>389968.50012114999</v>
+        <v>441940.61685344001</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J50" s="5">
-        <v>6190</v>
+        <v>1295</v>
       </c>
       <c r="K50" s="5">
-        <v>144.44500617502399</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M50" s="4">
-        <v>56329002.408064</v>
+        <v>65267984.241044998</v>
       </c>
       <c r="N50" s="4">
-        <v>389968.50012114999</v>
+        <v>441940.61685344001</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.8630000000000001E-3</v>
+        <v>2.8270000000000001E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D51" s="4">
-        <v>9100</v>
+        <v>363078</v>
       </c>
       <c r="E51" s="5">
-        <v>28.35</v>
+        <v>0.98467300000000002</v>
       </c>
       <c r="F51" s="4">
-        <v>257985</v>
+        <v>357513.04203413997</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>31</v>
+        <v>285</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>32</v>
+        <v>286</v>
       </c>
       <c r="J51" s="5">
-        <v>28.35</v>
+        <v>276.89</v>
       </c>
       <c r="K51" s="5">
-        <v>1</v>
+        <v>281.19982340651092</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>33</v>
+        <v>287</v>
       </c>
       <c r="M51" s="4">
-        <v>257985</v>
+        <v>100532604.285524</v>
       </c>
       <c r="N51" s="4">
-        <v>257985</v>
+        <v>357513.04203413997</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>102</v>
+        <v>290</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>288</v>
+        <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.8940000000000001E-3</v>
+        <v>2.287E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D52" s="4">
-        <v>65000</v>
+        <v>67551</v>
       </c>
       <c r="E52" s="5">
-        <v>7.0268959999999998</v>
+        <v>4.4603080000000004</v>
       </c>
       <c r="F52" s="4">
-        <v>456748.24327599001</v>
+        <v>301298.23193250003</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>1015</v>
+        <v>6.73</v>
       </c>
       <c r="K52" s="5">
-        <v>144.44500617502399</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M52" s="4">
-        <v>65975002.820431001</v>
+        <v>454618.23</v>
       </c>
       <c r="N52" s="4">
-        <v>456748.24327599001</v>
+        <v>301298.23193250003</v>
       </c>
       <c r="O52" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="Q52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>3.3530000000000001E-3</v>
+        <v>1.9269999999999999E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D53" s="4">
-        <v>363078</v>
+        <v>29900</v>
       </c>
       <c r="E53" s="5">
-        <v>0.77600499999999994</v>
+        <v>24.97</v>
       </c>
       <c r="F53" s="4">
-        <v>281750.05648132</v>
+        <v>746603</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>221.2</v>
+        <v>24.97</v>
       </c>
       <c r="K53" s="5">
-        <v>285.04971266988963</v>
+        <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>80312772.644724995</v>
+        <v>746603</v>
       </c>
       <c r="N53" s="4">
-        <v>281750.05648132</v>
+        <v>746603</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>299</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>300</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>301</v>
+        <v>102</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>34</v>
+        <v>296</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.068E-3</v>
+        <v>4.7759999999999999E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D54" s="4">
-        <v>67551</v>
+        <v>116569</v>
       </c>
       <c r="E54" s="5">
-        <v>5.0199809999999996</v>
+        <v>37</v>
       </c>
       <c r="F54" s="4">
-        <v>339104.736531</v>
+        <v>4313053</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H54" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J54" s="5">
+        <v>37</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="4">
+        <v>4313053</v>
+      </c>
+      <c r="N54" s="4">
+        <v>4313053</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="I54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="J54" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>309</v>
+        <v>150</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.4889999999999999E-3</v>
+        <v>2.7595000000000001E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D55" s="4">
-        <v>29900</v>
+        <v>244900</v>
       </c>
       <c r="E55" s="5">
-        <v>24.71</v>
+        <v>17.29</v>
       </c>
       <c r="F55" s="4">
-        <v>738829</v>
+        <v>4234321</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>24.71</v>
+        <v>17.29</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>738829</v>
+        <v>4234321</v>
       </c>
       <c r="N55" s="4">
-        <v>738829</v>
+        <v>4234321</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>5.424E-3</v>
+        <v>2.7091E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D56" s="4">
-        <v>149969</v>
+        <v>1300</v>
       </c>
       <c r="E56" s="5">
-        <v>20.399999999999999</v>
+        <v>387.73</v>
       </c>
       <c r="F56" s="4">
-        <v>3059367.6</v>
+        <v>504049</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>20.399999999999999</v>
+        <v>387.73</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>3059367.6</v>
+        <v>504049</v>
       </c>
       <c r="N56" s="4">
-        <v>3059367.6</v>
+        <v>504049</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>205</v>
+        <v>100</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.2461999999999999E-2</v>
+        <v>3.2239999999999999E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D57" s="4">
-        <v>414900</v>
+        <v>4200</v>
       </c>
       <c r="E57" s="5">
-        <v>8.18</v>
+        <v>106.61</v>
       </c>
       <c r="F57" s="4">
-        <v>3393882</v>
+        <v>447762</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>8.18</v>
+        <v>106.61</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>3393882</v>
+        <v>447762</v>
       </c>
       <c r="N57" s="4">
-        <v>3393882</v>
+        <v>447762</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.4919E-2</v>
+        <v>2.8639999999999998E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D58" s="4">
-        <v>1300</v>
+        <v>27427</v>
       </c>
       <c r="E58" s="5">
-        <v>326.57</v>
+        <v>7.82</v>
       </c>
       <c r="F58" s="4">
-        <v>424541</v>
+        <v>214479.14</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>326.57</v>
+        <v>7.82</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M58" s="4">
-        <v>424541</v>
+        <v>214479.14</v>
       </c>
       <c r="N58" s="4">
-        <v>424541</v>
+        <v>214479.14</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>3.117E-3</v>
+        <v>1.372E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D59" s="4">
-        <v>4200</v>
+        <v>236045</v>
       </c>
       <c r="E59" s="5">
-        <v>100.95</v>
+        <v>9.3699239999999993</v>
       </c>
       <c r="F59" s="4">
-        <v>423990</v>
+        <v>2211723.76562045</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>31</v>
+        <v>168</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>32</v>
+        <v>169</v>
       </c>
       <c r="J59" s="5">
-        <v>100.95</v>
+        <v>49.9</v>
       </c>
       <c r="K59" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="M59" s="4">
-        <v>423990</v>
+        <v>11778645.671184</v>
       </c>
       <c r="N59" s="4">
-        <v>423990</v>
+        <v>2211723.76562045</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>102</v>
+        <v>173</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>330</v>
+        <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.1129999999999999E-3</v>
+        <v>1.4149999999999999E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D60" s="4">
-        <v>27427</v>
+        <v>209131</v>
       </c>
       <c r="E60" s="5">
-        <v>7.28</v>
+        <v>18.312374999999999</v>
       </c>
       <c r="F60" s="4">
-        <v>199668.56</v>
+        <v>3829685.2961249999</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>44</v>
+        <v>242</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J60" s="5">
-        <v>7.28</v>
+        <v>15.585000000000001</v>
       </c>
       <c r="K60" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>46</v>
+        <v>243</v>
       </c>
       <c r="M60" s="4">
-        <v>199668.56</v>
+        <v>3259306.6349999998</v>
       </c>
       <c r="N60" s="4">
-        <v>199668.56</v>
+        <v>3829685.2961249999</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="Q60" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>102</v>
+        <v>246</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>335</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.4660000000000001E-3</v>
+        <v>2.4501999999999999E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D61" s="4">
-        <v>253545</v>
+        <v>8144000</v>
       </c>
       <c r="E61" s="5">
-        <v>9.382816</v>
+        <v>6.812E-2</v>
       </c>
       <c r="F61" s="4">
-        <v>2378965.9756131098</v>
+        <v>554768.39237056999</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>39</v>
+        <v>336</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>40</v>
+        <v>337</v>
       </c>
       <c r="J61" s="5">
-        <v>51.21</v>
+        <v>0.53</v>
       </c>
       <c r="K61" s="5">
-        <v>5.4578500338905203</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="M61" s="4">
-        <v>12984039.530624</v>
+        <v>4316319.8737899996</v>
       </c>
       <c r="N61" s="4">
-        <v>2378965.9756131098</v>
+        <v>554768.39237056999</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>170</v>
+        <v>341</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.7467E-2</v>
+        <v>3.5490000000000001E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D62" s="4">
-        <v>227319</v>
+        <v>18311</v>
       </c>
       <c r="E62" s="5">
-        <v>13.522752000000001</v>
+        <v>25.568000000000001</v>
       </c>
       <c r="F62" s="4">
-        <v>3073978.4618879999</v>
+        <v>468175.64799999999</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>248</v>
+        <v>344</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>235</v>
+        <v>55</v>
       </c>
       <c r="J62" s="5">
-        <v>11.52</v>
+        <v>21.76</v>
       </c>
       <c r="K62" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>249</v>
+        <v>345</v>
       </c>
       <c r="M62" s="4">
-        <v>2618714.88</v>
+        <v>398447.35999999999</v>
       </c>
       <c r="N62" s="4">
-        <v>3073978.4618879999</v>
+        <v>468175.64799999999</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>346</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>347</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>252</v>
+        <v>348</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.257E-2</v>
+        <v>2.9949999999999998E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D63" s="4">
-        <v>8144000</v>
+        <v>34110</v>
       </c>
       <c r="E63" s="5">
-        <v>6.6241999999999995E-2</v>
+        <v>7.4064420000000002</v>
       </c>
       <c r="F63" s="4">
-        <v>539475.15923567</v>
+        <v>252633.74691816</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>59</v>
+        <v>351</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>60</v>
+        <v>352</v>
       </c>
       <c r="J63" s="5">
-        <v>0.52</v>
+        <v>73.900000000000006</v>
       </c>
       <c r="K63" s="5">
-        <v>7.8499996938500116</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>61</v>
+        <v>353</v>
       </c>
       <c r="M63" s="4">
-        <v>4234879.8348390004</v>
+        <v>2520729.0990090002</v>
       </c>
       <c r="N63" s="4">
-        <v>539475.15923567</v>
+        <v>252633.74691816</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="Q63" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>3.9610000000000001E-3</v>
+        <v>1.616E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D64" s="4">
-        <v>21781</v>
+        <v>91158</v>
       </c>
       <c r="E64" s="5">
-        <v>26.411625000000001</v>
+        <v>9.5211369999999995</v>
       </c>
       <c r="F64" s="4">
-        <v>575271.60412499995</v>
+        <v>867927.79971537006</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>235</v>
+        <v>352</v>
       </c>
       <c r="J64" s="5">
-        <v>22.5</v>
+        <v>95</v>
       </c>
       <c r="K64" s="5">
-        <v>0.85189760190825059</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L64" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="M64" s="4">
+        <v>8660010.3401469998</v>
+      </c>
+      <c r="N64" s="4">
+        <v>867927.79971537006</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="R64" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="S64" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="M64" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>4.2230000000000002E-3</v>
+        <v>5.5529999999999998E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D65" s="4">
-        <v>34110</v>
+        <v>94587</v>
       </c>
       <c r="E65" s="5">
-        <v>8.4933350000000001</v>
+        <v>18.9175</v>
       </c>
       <c r="F65" s="4">
-        <v>289707.64943624998</v>
+        <v>1789349.5725</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>363</v>
+        <v>55</v>
       </c>
       <c r="J65" s="5">
-        <v>85.95</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="K65" s="5">
-        <v>10.119699857797977</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>364</v>
       </c>
       <c r="M65" s="4">
-        <v>2931754.4588029999</v>
+        <v>1522850.7</v>
       </c>
       <c r="N65" s="4">
-        <v>289707.64943624998</v>
+        <v>1789349.5725</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>365</v>
       </c>
       <c r="Q65" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>366</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>367</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>2.127E-3</v>
+        <v>1.1448E-2</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D66" s="4">
-        <v>85953</v>
+        <v>27896</v>
       </c>
       <c r="E66" s="5">
-        <v>9.5753830000000004</v>
+        <v>25.366312000000001</v>
       </c>
       <c r="F66" s="4">
-        <v>823032.86658695003</v>
+        <v>707618.67345507001</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="J66" s="5">
-        <v>96.9</v>
+        <v>253.1</v>
       </c>
       <c r="K66" s="5">
-        <v>10.119699857797977</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="M66" s="4">
-        <v>8328845.5829630001</v>
+        <v>7060477.8773210002</v>
       </c>
       <c r="N66" s="4">
-        <v>823032.86658695003</v>
+        <v>707618.67345507001</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>368</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>370</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>186</v>
+        <v>107</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>371</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>6.0429999999999998E-3</v>
+        <v>4.5269999999999998E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D67" s="4">
-        <v>26089</v>
+        <v>213463</v>
       </c>
       <c r="E67" s="5">
-        <v>14.129346</v>
+        <v>3.259757</v>
       </c>
       <c r="F67" s="4">
-        <v>368620.50779399998</v>
+        <v>695837.55292881001</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>304</v>
+        <v>168</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>305</v>
+        <v>169</v>
       </c>
       <c r="J67" s="5">
-        <v>21.56</v>
+        <v>17.36</v>
       </c>
       <c r="K67" s="5">
-        <v>1.5259021896696423</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>306</v>
+        <v>170</v>
       </c>
       <c r="M67" s="4">
-        <v>562478.84</v>
+        <v>3705717.7338569998</v>
       </c>
       <c r="N67" s="4">
-        <v>368620.50779399998</v>
+        <v>695837.55292881001</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>372</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>374</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>119</v>
+        <v>189</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>375</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>309</v>
+        <v>173</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>2.7060000000000001E-3</v>
+        <v>4.4520000000000002E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D68" s="4">
-        <v>312949</v>
+        <v>46136</v>
       </c>
       <c r="E68" s="5">
-        <v>18.276845000000002</v>
+        <v>5.2262360000000001</v>
       </c>
       <c r="F68" s="4">
-        <v>5719720.2094304999</v>
+        <v>241117.62062930001</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>378</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>235</v>
+        <v>80</v>
       </c>
       <c r="J68" s="5">
-        <v>15.57</v>
+        <v>18.96</v>
       </c>
       <c r="K68" s="5">
-        <v>0.85189760190825059</v>
+        <v>3.6278500616825209</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>379</v>
       </c>
       <c r="M68" s="4">
-        <v>4872615.93</v>
+        <v>874738.57487200003</v>
       </c>
       <c r="N68" s="4">
-        <v>5719720.2094304999</v>
+        <v>241117.62062930001</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>376</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>380</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>107</v>
+        <v>189</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>381</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>382</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>4.1995999999999999E-2</v>
+        <v>1.542E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D69" s="4">
-        <v>55838</v>
+        <v>37565</v>
       </c>
       <c r="E69" s="5">
-        <v>25.475064</v>
+        <v>0</v>
       </c>
       <c r="F69" s="4">
-        <v>1422476.59515598</v>
+        <v>4.5532999999999999E-4</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>362</v>
+        <v>84</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>363</v>
+        <v>85</v>
       </c>
       <c r="J69" s="5">
-        <v>257.8</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K69" s="5">
-        <v>10.119699857797977</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>364</v>
+        <v>86</v>
       </c>
       <c r="M69" s="4">
-        <v>14395036.197720001</v>
+        <v>3.7564E-2</v>
       </c>
       <c r="N69" s="4">
-        <v>1422476.59515598</v>
+        <v>4.5532999999999999E-4</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>383</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>385</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>386</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>367</v>
+        <v>387</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>1.0444E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D70" s="4">
-        <v>213463</v>
+        <v>124200</v>
       </c>
       <c r="E70" s="5">
-        <v>3.2192159999999999</v>
+        <v>7.6326000000000001</v>
       </c>
       <c r="F70" s="4">
-        <v>687183.58144691004</v>
+        <v>947968.95213453996</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J70" s="5">
-        <v>17.57</v>
+        <v>10.62</v>
       </c>
       <c r="K70" s="5">
-        <v>5.4578500338905203</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="M70" s="4">
-        <v>3750544.9332889998</v>
+        <v>1319003.998778</v>
       </c>
       <c r="N70" s="4">
-        <v>687183.58144691004</v>
+        <v>947968.95213453996</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>186</v>
+        <v>107</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>34</v>
+        <v>392</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>5.045E-3</v>
+        <v>6.0650000000000001E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D71" s="4">
-        <v>46136</v>
+        <v>1555871</v>
       </c>
       <c r="E71" s="5">
-        <v>4.7042549999999999</v>
+        <v>4.5987900000000002</v>
       </c>
       <c r="F71" s="4">
-        <v>217035.48945001999</v>
+        <v>7155123.9960899996</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H71" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J71" s="5">
+        <v>3.4159999999999999</v>
+      </c>
+      <c r="K71" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M71" s="4">
+        <v>5314855.3360000001</v>
+      </c>
+      <c r="N71" s="4">
+        <v>7155123.9960899996</v>
+      </c>
+      <c r="O71" s="3" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>391</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>395</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>186</v>
+        <v>119</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>396</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>397</v>
+        <v>135</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>1.593E-3</v>
+        <v>4.5779E-2</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D72" s="4">
-        <v>37565</v>
+        <v>32700</v>
       </c>
       <c r="E72" s="5">
-        <v>0</v>
+        <v>10.787696</v>
       </c>
       <c r="F72" s="4">
-        <v>4.8036999999999998E-4</v>
+        <v>352757.65416128002</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="J72" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>15.01</v>
       </c>
       <c r="K72" s="5">
-        <v>78.200023147206849</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="M72" s="4">
-        <v>3.7564E-2</v>
+        <v>490826.99954500003</v>
       </c>
       <c r="N72" s="4">
-        <v>4.8036999999999998E-4</v>
+        <v>352757.65416128002</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="P72" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="Q72" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R72" s="3" t="s">
+      <c r="S72" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="T72" s="4">
+        <v>1</v>
+      </c>
+      <c r="W72" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="S72" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>0</v>
+        <v>2.2560000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D73" s="4">
-        <v>124200</v>
+        <v>1125270</v>
       </c>
       <c r="E73" s="5">
-        <v>6.7057529999999996</v>
+        <v>0</v>
       </c>
       <c r="F73" s="4">
-        <v>832854.52546719997</v>
+        <v>1.363964E-2</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J73" s="5">
-        <v>9.15</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K73" s="5">
-        <v>1.3645000053079051</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M73" s="4">
-        <v>1136430.0044199999</v>
+        <v>1.12527</v>
       </c>
       <c r="N73" s="4">
-        <v>832854.52546719997</v>
+        <v>1.363964E-2</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="Q73" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>180</v>
+        <v>387</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>6.1149999999999998E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D74" s="4">
-        <v>1415345</v>
+        <v>395485</v>
       </c>
       <c r="E74" s="5">
-        <v>3.8863129999999999</v>
+        <v>0</v>
       </c>
       <c r="F74" s="4">
-        <v>5500473.1068470003</v>
+        <v>4.7937600000000002E-3</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="J74" s="5">
-        <v>2.8359999999999999</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K74" s="5">
-        <v>0.72974057722479657</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="M74" s="4">
-        <v>4013918.42</v>
+        <v>0.39548499999999998</v>
       </c>
       <c r="N74" s="4">
-        <v>5500473.1068470003</v>
+        <v>4.7937600000000002E-3</v>
       </c>
       <c r="O74" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="P74" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="P74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q74" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>135</v>
+        <v>387</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>4.0385999999999998E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D75" s="4">
-        <v>32700</v>
+        <v>1534258</v>
       </c>
       <c r="E75" s="5">
-        <v>7.8783440000000002</v>
+        <v>0</v>
       </c>
       <c r="F75" s="4">
-        <v>257621.83950165001</v>
+        <v>1.859707E-2</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J75" s="5">
-        <v>10.75</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K75" s="5">
-        <v>1.3645000053079051</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M75" s="4">
-        <v>351525.00136699999</v>
+        <v>1.5342579999999999</v>
       </c>
       <c r="N75" s="4">
-        <v>257621.83950165001</v>
+        <v>1.859707E-2</v>
       </c>
       <c r="O75" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="P75" s="3" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="Q75" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>180</v>
+        <v>387</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>416</v>
+        <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.8910000000000001E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D76" s="4">
-        <v>1125270</v>
+        <v>39058</v>
       </c>
       <c r="E76" s="5">
         <v>0</v>
       </c>
       <c r="F76" s="4">
-        <v>1.438964E-2</v>
+        <v>4.7343E-4</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>84</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J76" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K76" s="5">
-        <v>78.200023147206849</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M76" s="4">
-        <v>1.12527</v>
+        <v>3.9057000000000001E-2</v>
       </c>
       <c r="N76" s="4">
-        <v>1.438964E-2</v>
+        <v>4.7343E-4</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="Q76" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D77" s="4">
-        <v>395485</v>
+        <v>2552800</v>
       </c>
       <c r="E77" s="5">
         <v>0</v>
       </c>
       <c r="F77" s="4">
-        <v>5.0573500000000004E-3</v>
+        <v>3.094303E-2</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>84</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J77" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K77" s="5">
-        <v>78.200023147206849</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M77" s="4">
-        <v>0.395484</v>
+        <v>2.5528</v>
       </c>
       <c r="N77" s="4">
-        <v>5.0573500000000004E-3</v>
+        <v>3.094303E-2</v>
       </c>
       <c r="O77" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="P77" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R77" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="P77" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S77" s="3" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D78" s="4">
-        <v>1534258</v>
+        <v>37566</v>
       </c>
       <c r="E78" s="5">
-        <v>0</v>
+        <v>18.240621000000001</v>
       </c>
       <c r="F78" s="4">
-        <v>1.9619669999999999E-2</v>
+        <v>685227.16688228003</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="J78" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>25.38</v>
       </c>
       <c r="K78" s="5">
-        <v>78.200023147206849</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="M78" s="4">
-        <v>1.5342579999999999</v>
+        <v>953425.07911699999</v>
       </c>
       <c r="N78" s="4">
-        <v>1.9619669999999999E-2</v>
+        <v>685227.16688228003</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="Q78" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>402</v>
+        <v>183</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>34</v>
+        <v>426</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>0</v>
+        <v>4.3839999999999999E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D79" s="4">
-        <v>39058</v>
+        <v>26153</v>
       </c>
       <c r="E79" s="5">
-        <v>0</v>
+        <v>45.841766999999997</v>
       </c>
       <c r="F79" s="4">
-        <v>4.9945999999999996E-4</v>
+        <v>1198899.77750606</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>84</v>
+        <v>351</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>85</v>
+        <v>352</v>
       </c>
       <c r="J79" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>457.4</v>
       </c>
       <c r="K79" s="5">
-        <v>78.200023147206849</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="M79" s="4">
-        <v>3.9057000000000001E-2</v>
+        <v>11962382.669857999</v>
       </c>
       <c r="N79" s="4">
-        <v>4.9945999999999996E-4</v>
+        <v>1198899.77750606</v>
       </c>
       <c r="O79" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="P79" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="P79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q79" s="3" t="s">
-        <v>107</v>
+        <v>189</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>402</v>
+        <v>356</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>0</v>
+        <v>7.6699999999999997E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D80" s="4">
-        <v>2552800</v>
+        <v>121800</v>
       </c>
       <c r="E80" s="5">
-        <v>0</v>
+        <v>4.3481389999999998</v>
       </c>
       <c r="F80" s="4">
-        <v>3.26445E-2</v>
+        <v>529603.27727468999</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="J80" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>6.05</v>
       </c>
       <c r="K80" s="5">
-        <v>78.200023147206849</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="M80" s="4">
-        <v>2.5528</v>
+        <v>736889.99931700004</v>
       </c>
       <c r="N80" s="4">
-        <v>3.26445E-2</v>
+        <v>529603.27727468999</v>
       </c>
       <c r="O80" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="P80" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="P80" s="3" t="s">
+      <c r="Q80" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="S80" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="T80" s="4">
+        <v>1</v>
+      </c>
+      <c r="W80" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="Q80" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>0</v>
+        <v>3.388E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D81" s="4">
-        <v>37566</v>
+        <v>399500</v>
       </c>
       <c r="E81" s="5">
-        <v>21.040673999999999</v>
+        <v>8.9550090000000004</v>
       </c>
       <c r="F81" s="4">
-        <v>790413.96848663001</v>
+        <v>3577526.2325715101</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J81" s="5">
-        <v>28.71</v>
+        <v>12.46</v>
       </c>
       <c r="K81" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M81" s="4">
-        <v>1078519.8641949999</v>
+        <v>4977769.9953899998</v>
       </c>
       <c r="N81" s="4">
-        <v>790413.96848663001</v>
+        <v>3577526.2325715101</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="Q81" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R81" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="S81" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="T81" s="4">
+        <v>1</v>
+      </c>
+      <c r="W81" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="S81" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>5.803E-3</v>
+        <v>2.2889E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D82" s="4">
-        <v>5911</v>
+        <v>68267</v>
       </c>
       <c r="E82" s="5">
-        <v>44.843226999999999</v>
+        <v>8.1379769999999994</v>
       </c>
       <c r="F82" s="4">
-        <v>265068.31230175</v>
+        <v>555555.48651577998</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>362</v>
+        <v>443</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>363</v>
+        <v>444</v>
       </c>
       <c r="J82" s="5">
-        <v>453.8</v>
+        <v>2698</v>
       </c>
       <c r="K82" s="5">
-        <v>10.119699857797977</v>
+        <v>331.53200941550909</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>364</v>
+        <v>445</v>
       </c>
       <c r="M82" s="4">
-        <v>2682411.7623060001</v>
+        <v>184184426.786387</v>
       </c>
       <c r="N82" s="4">
-        <v>265068.31230175</v>
+        <v>555555.48651577998</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>186</v>
+        <v>107</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>367</v>
+        <v>448</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>1.946E-3</v>
+        <v>3.5539999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D83" s="4">
-        <v>121800</v>
+        <v>221600</v>
       </c>
       <c r="E83" s="5">
-        <v>3.539758</v>
+        <v>2.8110050000000002</v>
       </c>
       <c r="F83" s="4">
-        <v>431142.54305605998</v>
+        <v>622918.75338030001</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J83" s="5">
-        <v>4.83</v>
+        <v>20.010000000000002</v>
       </c>
       <c r="K83" s="5">
-        <v>1.3645000053079051</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M83" s="4">
-        <v>588294.00228799996</v>
+        <v>4434216.0072320001</v>
       </c>
       <c r="N83" s="4">
-        <v>431142.54305605998</v>
+        <v>622918.75338030001</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>180</v>
+        <v>453</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>450</v>
+        <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>3.1649999999999998E-3</v>
+        <v>3.9849999999999998E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D84" s="4">
-        <v>388500</v>
+        <v>244261</v>
       </c>
       <c r="E84" s="5">
-        <v>6.9329419999999997</v>
+        <v>10.608021000000001</v>
       </c>
       <c r="F84" s="4">
-        <v>2693448.1495053102</v>
+        <v>2591125.7438551099</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J84" s="5">
-        <v>9.4600000000000009</v>
+        <v>14.76</v>
       </c>
       <c r="K84" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M84" s="4">
-        <v>3675210.0142959999</v>
+        <v>3605292.3566609998</v>
       </c>
       <c r="N84" s="4">
-        <v>2693448.1495053102</v>
+        <v>2591125.7438551099</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.9775999999999998E-2</v>
+        <v>1.6577999999999999E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D85" s="4">
-        <v>68267</v>
+        <v>83257</v>
       </c>
       <c r="E85" s="5">
-        <v>8.6753959999999992</v>
+        <v>0.21920400000000001</v>
       </c>
       <c r="F85" s="4">
-        <v>592242.80400095996</v>
+        <v>18250.2407647</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>458</v>
+        <v>44</v>
       </c>
       <c r="I85" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J85" s="5">
+        <v>0.30499999999999999</v>
+      </c>
+      <c r="K85" s="5">
+        <v>1.3913999987115637</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M85" s="4">
+        <v>25393.384976000001</v>
+      </c>
+      <c r="N85" s="4">
+        <v>18250.2407647</v>
+      </c>
+      <c r="O85" s="3" t="s">
         <v>459</v>
-      </c>
-[...16 lines deleted...]
-        <v>456</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>461</v>
       </c>
       <c r="Q85" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>462</v>
       </c>
       <c r="S85" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="T85" s="4">
+        <v>1</v>
+      </c>
+      <c r="W85" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="T85" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>4.3480000000000003E-3</v>
+        <v>1.16E-4</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>464</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D86" s="4">
-        <v>221600</v>
+        <v>122000</v>
       </c>
       <c r="E86" s="5">
-        <v>2.322238</v>
+        <v>5.48</v>
       </c>
       <c r="F86" s="4">
-        <v>514608.05247365998</v>
+        <v>668560</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>16.64</v>
+        <v>5.48</v>
       </c>
       <c r="K86" s="5">
-        <v>7.165500123246602</v>
+        <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="M86" s="4">
-        <v>3687424.0634229998</v>
+        <v>668560</v>
       </c>
       <c r="N86" s="4">
-        <v>514608.05247365998</v>
+        <v>668560</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>464</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>466</v>
       </c>
       <c r="Q86" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>467</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>468</v>
+        <v>102</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>3.7780000000000001E-3</v>
+        <v>4.2770000000000004E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D87" s="4">
-        <v>241361</v>
+        <v>8974</v>
       </c>
       <c r="E87" s="5">
-        <v>7.4972519999999996</v>
+        <v>19.017375000000001</v>
       </c>
       <c r="F87" s="4">
-        <v>1809544.17735434</v>
+        <v>170661.92324999999</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>44</v>
+        <v>224</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J87" s="5">
-        <v>10.23</v>
+        <v>16.184999999999999</v>
       </c>
       <c r="K87" s="5">
-        <v>1.3645000053079051</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>46</v>
+        <v>225</v>
       </c>
       <c r="M87" s="4">
-        <v>2469123.0396039998</v>
+        <v>145244.19</v>
       </c>
       <c r="N87" s="4">
-        <v>1809544.17735434</v>
+        <v>170661.92324999999</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="P87" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R87" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="Q87" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S87" s="3" t="s">
-        <v>180</v>
+        <v>229</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>473</v>
+        <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.3285999999999999E-2</v>
+        <v>1.091E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D88" s="4">
-        <v>83257</v>
+        <v>5400</v>
       </c>
       <c r="E88" s="5">
-        <v>6.9623000000000004E-2</v>
+        <v>56.331752000000002</v>
       </c>
       <c r="F88" s="4">
-        <v>5796.5665078800002</v>
+        <v>304191.46183699998</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J88" s="5">
-        <v>9.5000000000000001E-2</v>
+        <v>78.38</v>
       </c>
       <c r="K88" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M88" s="4">
-        <v>7909.4150300000001</v>
+        <v>423251.99960799998</v>
       </c>
       <c r="N88" s="4">
-        <v>5796.5665078800002</v>
+        <v>304191.46183699998</v>
       </c>
       <c r="O88" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="P88" s="3" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="Q88" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>4.1999999999999998E-5</v>
+        <v>1.946E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D89" s="4">
-        <v>814484</v>
+        <v>179258</v>
       </c>
       <c r="E89" s="5">
-        <v>1.815291</v>
+        <v>1.4948969999999999</v>
       </c>
       <c r="F89" s="4">
-        <v>1478525.9247379899</v>
+        <v>267972.28690528002</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>272</v>
+        <v>44</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>273</v>
+        <v>45</v>
       </c>
       <c r="J89" s="5">
-        <v>32.26</v>
+        <v>2.08</v>
       </c>
       <c r="K89" s="5">
-        <v>17.771250594892614</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="M89" s="4">
-        <v>26275254.719563998</v>
+        <v>372856.639654</v>
       </c>
       <c r="N89" s="4">
-        <v>1478525.9247379899</v>
+        <v>267972.28690528002</v>
       </c>
       <c r="O89" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="P89" s="3" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="Q89" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>277</v>
+        <v>183</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>34</v>
+        <v>481</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>1.0855E-2</v>
+        <v>1.714E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D90" s="4">
-        <v>122000</v>
+        <v>69278</v>
       </c>
       <c r="E90" s="5">
-        <v>4.12</v>
+        <v>0.22533500000000001</v>
       </c>
       <c r="F90" s="4">
-        <v>502640</v>
+        <v>15610.75813</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J90" s="5">
-        <v>4.12</v>
+        <v>0.34</v>
       </c>
       <c r="K90" s="5">
-        <v>1</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="M90" s="4">
-        <v>502640</v>
+        <v>23554.52</v>
       </c>
       <c r="N90" s="4">
-        <v>502640</v>
+        <v>15610.75813</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="P90" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="Q90" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S90" s="3" t="s">
-        <v>102</v>
+        <v>295</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.6900000000000001E-3</v>
+        <v>9.8999999999999994E-5</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D91" s="4">
-        <v>5400</v>
+        <v>519410</v>
       </c>
       <c r="E91" s="5">
-        <v>47.262732999999997</v>
+        <v>2.7921230000000001</v>
       </c>
       <c r="F91" s="4">
-        <v>255218.76145108</v>
+        <v>1450256.347725</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J91" s="5">
-        <v>64.489999999999995</v>
+        <v>2.0739999999999998</v>
       </c>
       <c r="K91" s="5">
-        <v>1.3645000053079051</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M91" s="4">
-        <v>348246.00135400001</v>
+        <v>1077256.3400000001</v>
       </c>
       <c r="N91" s="4">
-        <v>255218.76145108</v>
+        <v>1450256.347725</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="Q91" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>180</v>
+        <v>135</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>1.8730000000000001E-3</v>
+        <v>9.2779999999999998E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D92" s="4">
-        <v>179258</v>
+        <v>52840</v>
       </c>
       <c r="E92" s="5">
-        <v>1.2898499999999999</v>
+        <v>17.84825</v>
       </c>
       <c r="F92" s="4">
-        <v>231215.88860388001</v>
+        <v>943101.53</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>44</v>
+        <v>492</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J92" s="5">
-        <v>1.76</v>
+        <v>15.19</v>
       </c>
       <c r="K92" s="5">
-        <v>1.3645000053079051</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>46</v>
+        <v>493</v>
       </c>
       <c r="M92" s="4">
-        <v>315494.08122699999</v>
+        <v>802639.6</v>
       </c>
       <c r="N92" s="4">
-        <v>231215.88860388001</v>
+        <v>943101.53</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>494</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>495</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>180</v>
+        <v>496</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>496</v>
+        <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.6969999999999999E-3</v>
+        <v>6.0340000000000003E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D93" s="4">
-        <v>69278</v>
+        <v>57607</v>
       </c>
       <c r="E93" s="5">
-        <v>0.12124</v>
+        <v>2.8869750000000001</v>
       </c>
       <c r="F93" s="4">
-        <v>8399.2474005000004</v>
+        <v>166309.96882499999</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>304</v>
+        <v>492</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>305</v>
+        <v>55</v>
       </c>
       <c r="J93" s="5">
-        <v>0.185</v>
+        <v>2.4569999999999999</v>
       </c>
       <c r="K93" s="5">
-        <v>1.5259021896696423</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>306</v>
+        <v>493</v>
       </c>
       <c r="M93" s="4">
-        <v>12816.43</v>
+        <v>141540.399</v>
       </c>
       <c r="N93" s="4">
-        <v>8399.2474005000004</v>
+        <v>166309.96882499999</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>497</v>
       </c>
       <c r="P93" s="3" t="s">
         <v>499</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R93" s="3" t="s">
         <v>500</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>309</v>
+        <v>496</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>6.0999999999999999E-5</v>
+        <v>1.0640000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="4">
-        <v>546420</v>
+        <v>248008</v>
       </c>
       <c r="E94" s="5">
-        <v>2.6845159999999999</v>
+        <v>3.5457130000000001</v>
       </c>
       <c r="F94" s="4">
-        <v>1466873.0414730001</v>
+        <v>879365.06570000004</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="J94" s="5">
-        <v>1.9590000000000001</v>
+        <v>5.35</v>
       </c>
       <c r="K94" s="5">
-        <v>0.72974057722479657</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="M94" s="4">
-        <v>1070436.78</v>
+        <v>1326842.8</v>
       </c>
       <c r="N94" s="4">
-        <v>1466873.0414730001</v>
+        <v>879365.06570000004</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>501</v>
       </c>
       <c r="P94" s="3" t="s">
         <v>503</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R94" s="3" t="s">
         <v>504</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>135</v>
+        <v>295</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.077E-2</v>
+        <v>5.6259999999999999E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D95" s="4">
-        <v>43432</v>
+        <v>124001</v>
       </c>
       <c r="E95" s="5">
-        <v>18.752254000000001</v>
+        <v>18.857827</v>
       </c>
       <c r="F95" s="4">
-        <v>814447.88486999995</v>
+        <v>2338389.3401334798</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>507</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>235</v>
+        <v>508</v>
       </c>
       <c r="J95" s="5">
-        <v>15.975</v>
+        <v>119.8</v>
       </c>
       <c r="K95" s="5">
-        <v>0.85189760190825059</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M95" s="4">
-        <v>693826.2</v>
+        <v>14855319.368481999</v>
       </c>
       <c r="N95" s="4">
-        <v>814447.88486999995</v>
+        <v>2338389.3401334798</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>505</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>5.9789999999999999E-3</v>
+        <v>1.4961E-2</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D96" s="4">
-        <v>248008</v>
+        <v>9169</v>
       </c>
       <c r="E96" s="5">
-        <v>0.52755700000000005</v>
+        <v>47.094000000000001</v>
       </c>
       <c r="F96" s="4">
-        <v>130838.294454</v>
+        <v>431804.886</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>304</v>
+        <v>224</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>305</v>
+        <v>55</v>
       </c>
       <c r="J96" s="5">
-        <v>0.80500000000000005</v>
+        <v>40.08</v>
       </c>
       <c r="K96" s="5">
-        <v>1.5259021896696423</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>306</v>
+        <v>225</v>
       </c>
       <c r="M96" s="4">
-        <v>199646.44</v>
+        <v>367493.52</v>
       </c>
       <c r="N96" s="4">
-        <v>130838.294454</v>
+        <v>431804.886</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>309</v>
+        <v>229</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>9.6000000000000002E-4</v>
+        <v>2.7620000000000001E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D97" s="4">
-        <v>135549</v>
+        <v>120700</v>
       </c>
       <c r="E97" s="5">
-        <v>14.950125</v>
+        <v>2.3678309999999998</v>
       </c>
       <c r="F97" s="4">
-        <v>2026474.3981874799</v>
+        <v>285797.14771244</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>518</v>
+        <v>168</v>
       </c>
       <c r="I97" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="J97" s="5">
+        <v>12.61</v>
+      </c>
+      <c r="K97" s="5">
+        <v>5.3255500773988818</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="M97" s="4">
+        <v>1522027.0221200001</v>
+      </c>
+      <c r="N97" s="4">
+        <v>285797.14771244</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="P97" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="J97" s="5">
-[...5 lines deleted...]
-      <c r="L97" s="3" t="s">
+      <c r="Q97" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R97" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="M97" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S97" s="3" t="s">
-        <v>523</v>
+        <v>173</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.4879E-2</v>
+        <v>1.828E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D98" s="4">
-        <v>9169</v>
+        <v>183329</v>
       </c>
       <c r="E98" s="5">
-        <v>41.953398999999997</v>
+        <v>3.09056</v>
       </c>
       <c r="F98" s="4">
-        <v>384670.71543099999</v>
+        <v>566589.35582886997</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>234</v>
+        <v>49</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>235</v>
+        <v>50</v>
       </c>
       <c r="J98" s="5">
-        <v>35.74</v>
+        <v>22</v>
       </c>
       <c r="K98" s="5">
-        <v>0.85189760190825059</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>236</v>
+        <v>51</v>
       </c>
       <c r="M98" s="4">
-        <v>327700.06</v>
+        <v>4033238.0065779998</v>
       </c>
       <c r="N98" s="4">
-        <v>384670.71543099999</v>
+        <v>566589.35582886997</v>
       </c>
       <c r="O98" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="P98" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q98" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R98" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="P98" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S98" s="3" t="s">
-        <v>240</v>
+        <v>525</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.8240000000000001E-3</v>
+        <v>3.6250000000000002E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D99" s="4">
-        <v>94000</v>
+        <v>125907</v>
       </c>
       <c r="E99" s="5">
-        <v>2.6255760000000001</v>
+        <v>35.628506000000002</v>
       </c>
       <c r="F99" s="4">
-        <v>246804.14448913001</v>
+        <v>4485878.3364187498</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J99" s="5">
-        <v>14.33</v>
+        <v>26.465</v>
       </c>
       <c r="K99" s="5">
-        <v>5.4578500338905203</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="M99" s="4">
-        <v>1347020.0083639999</v>
+        <v>3332128.7549999999</v>
       </c>
       <c r="N99" s="4">
-        <v>246804.14448913001</v>
+        <v>4485878.3364187498</v>
       </c>
       <c r="O99" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="P99" s="3" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="Q99" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>1.812E-3</v>
+        <v>2.8701000000000001E-2</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D100" s="4">
-        <v>183329</v>
+        <v>42599</v>
       </c>
       <c r="E100" s="5">
-        <v>2.320843</v>
+        <v>9.8368369999999992</v>
       </c>
       <c r="F100" s="4">
-        <v>425477.81313237001</v>
+        <v>419039.45258474001</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>50</v>
+        <v>352</v>
       </c>
       <c r="J100" s="5">
-        <v>16.63</v>
+        <v>98.15</v>
       </c>
       <c r="K100" s="5">
-        <v>7.165500123246602</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>51</v>
+        <v>353</v>
       </c>
       <c r="M100" s="4">
-        <v>3048761.3224379998</v>
+        <v>4181092.0142239998</v>
       </c>
       <c r="N100" s="4">
-        <v>425477.81313237001</v>
+        <v>419039.45258474001</v>
       </c>
       <c r="O100" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="P100" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="P100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q100" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>536</v>
+        <v>356</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>3.124E-3</v>
+        <v>2.6809999999999998E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D101" s="4">
-        <v>139250</v>
+        <v>85700</v>
       </c>
       <c r="E101" s="5">
-        <v>34.991886999999998</v>
+        <v>2.069858</v>
       </c>
       <c r="F101" s="4">
-        <v>4872620.2995624999</v>
+        <v>177386.80465718001</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J101" s="5">
-        <v>25.535</v>
+        <v>2.88</v>
       </c>
       <c r="K101" s="5">
-        <v>0.72974057722479657</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="M101" s="4">
-        <v>3555748.75</v>
+        <v>246815.999771</v>
       </c>
       <c r="N101" s="4">
-        <v>4872620.2995624999</v>
+        <v>177386.80465718001</v>
       </c>
       <c r="O101" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="P101" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="P101" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S101" s="3" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>34</v>
+        <v>538</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.5776000000000002E-2</v>
+        <v>1.134E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D102" s="4">
-        <v>42599</v>
+        <v>77266</v>
       </c>
       <c r="E102" s="5">
-        <v>8.7848459999999999</v>
+        <v>37.493062999999999</v>
       </c>
       <c r="F102" s="4">
-        <v>374225.62921826</v>
+        <v>2896938.967125</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>362</v>
+        <v>59</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>363</v>
+        <v>60</v>
       </c>
       <c r="J102" s="5">
-        <v>88.9</v>
+        <v>27.85</v>
       </c>
       <c r="K102" s="5">
-        <v>10.119699857797977</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>364</v>
+        <v>61</v>
       </c>
       <c r="M102" s="4">
-        <v>3787051.046784</v>
+        <v>2151858.1</v>
       </c>
       <c r="N102" s="4">
-        <v>374225.62921826</v>
+        <v>2896938.967125</v>
       </c>
       <c r="O102" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="P102" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="P102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q102" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>367</v>
+        <v>135</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>2.7469999999999999E-3</v>
+        <v>1.8533999999999998E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D103" s="4">
-        <v>85700</v>
+        <v>97400</v>
       </c>
       <c r="E103" s="5">
-        <v>0.967387</v>
+        <v>7.1598240000000004</v>
       </c>
       <c r="F103" s="4">
-        <v>82905.093440819997</v>
+        <v>697366.84473904001</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>44</v>
+        <v>168</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>45</v>
+        <v>169</v>
       </c>
       <c r="J103" s="5">
-        <v>1.32</v>
+        <v>38.130000000000003</v>
       </c>
       <c r="K103" s="5">
-        <v>1.3645000053079051</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>46</v>
+        <v>170</v>
       </c>
       <c r="M103" s="4">
-        <v>113124.00044</v>
+        <v>3713862.053975</v>
       </c>
       <c r="N103" s="4">
-        <v>82905.093440819997</v>
+        <v>697366.84473904001</v>
       </c>
       <c r="O103" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="P103" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="P103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q103" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>549</v>
+        <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>6.0800000000000003E-4</v>
+        <v>4.4609999999999997E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D104" s="4">
-        <v>64475</v>
+        <v>94200</v>
       </c>
       <c r="E104" s="5">
-        <v>29.462524999999999</v>
+        <v>34.4</v>
       </c>
       <c r="F104" s="4">
-        <v>1899596.2993749999</v>
+        <v>3240480</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>97</v>
+        <v>549</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>54</v>
+        <v>550</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>21.5</v>
+        <v>34.4</v>
       </c>
       <c r="K104" s="5">
-        <v>0.72974057722479657</v>
+        <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>56</v>
+        <v>551</v>
       </c>
       <c r="M104" s="4">
-        <v>1386212.5</v>
+        <v>3240480</v>
       </c>
       <c r="N104" s="4">
-        <v>1899596.2993749999</v>
+        <v>3240480</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>135</v>
+        <v>102</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>34</v>
+        <v>547</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>1.3946999999999999E-2</v>
+        <v>2.0732E-2</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D105" s="4">
-        <v>54800</v>
+        <v>131887</v>
       </c>
       <c r="E105" s="5">
-        <v>7.7686270000000004</v>
+        <v>24.29</v>
       </c>
       <c r="F105" s="4">
-        <v>425720.75084510999</v>
+        <v>3203535.23</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>97</v>
+        <v>549</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>39</v>
+        <v>550</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>42.4</v>
+        <v>24.29</v>
       </c>
       <c r="K105" s="5">
-        <v>5.4578500338905203</v>
+        <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>41</v>
+        <v>551</v>
       </c>
       <c r="M105" s="4">
-        <v>2323520.0144270002</v>
+        <v>3203535.23</v>
       </c>
       <c r="N105" s="4">
-        <v>425720.75084510999</v>
+        <v>3203535.23</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="Q105" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>170</v>
+        <v>102</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>34</v>
+        <v>555</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>3.1250000000000002E-3</v>
+        <v>2.0496E-2</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C106" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D106" s="4">
-        <v>84600</v>
+        <v>726</v>
       </c>
       <c r="E106" s="5">
-        <v>47.81</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F106" s="4">
-        <v>4044726</v>
+        <v>7.2599999999999997E-4</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>561</v>
+        <v>84</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>47.81</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M106" s="4">
+        <v>7.2599999999999997E-4</v>
+      </c>
+      <c r="N106" s="4">
+        <v>7.2599999999999997E-4</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="S106" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="M106" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>558</v>
+        <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.9697000000000001E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D107" s="4">
-        <v>117887</v>
+        <v>418019</v>
       </c>
       <c r="E107" s="5">
-        <v>31.45</v>
+        <v>11.82</v>
       </c>
       <c r="F107" s="4">
-        <v>3707546.15</v>
+        <v>4940984.58</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>561</v>
+        <v>168</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>31.45</v>
+        <v>11.82</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>562</v>
+        <v>170</v>
       </c>
       <c r="M107" s="4">
-        <v>3707546.15</v>
+        <v>4940984.58</v>
       </c>
       <c r="N107" s="4">
-        <v>3707546.15</v>
+        <v>4940984.58</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="Q107" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.7222E-2</v>
+        <v>3.1612000000000001E-2</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D108" s="4">
-        <v>726</v>
+        <v>83800</v>
       </c>
       <c r="E108" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>42.98</v>
       </c>
       <c r="F108" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>3601724</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>84</v>
+        <v>570</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>42.98</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>86</v>
+        <v>571</v>
       </c>
       <c r="M108" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>3601724</v>
       </c>
       <c r="N108" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>3601724</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>34</v>
+        <v>572</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>34</v>
+        <v>573</v>
       </c>
       <c r="Q108" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>573</v>
+        <v>102</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>568</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>0</v>
+        <v>2.3043999999999999E-2</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D109" s="4">
-        <v>407519</v>
+        <v>139900</v>
       </c>
       <c r="E109" s="5">
-        <v>11.54</v>
+        <v>3.3874439999999999</v>
       </c>
       <c r="F109" s="4">
-        <v>4702769.26</v>
+        <v>473903.35270534997</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>39</v>
+        <v>168</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>32</v>
+        <v>169</v>
       </c>
       <c r="J109" s="5">
-        <v>11.54</v>
+        <v>18.04</v>
       </c>
       <c r="K109" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="M109" s="4">
-        <v>4702769.26</v>
+        <v>2523796.0366790001</v>
       </c>
       <c r="N109" s="4">
-        <v>4702769.26</v>
+        <v>473903.35270534997</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>102</v>
+        <v>173</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>574</v>
+        <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.4528999999999997E-2</v>
+        <v>3.032E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D110" s="4">
-        <v>81400</v>
+        <v>1416753</v>
       </c>
       <c r="E110" s="5">
-        <v>35.270000000000003</v>
+        <v>3.179014</v>
       </c>
       <c r="F110" s="4">
-        <v>2870978</v>
+        <v>4503878.1515524201</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>560</v>
+        <v>582</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>581</v>
+        <v>168</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>32</v>
+        <v>169</v>
       </c>
       <c r="J110" s="5">
-        <v>35.270000000000003</v>
+        <v>16.93</v>
       </c>
       <c r="K110" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>582</v>
+        <v>170</v>
       </c>
       <c r="M110" s="4">
-        <v>2870978</v>
+        <v>23985628.638595</v>
       </c>
       <c r="N110" s="4">
-        <v>2870978</v>
+        <v>4503878.1515524201</v>
       </c>
       <c r="O110" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="P110" s="3" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="Q110" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>102</v>
+        <v>173</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>579</v>
+        <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.1079000000000001E-2</v>
+        <v>2.8816000000000001E-2</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D111" s="4">
-        <v>1372853</v>
+        <v>6900</v>
       </c>
       <c r="E111" s="5">
-        <v>2.8765909999999999</v>
+        <v>40.75</v>
       </c>
       <c r="F111" s="4">
-        <v>3949136.0334197502</v>
+        <v>281175</v>
       </c>
       <c r="G111" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J111" s="5">
+        <v>40.75</v>
+      </c>
+      <c r="K111" s="5">
+        <v>1</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M111" s="4">
+        <v>281175</v>
+      </c>
+      <c r="N111" s="4">
+        <v>281175</v>
+      </c>
+      <c r="O111" s="3" t="s">
         <v>588</v>
-      </c>
-[...22 lines deleted...]
-        <v>586</v>
       </c>
       <c r="P111" s="3" t="s">
         <v>589</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>119</v>
+        <v>590</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>34</v>
+        <v>585</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.8995E-2</v>
+        <v>1.7979999999999999E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D112" s="4">
-        <v>6900</v>
+        <v>11600</v>
       </c>
       <c r="E112" s="5">
-        <v>38.369999999999997</v>
+        <v>24.79</v>
       </c>
       <c r="F112" s="4">
-        <v>264753</v>
+        <v>287564</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>38.369999999999997</v>
+        <v>24.79</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M112" s="4">
-        <v>264753</v>
+        <v>287564</v>
       </c>
       <c r="N112" s="4">
-        <v>264753</v>
+        <v>287564</v>
       </c>
       <c r="O112" s="3" t="s">
         <v>594</v>
       </c>
       <c r="P112" s="3" t="s">
         <v>595</v>
       </c>
       <c r="Q112" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="R112" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="R112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S112" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.9430000000000001E-3</v>
+        <v>1.8389999999999999E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="C113" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="C113" s="3" t="s">
+      <c r="D113" s="4">
+        <v>800000</v>
+      </c>
+      <c r="E113" s="5">
+        <v>99.944682999999998</v>
+      </c>
+      <c r="F113" s="4">
+        <v>805417.19879937998</v>
+      </c>
+      <c r="G113" s="3" t="s">
         <v>600</v>
-      </c>
-[...10 lines deleted...]
-        <v>601</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>100.002053</v>
+        <v>99.944682999999998</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>1511534.2952169999</v>
+        <v>805417.19879900001</v>
       </c>
       <c r="N113" s="4">
-        <v>1511534.29521708</v>
+        <v>805417.19879937998</v>
       </c>
       <c r="O113" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="P113" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="P113" s="3" t="s">
+      <c r="Q113" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R113" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="S113" s="3" t="s">
         <v>603</v>
-      </c>
-[...7 lines deleted...]
-        <v>604</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
         <v>46507</v>
       </c>
       <c r="V113" s="4">
-        <v>4.4612630710000003</v>
+        <v>4.0478362060000004</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="X113" s="4">
-        <v>11503.50021708</v>
+        <v>5859.7347993800004</v>
       </c>
       <c r="Y113" s="4">
-        <v>11503.500217000001</v>
+        <v>5859.7347989999998</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.1098E-2</v>
+        <v>5.1529999999999996E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="D114" s="4">
-        <v>-241132.99</v>
+        <v>1800000</v>
       </c>
       <c r="E114" s="5">
-        <v>1</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="F114" s="4">
-        <v>-241132.99</v>
+        <v>1811759.0152986001</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>1</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M114" s="4">
-        <v>-241132.99</v>
+        <v>1811759.0152980001</v>
       </c>
       <c r="N114" s="4">
-        <v>-241132.99</v>
+        <v>1811759.0152986001</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>34</v>
+        <v>607</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="Q114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>34</v>
+        <v>605</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>35</v>
+        <v>603</v>
       </c>
       <c r="T114" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U114" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V114" s="4">
+        <v>4.046836206</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>34</v>
+        <v>608</v>
       </c>
       <c r="X114" s="4">
-        <v>0</v>
+        <v>13181.3032986</v>
       </c>
       <c r="Y114" s="4">
-        <v>0</v>
+        <v>13181.303298000001</v>
       </c>
       <c r="Z114" s="6">
-        <v>-1.7700000000000001E-3</v>
+        <v>1.1591000000000001E-2</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="4">
-        <v>-246147.22</v>
+        <v>-299781.71000000002</v>
       </c>
       <c r="E115" s="5">
         <v>1</v>
       </c>
       <c r="F115" s="4">
-        <v>-246147.22</v>
+        <v>-299781.71000000002</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
         <v>1</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>-246147.22</v>
+        <v>-299781.71000000002</v>
       </c>
       <c r="N115" s="4">
-        <v>-246147.22</v>
+        <v>-299781.71000000002</v>
       </c>
       <c r="O115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>34</v>
+        <v>609</v>
       </c>
       <c r="Q115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>-1.807E-3</v>
+        <v>-1.918E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="D116" s="4">
+        <v>-224522.91</v>
+      </c>
+      <c r="E116" s="5">
+        <v>1</v>
+      </c>
+      <c r="F116" s="4">
+        <v>-224522.91</v>
+      </c>
+      <c r="G116" s="3" t="s">
         <v>612</v>
-      </c>
-[...16 lines deleted...]
-        <v>615</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J116" s="5">
         <v>1</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M116" s="4">
-        <v>1096412.3400000001</v>
+        <v>-224522.91</v>
       </c>
       <c r="N116" s="4">
-        <v>1096412.3400000001</v>
+        <v>-224522.91</v>
       </c>
       <c r="O116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T116" s="4">
+        <v>1</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z116" s="6">
+        <v>-1.436E-3</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A117" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="R116" s="3" t="s">
-[...22 lines deleted...]
-      <c r="A118" s="3" t="s">
+      <c r="C117" s="3" t="s">
         <v>617</v>
+      </c>
+      <c r="D117" s="4">
+        <v>599980.15</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1</v>
+      </c>
+      <c r="F117" s="4">
+        <v>599980.15</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J117" s="5">
+        <v>1</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" s="4">
+        <v>599980.15</v>
+      </c>
+      <c r="N117" s="4">
+        <v>599980.15</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="6">
+        <v>3.8379999999999998E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>622</v>
+        <v>624</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="3" t="s">
+        <v>625</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>