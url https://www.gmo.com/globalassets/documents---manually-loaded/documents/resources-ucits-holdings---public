--- v1 (2025-11-17)
+++ v2 (2026-02-27)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5B8CDE04-6168-40E4-8484-BD0190D8F237}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DA36B7E-2045-4E2C-8B84-3A1E6335B560}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{4D98AB0A-62AB-4582-99B0-DB1D4F7F8B89}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{64BF08CA-0F18-4A93-96DC-4C65EFDFEFAF}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1515" uniqueCount="626">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1645" uniqueCount="669">
   <si>
     <t>GMO Resources UCITS Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -163,323 +163,350 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
+    <t>BRLTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (BRL)</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>CNYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CNY)</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CNY</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
-    <t>GBPTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (GBP)</t>
+    <t>INRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (INR)</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>INR</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>MXNTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MXN)</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>PLNTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (PLN)</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>PLN</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>RUBTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (RUB)</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>03743Q108</t>
+  </si>
+  <si>
+    <t>Apa Corp</t>
+  </si>
+  <si>
+    <t>BNNF1C1</t>
+  </si>
+  <si>
+    <t>APA</t>
+  </si>
+  <si>
+    <t>US03743Q1085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>0718875</t>
+  </si>
+  <si>
+    <t>Rio Tinto Plc</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
-    <t>INRTCash</t>
-[...211 lines deleted...]
-  <si>
     <t>RIO</t>
   </si>
   <si>
     <t>GB0007188757</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
     <t>0798059</t>
   </si>
   <si>
     <t>Bp Plc</t>
   </si>
   <si>
     <t>BP/</t>
   </si>
   <si>
     <t>GB0007980591</t>
   </si>
   <si>
     <t>13057Q305</t>
   </si>
   <si>
     <t>California Resources Corp</t>
@@ -487,53 +514,50 @@
   <si>
     <t>BMBK002</t>
   </si>
   <si>
     <t>CRC</t>
   </si>
   <si>
     <t>US13057Q3056</t>
   </si>
   <si>
     <t>165167735</t>
   </si>
   <si>
     <t>Expand Energy Corp</t>
   </si>
   <si>
     <t>BMZ5LZ5</t>
   </si>
   <si>
     <t>EXE</t>
   </si>
   <si>
     <t>US1651677353</t>
   </si>
   <si>
-    <t>XNGS</t>
-[...1 lines deleted...]
-  <si>
     <t>17888H103</t>
   </si>
   <si>
     <t>Civitas Resources Inc</t>
   </si>
   <si>
     <t>BMG9GG2</t>
   </si>
   <si>
     <t>CIVI</t>
   </si>
   <si>
     <t>US17888H1032</t>
   </si>
   <si>
     <t>184499101</t>
   </si>
   <si>
     <t>Clean Energy Fuels Corp</t>
   </si>
   <si>
     <t>B1Y1PC2</t>
   </si>
   <si>
     <t>CLNE</t>
@@ -541,59 +565,50 @@
   <si>
     <t>US1844991018</t>
   </si>
   <si>
     <t>20825C104</t>
   </si>
   <si>
     <t>Conocophillips</t>
   </si>
   <si>
     <t>2685717</t>
   </si>
   <si>
     <t>COP</t>
   </si>
   <si>
     <t>US20825C1045</t>
   </si>
   <si>
     <t>2196286</t>
   </si>
   <si>
     <t>Vale Sa</t>
   </si>
   <si>
-    <t>Brazil</t>
-[...7 lines deleted...]
-  <si>
     <t>VALE3</t>
   </si>
   <si>
     <t>BRVALEACNOR0</t>
   </si>
   <si>
     <t>BVMF</t>
   </si>
   <si>
     <t>22052L104</t>
   </si>
   <si>
     <t>Corteva Inc</t>
   </si>
   <si>
     <t>BK73B42</t>
   </si>
   <si>
     <t>CTVA</t>
   </si>
   <si>
     <t>US22052L1044</t>
   </si>
   <si>
     <t>2347608</t>
@@ -610,78 +625,78 @@
   <si>
     <t>XTSE</t>
   </si>
   <si>
     <t>335934105</t>
   </si>
   <si>
     <t>237266101</t>
   </si>
   <si>
     <t>Darling Ingredients Inc</t>
   </si>
   <si>
     <t>2250289</t>
   </si>
   <si>
     <t>DAR</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>US2372661015</t>
   </si>
   <si>
-    <t>2643674</t>
-[...26 lines deleted...]
-    <t>US26884L1098</t>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>25179M103</t>
+  </si>
+  <si>
+    <t>Devon Energy Corp</t>
+  </si>
+  <si>
+    <t>2480677</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>US25179M1036</t>
   </si>
   <si>
     <t>336433107</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>B1HMF22</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>US3364331070</t>
   </si>
   <si>
     <t>35671D857</t>
   </si>
   <si>
     <t>Freeport-Mcmoran Inc</t>
   </si>
@@ -778,335 +793,425 @@
   <si>
     <t>US44952J1043</t>
   </si>
   <si>
     <t>4513612</t>
   </si>
   <si>
     <t>Kemira Oyj</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>KEMIRA</t>
   </si>
   <si>
     <t>FI0009004824</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
-    <t>4651459</t>
-[...19 lines deleted...]
-  <si>
     <t>500688106</t>
   </si>
   <si>
     <t>Kosmos Energy Ltd</t>
   </si>
   <si>
     <t>BHK15K6</t>
   </si>
   <si>
     <t>KOS</t>
   </si>
   <si>
     <t>US5006881065</t>
   </si>
   <si>
     <t>53115L104</t>
   </si>
   <si>
     <t>Liberty Energy Inc</t>
   </si>
   <si>
     <t>BDCWFT8</t>
   </si>
   <si>
     <t>LBRT</t>
   </si>
   <si>
     <t>US53115L1044</t>
   </si>
   <si>
+    <t>576485205</t>
+  </si>
+  <si>
+    <t>Matador Resources Co</t>
+  </si>
+  <si>
+    <t>B7MSLL8</t>
+  </si>
+  <si>
+    <t>MTDR</t>
+  </si>
+  <si>
+    <t>US5764852050</t>
+  </si>
+  <si>
+    <t>6109893</t>
+  </si>
+  <si>
+    <t>Yankuang Energy Group Co-H</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>CNE1000004Q8</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6230845</t>
+  </si>
+  <si>
+    <t>United Tractors Tbk Pt</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>UNTR</t>
+  </si>
+  <si>
+    <t>ID1000058407</t>
+  </si>
+  <si>
+    <t>XIDX</t>
+  </si>
+  <si>
+    <t>6418801</t>
+  </si>
+  <si>
+    <t>Exxaro Resources Ltd</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
+    <t>EXX</t>
+  </si>
+  <si>
+    <t>ZAE000084992</t>
+  </si>
+  <si>
+    <t>XJSE</t>
+  </si>
+  <si>
     <t>65290E101</t>
   </si>
   <si>
-    <t>Nextracker Inc-Cl A</t>
+    <t>Nextpower Inc-Cl A</t>
   </si>
   <si>
     <t>BR1GTS6</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
     <t>US65290E1010</t>
   </si>
   <si>
+    <t>6597089</t>
+  </si>
+  <si>
+    <t>Mitsubishi Materials Corp</t>
+  </si>
+  <si>
+    <t>5711</t>
+  </si>
+  <si>
+    <t>JP3903000002</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
     <t>6622806</t>
   </si>
   <si>
     <t>Modec Inc</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>JP3888250002</t>
   </si>
   <si>
-    <t>XTKS</t>
-[...14 lines deleted...]
-    <t>US6655313079</t>
+    <t>6668468</t>
+  </si>
+  <si>
+    <t>Paladin Energy Ltd</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>AU000000PDN8</t>
+  </si>
+  <si>
+    <t>XASX</t>
   </si>
   <si>
     <t>6711696</t>
   </si>
   <si>
     <t>Japan Petroleum Exploration</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>JP3421100003</t>
   </si>
   <si>
     <t>6732716</t>
   </si>
   <si>
     <t>Oil &amp; Gas Development Co Ltd</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PKR</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>OGDC</t>
   </si>
   <si>
     <t>PK0080201012</t>
   </si>
   <si>
     <t>XKAR</t>
   </si>
   <si>
+    <t>674215207</t>
+  </si>
+  <si>
+    <t>Chord Energy Corp</t>
+  </si>
+  <si>
+    <t>BLDDYB1</t>
+  </si>
+  <si>
+    <t>CHRD</t>
+  </si>
+  <si>
+    <t>US6742152076</t>
+  </si>
+  <si>
+    <t>6761000</t>
+  </si>
+  <si>
+    <t>Valterra Platinum Limited</t>
+  </si>
+  <si>
+    <t>VAL</t>
+  </si>
+  <si>
+    <t>ZAE000013181</t>
+  </si>
+  <si>
     <t>6776703</t>
   </si>
   <si>
     <t>Santos Ltd</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>AU000000STO6</t>
   </si>
   <si>
-    <t>XASX</t>
-[...14 lines deleted...]
-    <t>US78454L1008</t>
+    <t>69047Q102</t>
+  </si>
+  <si>
+    <t>Ovintiv Inc</t>
+  </si>
+  <si>
+    <t>BJ01KB6</t>
+  </si>
+  <si>
+    <t>OVV</t>
+  </si>
+  <si>
+    <t>US69047Q1022</t>
+  </si>
+  <si>
+    <t>704551100</t>
+  </si>
+  <si>
+    <t>Peabody Energy Corp</t>
+  </si>
+  <si>
+    <t>BDVPZV0</t>
+  </si>
+  <si>
+    <t>BTU</t>
+  </si>
+  <si>
+    <t>US7045511000</t>
+  </si>
+  <si>
+    <t>71424F105</t>
+  </si>
+  <si>
+    <t>Permian Resources Corp-Cl A</t>
+  </si>
+  <si>
+    <t>BQPCHB2</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>US71424F1057</t>
   </si>
   <si>
     <t>83417M104</t>
   </si>
   <si>
     <t>Solaredge Technologies Inc</t>
   </si>
   <si>
     <t>BWC52Q6</t>
   </si>
   <si>
     <t>SEDG</t>
   </si>
   <si>
     <t>US83417M1045</t>
   </si>
   <si>
     <t>86771W105</t>
   </si>
   <si>
     <t>Sunrun Inc</t>
   </si>
   <si>
     <t>BYXB1Y8</t>
   </si>
   <si>
     <t>RUN</t>
   </si>
   <si>
     <t>US86771W1053</t>
   </si>
   <si>
     <t>920253101</t>
   </si>
   <si>
     <t>Valmont Industries</t>
   </si>
   <si>
     <t>2926825</t>
   </si>
   <si>
     <t>VMI</t>
   </si>
   <si>
     <t>US9202531011</t>
   </si>
   <si>
-    <t>92338C103</t>
-[...28 lines deleted...]
-  <si>
     <t>B02GKC7</t>
   </si>
   <si>
     <t>Suzano Sa</t>
   </si>
   <si>
     <t>SUZB3</t>
   </si>
   <si>
     <t>BRSUZBACNOR0</t>
   </si>
   <si>
     <t>B06YV46</t>
   </si>
   <si>
     <t>Neste OYJ</t>
   </si>
   <si>
     <t>NESTE</t>
   </si>
   <si>
     <t>FI0009013296</t>
   </si>
   <si>
     <t>B0FXSY3</t>
   </si>
   <si>
     <t>United Energy Group Ltd</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
-    <t>HKD</t>
-[...1 lines deleted...]
-  <si>
     <t>HK</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>BMG9231L1081</t>
   </si>
   <si>
-    <t>XHKG</t>
-[...1 lines deleted...]
-  <si>
     <t>B156T57</t>
   </si>
   <si>
     <t>Sbm Offshore Nv</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SBMO</t>
   </si>
   <si>
     <t>NL0000360618</t>
   </si>
   <si>
     <t>XAMS</t>
   </si>
   <si>
     <t>B15SLC4</t>
   </si>
   <si>
     <t>Tgs Asa</t>
@@ -1120,116 +1225,110 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>TGS</t>
   </si>
   <si>
     <t>NO0003078800</t>
   </si>
   <si>
     <t>XOSL</t>
   </si>
   <si>
     <t>B16MKT5</t>
   </si>
   <si>
     <t>Austevoll Seafood Asa</t>
   </si>
   <si>
     <t>AUSS</t>
   </si>
   <si>
     <t>NO0010073489</t>
   </si>
   <si>
-    <t>B1FW751</t>
-[...19 lines deleted...]
-  <si>
     <t>B1L95G3</t>
   </si>
   <si>
     <t>Aker Bp Asa</t>
   </si>
   <si>
     <t>AKRBP</t>
   </si>
   <si>
     <t>NO0010345853</t>
   </si>
   <si>
     <t>B1P3R43</t>
   </si>
   <si>
     <t>Sao Martinho Sa</t>
   </si>
   <si>
     <t>SMTO3</t>
   </si>
   <si>
     <t>BRSMTOACNOR3</t>
   </si>
   <si>
     <t>B28ZQ24</t>
   </si>
   <si>
     <t>Kernel Holding Sa</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>KER</t>
   </si>
   <si>
     <t>LU0327357389</t>
   </si>
   <si>
     <t>XWAR</t>
   </si>
   <si>
+    <t>B3NB1P2</t>
+  </si>
+  <si>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>CA8672241079</t>
+  </si>
+  <si>
+    <t>867224107</t>
+  </si>
+  <si>
     <t>B3ZQM29</t>
   </si>
   <si>
     <t>Phosagro Pjsc</t>
   </si>
   <si>
     <t>PHOR</t>
   </si>
   <si>
     <t>RU000A0JRKT8</t>
   </si>
   <si>
     <t>MISX</t>
   </si>
   <si>
     <t>B418WK4</t>
   </si>
   <si>
     <t>Whitecap Resources Inc</t>
   </si>
   <si>
     <t>WCP</t>
   </si>
   <si>
     <t>CA96467A2002</t>
@@ -1243,50 +1342,65 @@
   <si>
     <t>Glencore Plc</t>
   </si>
   <si>
     <t>GLEN</t>
   </si>
   <si>
     <t>JE00B4T3BW64</t>
   </si>
   <si>
     <t>B4Y2RV9</t>
   </si>
   <si>
     <t>Enerflex Ltd</t>
   </si>
   <si>
     <t>EFX</t>
   </si>
   <si>
     <t>CA29269R1055</t>
   </si>
   <si>
     <t>29269R105</t>
   </si>
   <si>
+    <t>B575D14</t>
+  </si>
+  <si>
+    <t>Parex Resources Inc</t>
+  </si>
+  <si>
+    <t>PXT</t>
+  </si>
+  <si>
+    <t>CA69946Q1046</t>
+  </si>
+  <si>
+    <t>69946Q104</t>
+  </si>
+  <si>
     <t>B59BXN2</t>
   </si>
   <si>
     <t>Tatneft Pjsc</t>
   </si>
   <si>
     <t>TATN</t>
   </si>
   <si>
     <t>RU0009033591</t>
   </si>
   <si>
     <t>B59L417</t>
   </si>
   <si>
     <t>Gazprom Neft Pjsc</t>
   </si>
   <si>
     <t>SIBN</t>
   </si>
   <si>
     <t>RU0009062467</t>
   </si>
   <si>
     <t>B59L4L7</t>
@@ -1360,104 +1474,92 @@
   <si>
     <t>TVE</t>
   </si>
   <si>
     <t>CA87505Y4094</t>
   </si>
   <si>
     <t>87505Y409</t>
   </si>
   <si>
     <t>B987K72</t>
   </si>
   <si>
     <t>Nexgen Energy Ltd</t>
   </si>
   <si>
     <t>NXE</t>
   </si>
   <si>
     <t>CA65340P1062</t>
   </si>
   <si>
     <t>65340P106</t>
   </si>
   <si>
-    <t>BD5ZXH8</t>
-[...22 lines deleted...]
-  <si>
     <t>BD6QWQ2</t>
   </si>
   <si>
     <t>Henan Shenhuo Coal &amp; Power-A</t>
   </si>
   <si>
     <t>000933</t>
   </si>
   <si>
     <t>CNE000001097</t>
   </si>
   <si>
     <t>XSEC</t>
   </si>
   <si>
     <t>BD73C40</t>
   </si>
   <si>
     <t>Ivanhoe Mines Ltd-Cl A</t>
   </si>
   <si>
     <t>IVN</t>
   </si>
   <si>
     <t>CA46579R1047</t>
   </si>
   <si>
     <t>46579R104</t>
   </si>
   <si>
+    <t>BDX85Z1</t>
+  </si>
+  <si>
+    <t>Cnh Industrial Nv</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>NL0010545661</t>
+  </si>
+  <si>
     <t>BJF8Q36</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
     <t>CA3953321096</t>
   </si>
   <si>
     <t>395332109</t>
   </si>
   <si>
     <t>BLCY1J2</t>
   </si>
   <si>
     <t>Lifezone Metals Ltd</t>
   </si>
   <si>
     <t>LZM</t>
   </si>
   <si>
     <t>IM00BLCY1J27</t>
@@ -1540,50 +1642,65 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>LU2598331598</t>
   </si>
   <si>
     <t>MTAA</t>
   </si>
   <si>
     <t>BMY36H7</t>
   </si>
   <si>
     <t>Saipem Spa</t>
   </si>
   <si>
     <t>SPM</t>
   </si>
   <si>
     <t>IT0005495657</t>
   </si>
   <si>
+    <t>BMY5XY9</t>
+  </si>
+  <si>
+    <t>Capstone Copper Corp</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>CA14071L1085</t>
+  </si>
+  <si>
+    <t>14071L108</t>
+  </si>
+  <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
@@ -1627,50 +1744,62 @@
   <si>
     <t>Western Mining Co -A</t>
   </si>
   <si>
     <t>601168</t>
   </si>
   <si>
     <t>CNE100000619</t>
   </si>
   <si>
     <t>XSSC</t>
   </si>
   <si>
     <t>BP6MXD8</t>
   </si>
   <si>
     <t>Shell Plc</t>
   </si>
   <si>
     <t>SHEL</t>
   </si>
   <si>
     <t>GB00BP6MXD84</t>
   </si>
   <si>
+    <t>BPLF0Y2</t>
+  </si>
+  <si>
+    <t>Var Energi Asa</t>
+  </si>
+  <si>
+    <t>VAR</t>
+  </si>
+  <si>
+    <t>NO0011202772</t>
+  </si>
+  <si>
     <t>BQWSKZ8</t>
   </si>
   <si>
     <t>Dof Group Asa</t>
   </si>
   <si>
     <t>DOFG</t>
   </si>
   <si>
     <t>NO0012851874</t>
   </si>
   <si>
     <t>BRBK3M0</t>
   </si>
   <si>
     <t>Anaergia Inc-Sub Voting Shr</t>
   </si>
   <si>
     <t>ANRG</t>
   </si>
   <si>
     <t>CA03253E2069</t>
   </si>
   <si>
     <t>03253E206</t>
@@ -1678,134 +1807,134 @@
   <si>
     <t>BTK05J6</t>
   </si>
   <si>
     <t>Anglo American Plc</t>
   </si>
   <si>
     <t>AAL</t>
   </si>
   <si>
     <t>GB00BTK05J60</t>
   </si>
   <si>
     <t>BYY0144</t>
   </si>
   <si>
     <t>Prio Sa</t>
   </si>
   <si>
     <t>PRIO3</t>
   </si>
   <si>
     <t>BRPRIOACNOR1</t>
   </si>
   <si>
+    <t>71654V101</t>
+  </si>
+  <si>
+    <t>Petroleo Brasil-Sp Pref  Adr</t>
+  </si>
+  <si>
+    <t>Depository Receipt/Share</t>
+  </si>
+  <si>
+    <t>2683410</t>
+  </si>
+  <si>
+    <t>PBR/A</t>
+  </si>
+  <si>
+    <t>US71654V1017</t>
+  </si>
+  <si>
+    <t>833635105</t>
+  </si>
+  <si>
+    <t>Quimica Y Minera Chil-Sp Adr</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>2771122</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>US8336351056</t>
+  </si>
+  <si>
     <t>92837L109</t>
   </si>
   <si>
     <t>Vista Energy Sab De Cv</t>
   </si>
   <si>
-    <t>Depository Receipt/Share</t>
-[...1 lines deleted...]
-  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BJ84772</t>
   </si>
   <si>
     <t>VIST</t>
   </si>
   <si>
     <t>US92837L1098</t>
   </si>
   <si>
     <t>984245100</t>
   </si>
   <si>
     <t>Ypf S.a.-Sponsored Adr</t>
   </si>
   <si>
     <t>2985945</t>
   </si>
   <si>
     <t>YPF</t>
   </si>
   <si>
     <t>US9842451000</t>
   </si>
   <si>
     <t>US71922G4073</t>
   </si>
   <si>
     <t>Phosagro Reg S Blocked Gdrs</t>
   </si>
   <si>
     <t>OOTC</t>
   </si>
   <si>
-    <t>71654V101</t>
-[...34 lines deleted...]
-  <si>
     <t>BJ0K6Z9</t>
   </si>
   <si>
     <t>Klabin Sa - Unit</t>
   </si>
   <si>
     <t>Equity Unit</t>
   </si>
   <si>
     <t>KLBN11</t>
   </si>
   <si>
     <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>B01SCS4</t>
   </si>
   <si>
     <t>Bradespar Sa -Pref</t>
   </si>
   <si>
     <t>Preferred/Preference Share</t>
   </si>
   <si>
     <t>BRAP4</t>
@@ -1828,84 +1957,84 @@
   <si>
     <t>PCH</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US7376301039</t>
   </si>
   <si>
     <t>962166104</t>
   </si>
   <si>
     <t>Weyerhaeuser Co</t>
   </si>
   <si>
     <t>2958936</t>
   </si>
   <si>
     <t>WY</t>
   </si>
   <si>
     <t>US9621661043</t>
   </si>
   <si>
-    <t>US91282CMX64</t>
-[...2 lines deleted...]
-    <t>TF FLOAT 04/30/27</t>
+    <t>US91282CNQ05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BN2RK98</t>
+    <t>BTY0CX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>91282CMX6</t>
-[...10 lines deleted...]
-  <si>
     <t>91282CNQ0</t>
+  </si>
+  <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>91282CPG0</t>
   </si>
   <si>
     <t>DVTAXRESUSD</t>
   </si>
   <si>
     <t>USD DIVIDEND TAX RESERVE SSB USD D</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
@@ -2308,92 +2437,91 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C21867B-9BD5-4C6A-BEFF-0FFB231A1B22}">
-  <dimension ref="A1:Z124"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{437DCA19-8BB7-487A-BBAD-A4D796913AB3}">
+  <dimension ref="A1:Z134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="9.140625" style="5"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2443,8533 +2571,9273 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>594226.06000000006</v>
+        <v>578744.85</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>594226.06000000006</v>
+        <v>578744.85</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>594226.06000000006</v>
+        <v>578744.85</v>
       </c>
       <c r="N4" s="4">
-        <v>594226.06000000006</v>
+        <v>578744.85</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.8010000000000001E-3</v>
+        <v>3.4290000000000002E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>13706.68</v>
+        <v>129158.51</v>
       </c>
       <c r="E5" s="5">
-        <v>0.66274999999999995</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>9084.1021700000001</v>
+        <v>86129.352393499998</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.5088645794039983</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>13706.68</v>
+        <v>129158.51</v>
       </c>
       <c r="N5" s="4">
-        <v>9084.1021700000001</v>
+        <v>86129.352393499998</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>5.8E-5</v>
+        <v>5.1000000000000004E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>14855.52</v>
+        <v>2649961.9</v>
       </c>
       <c r="E6" s="5">
-        <v>0.71870100000000003</v>
+        <v>0.18249000000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>10676.670978870001</v>
+        <v>483591.75144850998</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3913999987115637</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>14855.519985999999</v>
+        <v>2649961.8579179998</v>
       </c>
       <c r="N6" s="4">
-        <v>10676.670978870001</v>
+        <v>483591.75144850998</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>6.7999999999999999E-5</v>
+        <v>2.8649999999999999E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>0.04</v>
+        <v>11125.9</v>
       </c>
       <c r="E7" s="5">
-        <v>0.14047999999999999</v>
+        <v>0.72952799999999995</v>
       </c>
       <c r="F7" s="4">
-        <v>5.6192000000000004E-3</v>
+        <v>8116.65146817</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>3.9999E-2</v>
+        <v>11125.900013</v>
       </c>
       <c r="N7" s="4">
-        <v>5.6192000000000004E-3</v>
+        <v>8116.65146817</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>0</v>
+        <v>4.8000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>182</v>
+        <v>0.04</v>
       </c>
       <c r="E8" s="5">
-        <v>1.175</v>
+        <v>0.1431</v>
       </c>
       <c r="F8" s="4">
-        <v>213.85</v>
+        <v>5.72398E-3</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.85106382978723405</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>182</v>
+        <v>0.04</v>
       </c>
       <c r="N8" s="4">
-        <v>213.85</v>
+        <v>5.72398E-3</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>114557.01</v>
+        <v>263</v>
       </c>
       <c r="E9" s="5">
-        <v>1.3462499999999999</v>
+        <v>1.17445</v>
       </c>
       <c r="F9" s="4">
-        <v>154222.37471249999</v>
+        <v>308.88035000000002</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>114557.01</v>
+        <v>263</v>
       </c>
       <c r="N9" s="4">
-        <v>154222.37471249999</v>
+        <v>308.88035000000002</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>9.859999999999999E-4</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
         <v>237840</v>
       </c>
       <c r="E10" s="5">
-        <v>1.1263E-2</v>
+        <v>1.1126E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>2678.7177429600001</v>
+        <v>2646.2125915400002</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>88.788735195588259</v>
+        <v>89.879399821319765</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>237839.96034300001</v>
+        <v>237839.99952700001</v>
       </c>
       <c r="N10" s="4">
-        <v>2678.7177429600001</v>
+        <v>2646.2125915400002</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.7E-5</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>1320900</v>
+        <v>1824100</v>
       </c>
       <c r="E11" s="5">
-        <v>6.7710000000000001E-3</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>8944.0362934599998</v>
+        <v>11637.372802960001</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>147.68496434146536</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>1320899.6810679999</v>
+        <v>1824099.6651860001</v>
       </c>
       <c r="N11" s="4">
-        <v>8944.0362934599998</v>
+        <v>11637.372802960001</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>5.7000000000000003E-5</v>
+        <v>6.7999999999999999E-5</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
         <v>139946.04</v>
       </c>
       <c r="E12" s="5">
-        <v>5.4547999999999999E-2</v>
+        <v>5.5619000000000002E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>7633.7673530599996</v>
+        <v>7783.6447064699996</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>18.332501343314036</v>
+        <v>17.979499774357279</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>139946.050254</v>
+        <v>139946.03824299999</v>
       </c>
       <c r="N12" s="4">
-        <v>7633.7673530599996</v>
+        <v>7783.6447064699996</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>4.8000000000000001E-5</v>
+        <v>4.6E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
         <v>10.18</v>
       </c>
       <c r="E13" s="5">
-        <v>0.27564499999999997</v>
+        <v>0.27814899999999998</v>
       </c>
       <c r="F13" s="4">
-        <v>2.8060697100000001</v>
+        <v>2.8315531799999998</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>3.6278500616825209</v>
+        <v>3.5952000340537347</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
         <v>10.18</v>
       </c>
       <c r="N13" s="4">
-        <v>2.8060697100000001</v>
+        <v>2.8315531799999998</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
         <v>0.2</v>
       </c>
       <c r="E14" s="5">
-        <v>1.2121E-2</v>
+        <v>1.2642E-2</v>
       </c>
       <c r="F14" s="4">
-        <v>2.4242399999999998E-3</v>
+        <v>2.5284499999999998E-3</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>82.500014437502529</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>0.19999900000000001</v>
+        <v>0.2</v>
       </c>
       <c r="N14" s="4">
-        <v>2.4242399999999998E-3</v>
+        <v>2.5284499999999998E-3</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>318.52</v>
+        <v>587.26</v>
       </c>
       <c r="E15" s="5">
-        <v>0.775675</v>
+        <v>0.77760499999999999</v>
       </c>
       <c r="F15" s="4">
-        <v>247.06794912000001</v>
+        <v>456.65629860000001</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1.2891999951938626</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4">
-        <v>318.51999799999999</v>
+        <v>587.259997</v>
       </c>
       <c r="N15" s="4">
-        <v>247.06794912000001</v>
+        <v>456.65629860000001</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>109436.58</v>
+        <v>174226.25</v>
       </c>
       <c r="E16" s="5">
         <v>1</v>
       </c>
       <c r="F16" s="4">
-        <v>109436.58</v>
+        <v>174226.25</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>109436.58</v>
+        <v>174226.25</v>
       </c>
       <c r="N16" s="4">
-        <v>109436.58</v>
+        <v>174226.25</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>6.9999999999999999E-4</v>
+        <v>1.0319999999999999E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D17" s="4">
-        <v>13267</v>
+        <v>16867</v>
       </c>
       <c r="E17" s="5">
-        <v>107.07</v>
+        <v>104.32</v>
       </c>
       <c r="F17" s="4">
-        <v>1420497.69</v>
+        <v>1759565.44</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>107.07</v>
+        <v>104.32</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>1420497.69</v>
+        <v>1759565.44</v>
       </c>
       <c r="N17" s="4">
-        <v>1420497.69</v>
+        <v>1759565.44</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>101</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>94</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>9.0880000000000006E-3</v>
+        <v>1.0426E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="4">
-        <v>43169</v>
+        <v>60269</v>
       </c>
       <c r="E18" s="5">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="F18" s="4">
-        <v>97130.25</v>
+        <v>83773.91</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>97130.25</v>
+        <v>83773.91</v>
       </c>
       <c r="N18" s="4">
-        <v>97130.25</v>
+        <v>83773.91</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>6.2100000000000002E-4</v>
+        <v>4.9600000000000002E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D19" s="4">
-        <v>8500</v>
+        <v>8100</v>
       </c>
       <c r="E19" s="5">
-        <v>138.69999999999999</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="F19" s="4">
-        <v>1178950</v>
+        <v>1173123</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>138.69999999999999</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>1178950</v>
+        <v>1173123</v>
       </c>
       <c r="N19" s="4">
-        <v>1178950</v>
+        <v>1173123</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>7.5430000000000002E-3</v>
+        <v>6.9509999999999997E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="4">
-        <v>32900</v>
+        <v>42500</v>
       </c>
       <c r="E20" s="5">
-        <v>81.08</v>
+        <v>141.44</v>
       </c>
       <c r="F20" s="4">
-        <v>2667532</v>
+        <v>6011200</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>81.08</v>
+        <v>141.44</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>2667532</v>
+        <v>6011200</v>
       </c>
       <c r="N20" s="4">
-        <v>2667532</v>
+        <v>6011200</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>115</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.7066999999999999E-2</v>
+        <v>3.5618999999999998E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="4">
-        <v>117588</v>
+        <v>89688</v>
       </c>
       <c r="E21" s="5">
-        <v>33.58</v>
+        <v>29.29</v>
       </c>
       <c r="F21" s="4">
-        <v>3948605.04</v>
+        <v>2626961.52</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>33.58</v>
+        <v>29.29</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>3948605.04</v>
+        <v>2626961.52</v>
       </c>
       <c r="N21" s="4">
-        <v>3948605.04</v>
+        <v>2626961.52</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.5263000000000001E-2</v>
+        <v>1.5566E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D22" s="4">
-        <v>436916</v>
+        <v>12700</v>
       </c>
       <c r="E22" s="5">
-        <v>8.15</v>
+        <v>24.46</v>
       </c>
       <c r="F22" s="4">
-        <v>3560865.4</v>
+        <v>310642</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>8.15</v>
+        <v>24.46</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>3560865.4</v>
+        <v>310642</v>
       </c>
       <c r="N22" s="4">
-        <v>3560865.4</v>
+        <v>310642</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>130</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.2782E-2</v>
+        <v>1.8400000000000001E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D23" s="4">
-        <v>110709</v>
+        <v>351016</v>
       </c>
       <c r="E23" s="5">
-        <v>65.797968999999995</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F23" s="4">
-        <v>7284427.3223437499</v>
+        <v>3236367.52</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>48.875</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K23" s="5">
-        <v>0.74280408542246978</v>
+        <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>5410902.375</v>
+        <v>3236367.52</v>
       </c>
       <c r="N23" s="4">
-        <v>7284427.3223437499</v>
+        <v>3236367.52</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>4.6606000000000002E-2</v>
+        <v>1.9177E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D24" s="4">
-        <v>1308200</v>
+        <v>98001</v>
       </c>
       <c r="E24" s="5">
-        <v>5.7316589999999996</v>
+        <v>80.622297000000003</v>
       </c>
       <c r="F24" s="4">
-        <v>7498156.7943749996</v>
+        <v>7901065.7282969998</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="J24" s="5">
-        <v>4.2575000000000003</v>
+        <v>59.94</v>
       </c>
       <c r="K24" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="M24" s="4">
-        <v>5569661.5</v>
+        <v>5874179.9400000004</v>
       </c>
       <c r="N24" s="4">
-        <v>7498156.7943749996</v>
+        <v>7901065.7282969998</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.7974000000000003E-2</v>
+        <v>4.6817999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="4">
-        <v>105700</v>
+        <v>1249224</v>
       </c>
       <c r="E25" s="5">
-        <v>53.18</v>
+        <v>5.8213759999999999</v>
       </c>
       <c r="F25" s="4">
-        <v>5621126</v>
+        <v>7272203.1119136</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>31</v>
+        <v>139</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="J25" s="5">
-        <v>53.18</v>
+        <v>4.3280000000000003</v>
       </c>
       <c r="K25" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M25" s="4">
-        <v>5621126</v>
+        <v>5406641.4720000001</v>
       </c>
       <c r="N25" s="4">
-        <v>5621126</v>
+        <v>7272203.1119136</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R25" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="S25" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="S25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.5964000000000003E-2</v>
+        <v>4.3090999999999997E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="4">
-        <v>6500</v>
+        <v>111200</v>
       </c>
       <c r="E26" s="5">
-        <v>106.24</v>
+        <v>44.71</v>
       </c>
       <c r="F26" s="4">
-        <v>690560</v>
+        <v>4971752</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>106.24</v>
+        <v>44.71</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>690560</v>
+        <v>4971752</v>
       </c>
       <c r="N26" s="4">
-        <v>690560</v>
+        <v>4971752</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T26" s="4">
+        <v>1</v>
+      </c>
+      <c r="W26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="S26" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4.4180000000000001E-3</v>
+        <v>2.946E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D27" s="4">
-        <v>58400</v>
+        <v>21800</v>
       </c>
       <c r="E27" s="5">
-        <v>32.5</v>
+        <v>110.36</v>
       </c>
       <c r="F27" s="4">
-        <v>1898000</v>
+        <v>2405848</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>32.5</v>
+        <v>110.36</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>1898000</v>
+        <v>2405848</v>
       </c>
       <c r="N27" s="4">
-        <v>1898000</v>
+        <v>2405848</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.2142999999999999E-2</v>
+        <v>1.4255E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D28" s="4">
-        <v>412358</v>
+        <v>55400</v>
       </c>
       <c r="E28" s="5">
-        <v>2.58</v>
+        <v>27.09</v>
       </c>
       <c r="F28" s="4">
-        <v>1063883.6399999999</v>
+        <v>1500786</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>2.58</v>
+        <v>27.09</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>1063883.6399999999</v>
+        <v>1500786</v>
       </c>
       <c r="N28" s="4">
-        <v>1063883.6399999999</v>
+        <v>1500786</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>6.8060000000000004E-3</v>
+        <v>8.8920000000000006E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D29" s="4">
-        <v>47106</v>
+        <v>391158</v>
       </c>
       <c r="E29" s="5">
-        <v>94.59</v>
+        <v>2.1</v>
       </c>
       <c r="F29" s="4">
-        <v>4455756.54</v>
+        <v>821431.8</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>94.59</v>
+        <v>2.1</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>4455756.54</v>
+        <v>821431.8</v>
       </c>
       <c r="N29" s="4">
-        <v>4455756.54</v>
+        <v>821431.8</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.8507999999999999E-2</v>
+        <v>4.8669999999999998E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D30" s="4">
-        <v>260257</v>
+        <v>53406</v>
       </c>
       <c r="E30" s="5">
-        <v>10.812029000000001</v>
+        <v>93.61</v>
       </c>
       <c r="F30" s="4">
-        <v>2813906.18058229</v>
+        <v>4999335.66</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J30" s="5">
+        <v>93.61</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>4999335.66</v>
+      </c>
+      <c r="N30" s="4">
+        <v>4999335.66</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="J30" s="5">
-[...34 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.8003000000000002E-2</v>
+        <v>2.9623E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="4">
-        <v>19269</v>
+        <v>177457</v>
       </c>
       <c r="E31" s="5">
-        <v>67.63</v>
+        <v>13.131985999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>1303162.47</v>
+        <v>2330362.8304210999</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J31" s="5">
-        <v>67.63</v>
+        <v>71.959999999999994</v>
       </c>
       <c r="K31" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M31" s="4">
-        <v>1303162.47</v>
+        <v>12769805.517215</v>
       </c>
       <c r="N31" s="4">
-        <v>1303162.47</v>
+        <v>2330362.8304210999</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="S31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="S31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>8.3370000000000007E-3</v>
+        <v>1.3808000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D32" s="4">
-        <v>45041</v>
+        <v>25269</v>
       </c>
       <c r="E32" s="5">
-        <v>22.624694999999999</v>
+        <v>67.03</v>
       </c>
       <c r="F32" s="4">
-        <v>1019038.86732787</v>
+        <v>1693781.07</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>31.48</v>
+        <v>67.03</v>
       </c>
       <c r="K32" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>1417890.6786869999</v>
+        <v>1693781.07</v>
       </c>
       <c r="N32" s="4">
-        <v>1019038.86732787</v>
+        <v>1693781.07</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>183</v>
+        <v>102</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>6.5189999999999996E-3</v>
+        <v>1.0036E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D33" s="4">
-        <v>180959</v>
+        <v>96241</v>
       </c>
       <c r="E33" s="5">
-        <v>30.87</v>
+        <v>26.846616999999998</v>
       </c>
       <c r="F33" s="4">
-        <v>5586204.3300000001</v>
+        <v>2583745.2489513</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J33" s="5">
-        <v>30.87</v>
+        <v>36.799999999999997</v>
       </c>
       <c r="K33" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M33" s="4">
-        <v>5586204.3300000001</v>
+        <v>3541668.8041699999</v>
       </c>
       <c r="N33" s="4">
-        <v>5586204.3300000001</v>
+        <v>2583745.2489513</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="S33" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="Q33" s="3" t="s">
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="R33" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.5741000000000002E-2</v>
+        <v>1.5310000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="4">
-        <v>119612</v>
+        <v>196959</v>
       </c>
       <c r="E34" s="5">
-        <v>8.6927579999999995</v>
+        <v>36</v>
       </c>
       <c r="F34" s="4">
-        <v>1039758.26101186</v>
+        <v>7090524</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>159.36000000000001</v>
+        <v>36</v>
       </c>
       <c r="K34" s="5">
-        <v>18.332501343314036</v>
+        <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>19061369.716720998</v>
+        <v>7090524</v>
       </c>
       <c r="N34" s="4">
-        <v>1039758.26101186</v>
+        <v>7090524</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>119</v>
+        <v>194</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>195</v>
+        <v>102</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>6.6519999999999999E-3</v>
+        <v>4.2014999999999997E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D35" s="4">
-        <v>12200</v>
+        <v>880</v>
       </c>
       <c r="E35" s="5">
-        <v>54.43</v>
+        <v>465.57</v>
       </c>
       <c r="F35" s="4">
-        <v>664046</v>
+        <v>409701.6</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>54.43</v>
+        <v>465.57</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>664046</v>
+        <v>409701.6</v>
       </c>
       <c r="N35" s="4">
-        <v>664046</v>
+        <v>409701.6</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.248E-3</v>
+        <v>2.4269999999999999E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="4">
-        <v>11869</v>
+        <v>8800</v>
       </c>
       <c r="E36" s="5">
-        <v>220.53</v>
+        <v>36.630000000000003</v>
       </c>
       <c r="F36" s="4">
-        <v>2617470.5699999998</v>
+        <v>322344</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>220.53</v>
+        <v>36.630000000000003</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>2617470.5699999998</v>
+        <v>322344</v>
       </c>
       <c r="N36" s="4">
-        <v>2617470.5699999998</v>
+        <v>322344</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>204</v>
       </c>
       <c r="Q36" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="R36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.6746E-2</v>
+        <v>1.91E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D37" s="4">
-        <v>23318</v>
+        <v>4069</v>
       </c>
       <c r="E37" s="5">
-        <v>39.22</v>
+        <v>261.23</v>
       </c>
       <c r="F37" s="4">
-        <v>914531.96</v>
+        <v>1062944.8700000001</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>39.22</v>
+        <v>261.23</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>914531.96</v>
+        <v>1062944.8700000001</v>
       </c>
       <c r="N37" s="4">
-        <v>914531.96</v>
+        <v>1062944.8700000001</v>
       </c>
       <c r="O37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="P37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>5.8510000000000003E-3</v>
+        <v>6.2979999999999998E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D38" s="4">
-        <v>210355</v>
+        <v>49318</v>
       </c>
       <c r="E38" s="5">
-        <v>8.7899999999999991</v>
+        <v>50.79</v>
       </c>
       <c r="F38" s="4">
-        <v>1849020.45</v>
+        <v>2504861.2200000002</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>8.7899999999999991</v>
+        <v>50.79</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>1849020.45</v>
+        <v>2504861.2200000002</v>
       </c>
       <c r="N38" s="4">
-        <v>1849020.45</v>
+        <v>2504861.2200000002</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.183E-2</v>
+        <v>1.4841999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D39" s="4">
-        <v>9100</v>
+        <v>200455</v>
       </c>
       <c r="E39" s="5">
-        <v>180.98</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="F39" s="4">
-        <v>1646918</v>
+        <v>1964459</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>180.98</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>1646918</v>
+        <v>1964459</v>
       </c>
       <c r="N39" s="4">
-        <v>1646918</v>
+        <v>1964459</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.0536999999999999E-2</v>
+        <v>1.1639999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D40" s="4">
-        <v>50638</v>
+        <v>8600</v>
       </c>
       <c r="E40" s="5">
-        <v>34.051499999999997</v>
+        <v>207.99</v>
       </c>
       <c r="F40" s="4">
-        <v>1724299.8570000001</v>
+        <v>1788714</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H40" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J40" s="5">
+        <v>207.99</v>
+      </c>
+      <c r="K40" s="5">
+        <v>1</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M40" s="4">
+        <v>1788714</v>
+      </c>
+      <c r="N40" s="4">
+        <v>1788714</v>
+      </c>
+      <c r="O40" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="I40" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L40" s="3" t="s">
+      <c r="P40" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="M40" s="4">
-[...5 lines deleted...]
-      <c r="O40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T40" s="4">
+        <v>1</v>
+      </c>
+      <c r="W40" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="P40" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.1032E-2</v>
+        <v>1.0599000000000001E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D41" s="4">
-        <v>20300</v>
+        <v>48037</v>
       </c>
       <c r="E41" s="5">
-        <v>22.09</v>
+        <v>34.904654000000001</v>
       </c>
       <c r="F41" s="4">
-        <v>448427</v>
+        <v>1676714.8641979999</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>31</v>
+        <v>229</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J41" s="5">
-        <v>22.09</v>
+        <v>29.72</v>
       </c>
       <c r="K41" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>33</v>
+        <v>230</v>
       </c>
       <c r="M41" s="4">
-        <v>448427</v>
+        <v>1427659.64</v>
       </c>
       <c r="N41" s="4">
-        <v>448427</v>
+        <v>1676714.8641979999</v>
       </c>
       <c r="O41" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="P41" s="3" t="s">
+      <c r="R41" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="Q41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R41" s="3" t="s">
+      <c r="S41" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="S41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.869E-3</v>
+        <v>9.9349999999999994E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="4">
-        <v>76800</v>
+        <v>22600</v>
       </c>
       <c r="E42" s="5">
-        <v>8.92</v>
+        <v>28.68</v>
       </c>
       <c r="F42" s="4">
-        <v>685056</v>
+        <v>648168</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>8.92</v>
+        <v>28.68</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>685056</v>
+        <v>648168</v>
       </c>
       <c r="N42" s="4">
-        <v>685056</v>
+        <v>648168</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>237</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>235</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>4.3829999999999997E-3</v>
+        <v>3.8400000000000001E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D43" s="4">
-        <v>20175</v>
+        <v>37200</v>
       </c>
       <c r="E43" s="5">
-        <v>22.419</v>
+        <v>8.39</v>
       </c>
       <c r="F43" s="4">
-        <v>452303.32500000001</v>
+        <v>312108</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H43" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J43" s="5">
+        <v>8.39</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M43" s="4">
+        <v>312108</v>
+      </c>
+      <c r="N43" s="4">
+        <v>312108</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L43" s="3" t="s">
+      <c r="P43" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="M43" s="4">
-[...5 lines deleted...]
-      <c r="O43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R43" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="S43" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T43" s="4">
+        <v>1</v>
+      </c>
+      <c r="W43" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="P43" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.8930000000000002E-3</v>
+        <v>1.8489999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D44" s="4">
-        <v>21059</v>
+        <v>31989</v>
       </c>
       <c r="E44" s="5">
-        <v>53.368499999999997</v>
+        <v>22.995730999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>1123887.2415</v>
+        <v>735610.43895900005</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H44" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J44" s="5">
+        <v>19.579999999999998</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="M44" s="4">
+        <v>626344.62</v>
+      </c>
+      <c r="N44" s="4">
+        <v>735610.43895900005</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="I44" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="M44" s="4">
-[...8 lines deleted...]
-      <c r="P44" s="3" t="s">
+      <c r="S44" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>7.1900000000000002E-3</v>
+        <v>4.3579999999999999E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D45" s="4">
-        <v>3296738</v>
+        <v>3890467</v>
       </c>
       <c r="E45" s="5">
-        <v>1.66</v>
+        <v>0.90739999999999998</v>
       </c>
       <c r="F45" s="4">
-        <v>5472585.0800000001</v>
+        <v>3530209.7557999999</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>1.66</v>
+        <v>0.90739999999999998</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>5472585.0800000001</v>
+        <v>3530209.7557999999</v>
       </c>
       <c r="N45" s="4">
-        <v>5472585.0800000001</v>
+        <v>3530209.7557999999</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.5014000000000003E-2</v>
+        <v>2.0917999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D46" s="4">
-        <v>31500</v>
+        <v>22900</v>
       </c>
       <c r="E46" s="5">
-        <v>12.34</v>
+        <v>18.46</v>
       </c>
       <c r="F46" s="4">
-        <v>388710</v>
+        <v>422734</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>12.34</v>
+        <v>18.46</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>388710</v>
+        <v>422734</v>
       </c>
       <c r="N46" s="4">
-        <v>388710</v>
+        <v>422734</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>102</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4870000000000001E-3</v>
+        <v>2.5040000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D47" s="4">
-        <v>22600</v>
+        <v>7400</v>
       </c>
       <c r="E47" s="5">
-        <v>73.989999999999995</v>
+        <v>42.44</v>
       </c>
       <c r="F47" s="4">
-        <v>1672174</v>
+        <v>314056</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>73.989999999999995</v>
+        <v>42.44</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>1672174</v>
+        <v>314056</v>
       </c>
       <c r="N47" s="4">
-        <v>1672174</v>
+        <v>314056</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="P47" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.0697999999999999E-2</v>
+        <v>1.8600000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="4">
-        <v>10000</v>
+        <v>256000</v>
       </c>
       <c r="E48" s="5">
-        <v>55.997576000000002</v>
+        <v>1.235948</v>
       </c>
       <c r="F48" s="4">
-        <v>559975.62379389</v>
+        <v>316402.64662427001</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>70</v>
+        <v>269</v>
       </c>
       <c r="J48" s="5">
-        <v>8270</v>
+        <v>9.6199999999999992</v>
       </c>
       <c r="K48" s="5">
-        <v>147.68496434146536</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="M48" s="4">
-        <v>82699980.032089993</v>
+        <v>2462719.9286179999</v>
       </c>
       <c r="N48" s="4">
-        <v>559975.62379389</v>
+        <v>316402.64662427001</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R48" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="S48" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="S48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>3.5820000000000001E-3</v>
+        <v>1.874E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D49" s="4">
-        <v>9100</v>
+        <v>94100</v>
       </c>
       <c r="E49" s="5">
-        <v>24.8</v>
+        <v>1.769115</v>
       </c>
       <c r="F49" s="4">
-        <v>225680</v>
+        <v>166473.76311843999</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>31</v>
+        <v>275</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="J49" s="5">
-        <v>24.8</v>
+        <v>29500</v>
       </c>
       <c r="K49" s="5">
-        <v>1</v>
+        <v>16675.004168751042</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>33</v>
+        <v>277</v>
       </c>
       <c r="M49" s="4">
-        <v>225680</v>
+        <v>2775950693.9876599</v>
       </c>
       <c r="N49" s="4">
-        <v>225680</v>
+        <v>166473.76311843999</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>102</v>
+        <v>280</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>274</v>
+        <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.4430000000000001E-3</v>
+        <v>9.859999999999999E-4</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="4">
-        <v>50400</v>
+        <v>16431</v>
       </c>
       <c r="E50" s="5">
-        <v>8.7686650000000004</v>
+        <v>10.802655</v>
       </c>
       <c r="F50" s="4">
-        <v>441940.61685344001</v>
+        <v>177498.43089921999</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>69</v>
+        <v>283</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="J50" s="5">
-        <v>1295</v>
+        <v>179</v>
       </c>
       <c r="K50" s="5">
-        <v>147.68496434146536</v>
+        <v>16.570000048053</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="M50" s="4">
-        <v>65267984.241044998</v>
+        <v>2941149.008529</v>
       </c>
       <c r="N50" s="4">
-        <v>441940.61685344001</v>
+        <v>177498.43089921999</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.8270000000000001E-3</v>
+        <v>1.0510000000000001E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D51" s="4">
-        <v>363078</v>
+        <v>11300</v>
       </c>
       <c r="E51" s="5">
-        <v>0.98467300000000002</v>
+        <v>87.11</v>
       </c>
       <c r="F51" s="4">
-        <v>357513.04203413997</v>
+        <v>984343</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>285</v>
+        <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>286</v>
+        <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>276.89</v>
+        <v>87.11</v>
       </c>
       <c r="K51" s="5">
-        <v>281.19982340651092</v>
+        <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>287</v>
+        <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>100532604.285524</v>
+        <v>984343</v>
       </c>
       <c r="N51" s="4">
-        <v>357513.04203413997</v>
+        <v>984343</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="R51" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="S51" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="T51" s="4">
+        <v>1</v>
+      </c>
+      <c r="W51" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="S51" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.287E-3</v>
+        <v>5.8320000000000004E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D52" s="4">
-        <v>67551</v>
+        <v>19600</v>
       </c>
       <c r="E52" s="5">
-        <v>4.4603080000000004</v>
+        <v>23.413829</v>
       </c>
       <c r="F52" s="4">
-        <v>301298.23193250003</v>
+        <v>458910.97004689003</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="J52" s="5">
-        <v>6.73</v>
+        <v>3670</v>
       </c>
       <c r="K52" s="5">
-        <v>1.5088645794039983</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="M52" s="4">
-        <v>454618.23</v>
+        <v>71931986.796883002</v>
       </c>
       <c r="N52" s="4">
-        <v>301298.23193250003</v>
+        <v>458910.97004689003</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.9269999999999999E-3</v>
+        <v>2.7190000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D53" s="4">
-        <v>29900</v>
+        <v>7400</v>
       </c>
       <c r="E53" s="5">
-        <v>24.97</v>
+        <v>75.919500999999997</v>
       </c>
       <c r="F53" s="4">
-        <v>746603</v>
+        <v>561804.20428084</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J53" s="5">
-        <v>24.97</v>
+        <v>11900</v>
       </c>
       <c r="K53" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="M53" s="4">
-        <v>746603</v>
+        <v>88059983.836590007</v>
       </c>
       <c r="N53" s="4">
-        <v>746603</v>
+        <v>561804.20428084</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>102</v>
+        <v>298</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>296</v>
+        <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>4.7759999999999999E-3</v>
+        <v>3.3279999999999998E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D54" s="4">
-        <v>116569</v>
+        <v>59302</v>
       </c>
       <c r="E54" s="5">
-        <v>37</v>
+        <v>6.395092</v>
       </c>
       <c r="F54" s="4">
-        <v>4313053</v>
+        <v>379241.71613299998</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J54" s="5">
-        <v>37</v>
+        <v>9.59</v>
       </c>
       <c r="K54" s="5">
-        <v>1</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M54" s="4">
-        <v>4313053</v>
+        <v>568706.18000000005</v>
       </c>
       <c r="N54" s="4">
-        <v>4313053</v>
+        <v>379241.71613299998</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>303</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>150</v>
+        <v>307</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>301</v>
+        <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.7595000000000001E-2</v>
+        <v>2.2469999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D55" s="4">
-        <v>244900</v>
+        <v>50400</v>
       </c>
       <c r="E55" s="5">
-        <v>17.29</v>
+        <v>10.01627</v>
       </c>
       <c r="F55" s="4">
-        <v>4234321</v>
+        <v>504819.93046030001</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J55" s="5">
-        <v>17.29</v>
+        <v>1570</v>
       </c>
       <c r="K55" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="M55" s="4">
-        <v>4234321</v>
+        <v>79127985.476056993</v>
       </c>
       <c r="N55" s="4">
-        <v>4234321</v>
+        <v>504819.93046030001</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>308</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>150</v>
+        <v>298</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.7091E-2</v>
+        <v>2.9910000000000002E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D56" s="4">
-        <v>1300</v>
+        <v>432313</v>
       </c>
       <c r="E56" s="5">
-        <v>387.73</v>
+        <v>1.003482</v>
       </c>
       <c r="F56" s="4">
-        <v>504049</v>
+        <v>433818.24122845998</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>31</v>
+        <v>314</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>32</v>
+        <v>315</v>
       </c>
       <c r="J56" s="5">
-        <v>387.73</v>
+        <v>281</v>
       </c>
       <c r="K56" s="5">
-        <v>1</v>
+        <v>280.02497822805793</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>33</v>
+        <v>316</v>
       </c>
       <c r="M56" s="4">
-        <v>504049</v>
+        <v>121479943.554933</v>
       </c>
       <c r="N56" s="4">
-        <v>504049</v>
+        <v>433818.24122845998</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>311</v>
+        <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.2239999999999999E-3</v>
+        <v>2.5699999999999998E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D57" s="4">
-        <v>4200</v>
+        <v>3400</v>
       </c>
       <c r="E57" s="5">
-        <v>106.61</v>
+        <v>92.7</v>
       </c>
       <c r="F57" s="4">
-        <v>447762</v>
+        <v>315180</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>106.61</v>
+        <v>92.7</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>447762</v>
+        <v>315180</v>
       </c>
       <c r="N57" s="4">
-        <v>447762</v>
+        <v>315180</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="R57" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="S57" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="T57" s="4">
+        <v>1</v>
+      </c>
+      <c r="W57" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="S57" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.8639999999999998E-3</v>
+        <v>1.867E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D58" s="4">
-        <v>27427</v>
+        <v>6377</v>
       </c>
       <c r="E58" s="5">
-        <v>7.82</v>
+        <v>85.066987999999995</v>
       </c>
       <c r="F58" s="4">
-        <v>214479.14</v>
+        <v>542472.18587808998</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>44</v>
+        <v>283</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>32</v>
+        <v>284</v>
       </c>
       <c r="J58" s="5">
-        <v>7.82</v>
+        <v>1409.56</v>
       </c>
       <c r="K58" s="5">
-        <v>1</v>
+        <v>16.570000048053</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>46</v>
+        <v>285</v>
       </c>
       <c r="M58" s="4">
-        <v>214479.14</v>
+        <v>8988764.1460670009</v>
       </c>
       <c r="N58" s="4">
-        <v>214479.14</v>
+        <v>542472.18587808998</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>102</v>
+        <v>288</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.372E-3</v>
+        <v>3.2139999999999998E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D59" s="4">
-        <v>236045</v>
+        <v>67551</v>
       </c>
       <c r="E59" s="5">
-        <v>9.3699239999999993</v>
+        <v>4.114465</v>
       </c>
       <c r="F59" s="4">
-        <v>2211723.76562045</v>
+        <v>277936.19143950002</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="J59" s="5">
-        <v>49.9</v>
+        <v>6.17</v>
       </c>
       <c r="K59" s="5">
-        <v>5.3255500773988818</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="M59" s="4">
-        <v>11778645.671184</v>
+        <v>416789.67</v>
       </c>
       <c r="N59" s="4">
-        <v>2211723.76562045</v>
+        <v>277936.19143950002</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>173</v>
+        <v>307</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.4149999999999999E-2</v>
+        <v>1.6459999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D60" s="4">
-        <v>209131</v>
+        <v>7900</v>
       </c>
       <c r="E60" s="5">
-        <v>18.312374999999999</v>
+        <v>39.19</v>
       </c>
       <c r="F60" s="4">
-        <v>3829685.2961249999</v>
+        <v>309601</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>15.585000000000001</v>
+        <v>39.19</v>
       </c>
       <c r="K60" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>3259306.6349999998</v>
+        <v>309601</v>
       </c>
       <c r="N60" s="4">
-        <v>3829685.2961249999</v>
+        <v>309601</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="Q60" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R60" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="S60" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>2.4501999999999999E-2</v>
+        <v>1.8339999999999999E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D61" s="4">
-        <v>8144000</v>
+        <v>11900</v>
       </c>
       <c r="E61" s="5">
-        <v>6.812E-2</v>
+        <v>29.7</v>
       </c>
       <c r="F61" s="4">
-        <v>554768.39237056999</v>
+        <v>353430</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>336</v>
+        <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>337</v>
+        <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>0.53</v>
+        <v>29.7</v>
       </c>
       <c r="K61" s="5">
-        <v>7.7803997725011103</v>
+        <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>338</v>
+        <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>4316319.8737899996</v>
+        <v>353430</v>
       </c>
       <c r="N61" s="4">
-        <v>554768.39237056999</v>
+        <v>353430</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="Q61" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>341</v>
+        <v>102</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>34</v>
+        <v>338</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.5490000000000001E-3</v>
+        <v>2.0939999999999999E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D62" s="4">
-        <v>18311</v>
+        <v>22400</v>
       </c>
       <c r="E62" s="5">
-        <v>25.568000000000001</v>
+        <v>14.03</v>
       </c>
       <c r="F62" s="4">
-        <v>468175.64799999999</v>
+        <v>314272</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>344</v>
+        <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>21.76</v>
+        <v>14.03</v>
       </c>
       <c r="K62" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M62" s="4">
+        <v>314272</v>
+      </c>
+      <c r="N62" s="4">
+        <v>314272</v>
+      </c>
+      <c r="O62" s="3" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>346</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>347</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>348</v>
+        <v>102</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.9949999999999998E-3</v>
+        <v>1.8619999999999999E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D63" s="4">
-        <v>34110</v>
+        <v>108669</v>
       </c>
       <c r="E63" s="5">
-        <v>7.4064420000000002</v>
+        <v>28.85</v>
       </c>
       <c r="F63" s="4">
-        <v>252633.74691816</v>
+        <v>3135100.65</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H63" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J63" s="5">
+        <v>28.85</v>
+      </c>
+      <c r="K63" s="5">
+        <v>1</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M63" s="4">
+        <v>3135100.65</v>
+      </c>
+      <c r="N63" s="4">
+        <v>3135100.65</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="I63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="J63" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>356</v>
+        <v>131</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>34</v>
+        <v>348</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.616E-3</v>
+        <v>1.8577E-2</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D64" s="4">
-        <v>91158</v>
+        <v>199178</v>
       </c>
       <c r="E64" s="5">
-        <v>9.5211369999999995</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="F64" s="4">
-        <v>867927.79971537006</v>
+        <v>3664875.2</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>95</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="K64" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M64" s="4">
+        <v>3664875.2</v>
+      </c>
+      <c r="N64" s="4">
+        <v>3664875.2</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R64" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="S64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="T64" s="4">
+        <v>1</v>
+      </c>
+      <c r="W64" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="M64" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>5.5529999999999998E-3</v>
+        <v>2.1715999999999999E-2</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D65" s="4">
-        <v>94587</v>
+        <v>1500</v>
       </c>
       <c r="E65" s="5">
-        <v>18.9175</v>
+        <v>402.32</v>
       </c>
       <c r="F65" s="4">
-        <v>1789349.5725</v>
+        <v>603480</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>363</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>16.100000000000001</v>
+        <v>402.32</v>
       </c>
       <c r="K65" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>364</v>
+        <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>1522850.7</v>
+        <v>603480</v>
       </c>
       <c r="N65" s="4">
-        <v>1789349.5725</v>
+        <v>603480</v>
       </c>
       <c r="O65" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="P65" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="P65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q65" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>367</v>
+        <v>102</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>34</v>
+        <v>358</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.1448E-2</v>
+        <v>3.5750000000000001E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D66" s="4">
-        <v>27896</v>
+        <v>98945</v>
       </c>
       <c r="E66" s="5">
-        <v>25.366312000000001</v>
+        <v>9.3891150000000003</v>
       </c>
       <c r="F66" s="4">
-        <v>707618.67345507001</v>
+        <v>929005.93092751002</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>351</v>
+        <v>44</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>352</v>
+        <v>45</v>
       </c>
       <c r="J66" s="5">
-        <v>253.1</v>
+        <v>51.45</v>
       </c>
       <c r="K66" s="5">
-        <v>9.977800391908044</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>353</v>
+        <v>46</v>
       </c>
       <c r="M66" s="4">
-        <v>7060477.8773210002</v>
+        <v>5090720.1691589998</v>
       </c>
       <c r="N66" s="4">
-        <v>707618.67345507001</v>
+        <v>929005.93092751002</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>356</v>
+        <v>178</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>4.5269999999999998E-3</v>
+        <v>5.5040000000000002E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D67" s="4">
-        <v>213463</v>
+        <v>160438</v>
       </c>
       <c r="E67" s="5">
-        <v>3.259757</v>
+        <v>22.796074999999998</v>
       </c>
       <c r="F67" s="4">
-        <v>695837.55292881001</v>
+        <v>3657356.600631</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>168</v>
+        <v>247</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>169</v>
+        <v>60</v>
       </c>
       <c r="J67" s="5">
-        <v>17.36</v>
+        <v>19.41</v>
       </c>
       <c r="K67" s="5">
-        <v>5.3255500773988818</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>170</v>
+        <v>248</v>
       </c>
       <c r="M67" s="4">
-        <v>3705717.7338569998</v>
+        <v>3114101.58</v>
       </c>
       <c r="N67" s="4">
-        <v>695837.55292881001</v>
+        <v>3657356.600631</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>189</v>
+        <v>107</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>4.4520000000000002E-3</v>
+        <v>2.1670999999999999E-2</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D68" s="4">
-        <v>46136</v>
+        <v>5696000</v>
       </c>
       <c r="E68" s="5">
-        <v>5.2262360000000001</v>
+        <v>5.6529999999999997E-2</v>
       </c>
       <c r="F68" s="4">
-        <v>241117.62062930001</v>
+        <v>321993.96158539999</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>80</v>
+        <v>269</v>
       </c>
       <c r="J68" s="5">
-        <v>18.96</v>
+        <v>0.44</v>
       </c>
       <c r="K68" s="5">
-        <v>3.6278500616825209</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="M68" s="4">
-        <v>874738.57487200003</v>
+        <v>2506239.9273560001</v>
       </c>
       <c r="N68" s="4">
-        <v>241117.62062930001</v>
+        <v>321993.96158539999</v>
       </c>
       <c r="O68" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="P68" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>382</v>
+        <v>272</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.542E-3</v>
+        <v>1.9070000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D69" s="4">
-        <v>37565</v>
+        <v>18311</v>
       </c>
       <c r="E69" s="5">
-        <v>0</v>
+        <v>28.774025000000002</v>
       </c>
       <c r="F69" s="4">
-        <v>4.5532999999999999E-4</v>
+        <v>526881.17177500005</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>84</v>
+        <v>379</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="J69" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>24.5</v>
       </c>
       <c r="K69" s="5">
-        <v>82.500014437502529</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>86</v>
+        <v>380</v>
       </c>
       <c r="M69" s="4">
-        <v>3.7564E-2</v>
+        <v>448619.5</v>
       </c>
       <c r="N69" s="4">
-        <v>4.5532999999999999E-4</v>
+        <v>526881.17177500005</v>
       </c>
       <c r="O69" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R69" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="S69" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="P69" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>0</v>
+        <v>3.1220000000000002E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D70" s="4">
-        <v>124200</v>
+        <v>41039</v>
       </c>
       <c r="E70" s="5">
-        <v>7.6326000000000001</v>
+        <v>9.0860880000000002</v>
       </c>
       <c r="F70" s="4">
-        <v>947968.95213453996</v>
+        <v>372883.93799847999</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>44</v>
+        <v>386</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>45</v>
+        <v>387</v>
       </c>
       <c r="J70" s="5">
-        <v>10.62</v>
+        <v>91.65</v>
       </c>
       <c r="K70" s="5">
-        <v>1.3913999987115637</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>46</v>
+        <v>388</v>
       </c>
       <c r="M70" s="4">
-        <v>1319003.998778</v>
+        <v>3761224.2732219999</v>
       </c>
       <c r="N70" s="4">
-        <v>947968.95213453996</v>
+        <v>372883.93799847999</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="Q70" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R70" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="S70" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="S70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>392</v>
+        <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>6.0650000000000001E-3</v>
+        <v>2.209E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D71" s="4">
-        <v>1555871</v>
+        <v>91158</v>
       </c>
       <c r="E71" s="5">
-        <v>4.5987900000000002</v>
+        <v>9.6660509999999995</v>
       </c>
       <c r="F71" s="4">
-        <v>7155123.9960899996</v>
+        <v>881137.81805023004</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>59</v>
+        <v>386</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>60</v>
+        <v>387</v>
       </c>
       <c r="J71" s="5">
-        <v>3.4159999999999999</v>
+        <v>97.5</v>
       </c>
       <c r="K71" s="5">
-        <v>0.74280408542246978</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>61</v>
+        <v>388</v>
       </c>
       <c r="M71" s="4">
-        <v>5314855.3360000001</v>
+        <v>8887904.8185709994</v>
       </c>
       <c r="N71" s="4">
-        <v>7155123.9960899996</v>
+        <v>881137.81805023004</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="P71" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="Q71" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S71" s="3" t="s">
-        <v>135</v>
+        <v>391</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>4.5779E-2</v>
+        <v>5.2209999999999999E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D72" s="4">
-        <v>32700</v>
+        <v>29936</v>
       </c>
       <c r="E72" s="5">
-        <v>10.787696</v>
+        <v>25.468803999999999</v>
       </c>
       <c r="F72" s="4">
-        <v>352757.65416128002</v>
+        <v>762434.09984286001</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>44</v>
+        <v>386</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>45</v>
+        <v>387</v>
       </c>
       <c r="J72" s="5">
-        <v>15.01</v>
+        <v>256.89999999999998</v>
       </c>
       <c r="K72" s="5">
-        <v>1.3913999987115637</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>46</v>
+        <v>388</v>
       </c>
       <c r="M72" s="4">
-        <v>490826.99954500003</v>
+        <v>7690558.2430119999</v>
       </c>
       <c r="N72" s="4">
-        <v>352757.65416128002</v>
+        <v>762434.09984286001</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q72" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>183</v>
+        <v>391</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>401</v>
+        <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>2.2560000000000002E-3</v>
+        <v>4.5170000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D73" s="4">
-        <v>1125270</v>
+        <v>254463</v>
       </c>
       <c r="E73" s="5">
-        <v>0</v>
+        <v>2.7592500000000002</v>
       </c>
       <c r="F73" s="4">
-        <v>1.363964E-2</v>
+        <v>702127.02404307004</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="J73" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>15.12</v>
       </c>
       <c r="K73" s="5">
-        <v>82.500014437502529</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="M73" s="4">
-        <v>1.12527</v>
+        <v>3847480.498902</v>
       </c>
       <c r="N73" s="4">
-        <v>1.363964E-2</v>
+        <v>702127.02404307004</v>
       </c>
       <c r="O73" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="P73" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="P73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q73" s="3" t="s">
-        <v>107</v>
+        <v>194</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>387</v>
+        <v>178</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>0</v>
+        <v>4.1599999999999996E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D74" s="4">
-        <v>395485</v>
+        <v>46136</v>
       </c>
       <c r="E74" s="5">
-        <v>0</v>
+        <v>5.8411210000000002</v>
       </c>
       <c r="F74" s="4">
-        <v>4.7937600000000002E-3</v>
+        <v>269485.98130841</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>84</v>
+        <v>406</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="J74" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>21</v>
       </c>
       <c r="K74" s="5">
-        <v>82.500014437502529</v>
+        <v>3.5952000340537347</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>86</v>
+        <v>407</v>
       </c>
       <c r="M74" s="4">
-        <v>0.39548499999999998</v>
+        <v>968856.00917600002</v>
       </c>
       <c r="N74" s="4">
-        <v>4.7937600000000002E-3</v>
+        <v>269485.98130841</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>107</v>
+        <v>194</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>409</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>387</v>
+        <v>410</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>0</v>
+        <v>1.596E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D75" s="4">
-        <v>1534258</v>
+        <v>7500</v>
       </c>
       <c r="E75" s="5">
-        <v>0</v>
+        <v>44.442822999999997</v>
       </c>
       <c r="F75" s="4">
-        <v>1.859707E-2</v>
+        <v>333321.17453949002</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="J75" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>60.92</v>
       </c>
       <c r="K75" s="5">
-        <v>82.500014437502529</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="M75" s="4">
-        <v>1.5342579999999999</v>
+        <v>456900.00053800002</v>
       </c>
       <c r="N75" s="4">
-        <v>1.859707E-2</v>
+        <v>333321.17453949002</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="Q75" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>387</v>
+        <v>188</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>34</v>
+        <v>415</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>0</v>
+        <v>1.9750000000000002E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D76" s="4">
-        <v>39058</v>
+        <v>37565</v>
       </c>
       <c r="E76" s="5">
         <v>0</v>
       </c>
       <c r="F76" s="4">
-        <v>4.7343E-4</v>
+        <v>4.7490999999999999E-4</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>84</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J76" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K76" s="5">
-        <v>82.500014437502529</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M76" s="4">
-        <v>3.9057000000000001E-2</v>
+        <v>3.7565000000000001E-2</v>
       </c>
       <c r="N76" s="4">
-        <v>4.7343E-4</v>
+        <v>4.7490999999999999E-4</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>387</v>
+        <v>420</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D77" s="4">
-        <v>2552800</v>
+        <v>124200</v>
       </c>
       <c r="E77" s="5">
-        <v>0</v>
+        <v>8.3895680000000006</v>
       </c>
       <c r="F77" s="4">
-        <v>3.094303E-2</v>
+        <v>1041984.31515594</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="J77" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>11.5</v>
       </c>
       <c r="K77" s="5">
-        <v>82.500014437502529</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
       <c r="M77" s="4">
-        <v>2.5528</v>
+        <v>1428300.001681</v>
       </c>
       <c r="N77" s="4">
-        <v>3.094303E-2</v>
+        <v>1041984.31515594</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>387</v>
+        <v>188</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>34</v>
+        <v>425</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>0</v>
+        <v>6.1739999999999998E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D78" s="4">
-        <v>37566</v>
+        <v>1234895</v>
       </c>
       <c r="E78" s="5">
-        <v>18.240621000000001</v>
+        <v>5.4683010000000003</v>
       </c>
       <c r="F78" s="4">
-        <v>685227.16688228003</v>
+        <v>6752777.2855436299</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>44</v>
+        <v>139</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>45</v>
+        <v>140</v>
       </c>
       <c r="J78" s="5">
-        <v>25.38</v>
+        <v>4.0655000000000001</v>
       </c>
       <c r="K78" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>46</v>
+        <v>141</v>
       </c>
       <c r="M78" s="4">
-        <v>953425.07911699999</v>
+        <v>5020465.6224999996</v>
       </c>
       <c r="N78" s="4">
-        <v>685227.16688228003</v>
+        <v>6752777.2855436299</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>426</v>
+        <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>4.3839999999999999E-3</v>
+        <v>4.0013E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D79" s="4">
-        <v>26153</v>
+        <v>32700</v>
       </c>
       <c r="E79" s="5">
-        <v>45.841766999999997</v>
+        <v>15.436805</v>
       </c>
       <c r="F79" s="4">
-        <v>1198899.77750606</v>
+        <v>504783.51267554</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="J79" s="5">
-        <v>457.4</v>
+        <v>21.16</v>
       </c>
       <c r="K79" s="5">
-        <v>9.977800391908044</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>353</v>
+        <v>51</v>
       </c>
       <c r="M79" s="4">
-        <v>11962382.669857999</v>
+        <v>691932.00081400003</v>
       </c>
       <c r="N79" s="4">
-        <v>1198899.77750606</v>
+        <v>504783.51267554</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>189</v>
+        <v>107</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>356</v>
+        <v>188</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>34</v>
+        <v>434</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>7.6699999999999997E-3</v>
+        <v>2.9910000000000002E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D80" s="4">
-        <v>121800</v>
+        <v>25200</v>
       </c>
       <c r="E80" s="5">
-        <v>4.3481389999999998</v>
+        <v>13.459785</v>
       </c>
       <c r="F80" s="4">
-        <v>529603.27727468999</v>
+        <v>339186.57669159002</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J80" s="5">
-        <v>6.05</v>
+        <v>18.45</v>
       </c>
       <c r="K80" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M80" s="4">
-        <v>736889.99931700004</v>
+        <v>464940.00054699997</v>
       </c>
       <c r="N80" s="4">
-        <v>529603.27727468999</v>
+        <v>339186.57669159002</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="Q80" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>3.388E-3</v>
+        <v>2.0089999999999999E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D81" s="4">
-        <v>399500</v>
+        <v>1125270</v>
       </c>
       <c r="E81" s="5">
-        <v>8.9550090000000004</v>
+        <v>0</v>
       </c>
       <c r="F81" s="4">
-        <v>3577526.2325715101</v>
+        <v>1.422592E-2</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J81" s="5">
-        <v>12.46</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K81" s="5">
-        <v>1.3913999987115637</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M81" s="4">
-        <v>4977769.9953899998</v>
+        <v>1.1252690000000001</v>
       </c>
       <c r="N81" s="4">
-        <v>3577526.2325715101</v>
+        <v>1.422592E-2</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="Q81" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>183</v>
+        <v>420</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>440</v>
+        <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>2.2889E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D82" s="4">
-        <v>68267</v>
+        <v>395485</v>
       </c>
       <c r="E82" s="5">
-        <v>8.1379769999999994</v>
+        <v>0</v>
       </c>
       <c r="F82" s="4">
-        <v>555555.48651577998</v>
+        <v>4.9998100000000004E-3</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>443</v>
+        <v>84</v>
       </c>
       <c r="I82" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J82" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="K82" s="5">
+        <v>79.099968913712217</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M82" s="4">
+        <v>0.395484</v>
+      </c>
+      <c r="N82" s="4">
+        <v>4.9998100000000004E-3</v>
+      </c>
+      <c r="O82" s="3" t="s">
         <v>444</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>446</v>
       </c>
       <c r="Q82" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>447</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>448</v>
+        <v>420</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>3.5539999999999999E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D83" s="4">
-        <v>221600</v>
+        <v>1534258</v>
       </c>
       <c r="E83" s="5">
-        <v>2.8110050000000002</v>
+        <v>0</v>
       </c>
       <c r="F83" s="4">
-        <v>622918.75338030001</v>
+        <v>1.9396429999999999E-2</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="J83" s="5">
-        <v>20.010000000000002</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K83" s="5">
-        <v>7.1184500116101921</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="M83" s="4">
-        <v>4434216.0072320001</v>
+        <v>1.534257</v>
       </c>
       <c r="N83" s="4">
-        <v>622918.75338030001</v>
+        <v>1.9396429999999999E-2</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="P83" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q83" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R83" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="Q83" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S83" s="3" t="s">
-        <v>453</v>
+        <v>420</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>3.9849999999999998E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D84" s="4">
-        <v>244261</v>
+        <v>39058</v>
       </c>
       <c r="E84" s="5">
-        <v>10.608021000000001</v>
+        <v>0</v>
       </c>
       <c r="F84" s="4">
-        <v>2591125.7438551099</v>
+        <v>4.9377999999999998E-4</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J84" s="5">
-        <v>14.76</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K84" s="5">
-        <v>1.3913999987115637</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M84" s="4">
-        <v>3605292.3566609998</v>
+        <v>3.9057000000000001E-2</v>
       </c>
       <c r="N84" s="4">
-        <v>2591125.7438551099</v>
+        <v>4.9377999999999998E-4</v>
       </c>
       <c r="O84" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="P84" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="P84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q84" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>183</v>
+        <v>420</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>458</v>
+        <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.6577999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D85" s="4">
-        <v>83257</v>
+        <v>2552800</v>
       </c>
       <c r="E85" s="5">
-        <v>0.21920400000000001</v>
+        <v>0</v>
       </c>
       <c r="F85" s="4">
-        <v>18250.2407647</v>
+        <v>3.2273070000000001E-2</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J85" s="5">
-        <v>0.30499999999999999</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K85" s="5">
-        <v>1.3913999987115637</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M85" s="4">
-        <v>25393.384976000001</v>
+        <v>2.5527980000000001</v>
       </c>
       <c r="N85" s="4">
-        <v>18250.2407647</v>
+        <v>3.2273070000000001E-2</v>
       </c>
       <c r="O85" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="P85" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S85" s="3" t="s">
-        <v>183</v>
+        <v>420</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>463</v>
+        <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.16E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D86" s="4">
-        <v>122000</v>
+        <v>26466</v>
       </c>
       <c r="E86" s="5">
-        <v>5.48</v>
+        <v>18.785336000000001</v>
       </c>
       <c r="F86" s="4">
-        <v>668560</v>
+        <v>497172.71566660999</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J86" s="5">
-        <v>5.48</v>
+        <v>25.75</v>
       </c>
       <c r="K86" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="M86" s="4">
-        <v>668560</v>
+        <v>681499.50080200005</v>
       </c>
       <c r="N86" s="4">
-        <v>668560</v>
+        <v>497172.71566660999</v>
       </c>
       <c r="O86" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="P86" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="Q86" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R86" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="S86" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="T86" s="4">
+        <v>1</v>
+      </c>
+      <c r="W86" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="P86" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>4.2770000000000004E-3</v>
+        <v>2.9459999999999998E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D87" s="4">
-        <v>8974</v>
+        <v>34248</v>
       </c>
       <c r="E87" s="5">
-        <v>19.017375000000001</v>
+        <v>51.205283000000001</v>
       </c>
       <c r="F87" s="4">
-        <v>170661.92324999999</v>
+        <v>1753678.50220832</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>224</v>
+        <v>386</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>55</v>
+        <v>387</v>
       </c>
       <c r="J87" s="5">
-        <v>16.184999999999999</v>
+        <v>516.5</v>
       </c>
       <c r="K87" s="5">
-        <v>0.85106382978723405</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>225</v>
+        <v>388</v>
       </c>
       <c r="M87" s="4">
-        <v>145244.19</v>
+        <v>17689091.638912</v>
       </c>
       <c r="N87" s="4">
-        <v>170661.92324999999</v>
+        <v>1753678.50220832</v>
       </c>
       <c r="O87" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="P87" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="R87" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="P87" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S87" s="3" t="s">
-        <v>229</v>
+        <v>391</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.091E-3</v>
+        <v>1.0390999999999999E-2</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D88" s="4">
-        <v>5400</v>
+        <v>129400</v>
       </c>
       <c r="E88" s="5">
-        <v>56.331752000000002</v>
+        <v>5.8216299999999999</v>
       </c>
       <c r="F88" s="4">
-        <v>304191.46183699998</v>
+        <v>753318.98595659004</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J88" s="5">
-        <v>78.38</v>
+        <v>7.98</v>
       </c>
       <c r="K88" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M88" s="4">
-        <v>423251.99960799998</v>
+        <v>1032612.0012150001</v>
       </c>
       <c r="N88" s="4">
-        <v>304191.46183699998</v>
+        <v>753318.98595659004</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="Q88" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.946E-3</v>
+        <v>4.463E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D89" s="4">
-        <v>179258</v>
+        <v>355700</v>
       </c>
       <c r="E89" s="5">
-        <v>1.4948969999999999</v>
+        <v>9.2139340000000001</v>
       </c>
       <c r="F89" s="4">
-        <v>267972.28690528002</v>
+        <v>3277396.31588546</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J89" s="5">
-        <v>2.08</v>
+        <v>12.63</v>
       </c>
       <c r="K89" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M89" s="4">
-        <v>372856.639654</v>
+        <v>4492491.0052890005</v>
       </c>
       <c r="N89" s="4">
-        <v>267972.28690528002</v>
+        <v>3277396.31588546</v>
       </c>
       <c r="O89" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R89" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="P89" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S89" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>1.714E-3</v>
+        <v>1.942E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D90" s="4">
-        <v>69278</v>
+        <v>246700</v>
       </c>
       <c r="E90" s="5">
-        <v>0.22533500000000001</v>
+        <v>3.9309400000000001</v>
       </c>
       <c r="F90" s="4">
-        <v>15610.75813</v>
+        <v>969762.95586098998</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="J90" s="5">
-        <v>0.34</v>
+        <v>27.47</v>
       </c>
       <c r="K90" s="5">
-        <v>1.5088645794039983</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="M90" s="4">
-        <v>23554.52</v>
+        <v>6776848.9848969998</v>
       </c>
       <c r="N90" s="4">
-        <v>15610.75813</v>
+        <v>969762.95586098998</v>
       </c>
       <c r="O90" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="P90" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S90" s="3" t="s">
-        <v>295</v>
+        <v>483</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>9.8999999999999994E-5</v>
+        <v>5.7460000000000002E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D91" s="4">
-        <v>519410</v>
+        <v>214061</v>
       </c>
       <c r="E91" s="5">
-        <v>2.7921230000000001</v>
+        <v>11.387926</v>
       </c>
       <c r="F91" s="4">
-        <v>1450256.347725</v>
+        <v>2437710.8954951698</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J91" s="5">
-        <v>2.0739999999999998</v>
+        <v>15.61</v>
       </c>
       <c r="K91" s="5">
-        <v>0.74280408542246978</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="M91" s="4">
-        <v>1077256.3400000001</v>
+        <v>3341492.2139340001</v>
       </c>
       <c r="N91" s="4">
-        <v>1450256.347725</v>
+        <v>2437710.8954951698</v>
       </c>
       <c r="O91" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="P91" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="P91" s="3" t="s">
+      <c r="Q91" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R91" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="S91" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="T91" s="4">
+        <v>1</v>
+      </c>
+      <c r="W91" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="Q91" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>9.2779999999999998E-3</v>
+        <v>1.4444E-2</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D92" s="4">
-        <v>52840</v>
+        <v>43151</v>
       </c>
       <c r="E92" s="5">
-        <v>17.84825</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F92" s="4">
-        <v>943101.53</v>
+        <v>397852.22</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H92" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J92" s="5">
+        <v>9.2200000000000006</v>
+      </c>
+      <c r="K92" s="5">
+        <v>1</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M92" s="4">
+        <v>397852.22</v>
+      </c>
+      <c r="N92" s="4">
+        <v>397852.22</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R92" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="I92" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S92" s="3" t="s">
-        <v>496</v>
+        <v>102</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>6.0340000000000003E-3</v>
+        <v>2.3570000000000002E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D93" s="4">
-        <v>57607</v>
+        <v>83257</v>
       </c>
       <c r="E93" s="5">
-        <v>2.8869750000000001</v>
+        <v>0.167791</v>
       </c>
       <c r="F93" s="4">
-        <v>166309.96882499999</v>
+        <v>13969.804851360001</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>492</v>
+        <v>49</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J93" s="5">
-        <v>2.4569999999999999</v>
+        <v>0.23</v>
       </c>
       <c r="K93" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L93" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M93" s="4">
+        <v>19149.110022000001</v>
+      </c>
+      <c r="N93" s="4">
+        <v>13969.804851360001</v>
+      </c>
+      <c r="O93" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="M93" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P93" s="3" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="Q93" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>496</v>
+        <v>188</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>34</v>
+        <v>497</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.0640000000000001E-3</v>
+        <v>8.2000000000000001E-5</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="4">
-        <v>248008</v>
+        <v>122000</v>
       </c>
       <c r="E94" s="5">
-        <v>3.5457130000000001</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="F94" s="4">
-        <v>879365.06570000004</v>
+        <v>520940</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>5.35</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="K94" s="5">
-        <v>1.5088645794039983</v>
+        <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>41</v>
+        <v>141</v>
       </c>
       <c r="M94" s="4">
-        <v>1326842.8</v>
+        <v>520940</v>
       </c>
       <c r="N94" s="4">
-        <v>879365.06570000004</v>
+        <v>520940</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="Q94" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>295</v>
+        <v>102</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>5.6259999999999999E-3</v>
+        <v>3.0860000000000002E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D95" s="4">
-        <v>124001</v>
+        <v>8974</v>
       </c>
       <c r="E95" s="5">
-        <v>18.857827</v>
+        <v>18.427121</v>
       </c>
       <c r="F95" s="4">
-        <v>2338389.3401334798</v>
+        <v>165364.97936699999</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>507</v>
+        <v>229</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>508</v>
+        <v>60</v>
       </c>
       <c r="J95" s="5">
-        <v>119.8</v>
+        <v>15.69</v>
       </c>
       <c r="K95" s="5">
-        <v>6.3527998154638716</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>509</v>
+        <v>230</v>
       </c>
       <c r="M95" s="4">
-        <v>14855319.368481999</v>
+        <v>140802.06</v>
       </c>
       <c r="N95" s="4">
-        <v>2338389.3401334798</v>
+        <v>165364.97936699999</v>
       </c>
       <c r="O95" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="P95" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="Q95" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R95" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="P95" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S95" s="3" t="s">
-        <v>512</v>
+        <v>234</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>1.4961E-2</v>
+        <v>9.7900000000000005E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D96" s="4">
-        <v>9169</v>
+        <v>6400</v>
       </c>
       <c r="E96" s="5">
-        <v>47.094000000000001</v>
+        <v>71.851175999999995</v>
       </c>
       <c r="F96" s="4">
-        <v>431804.886</v>
+        <v>459847.52872514998</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>224</v>
+        <v>49</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J96" s="5">
-        <v>40.08</v>
+        <v>98.49</v>
       </c>
       <c r="K96" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>225</v>
+        <v>51</v>
       </c>
       <c r="M96" s="4">
-        <v>367493.52</v>
+        <v>630336.00074199995</v>
       </c>
       <c r="N96" s="4">
-        <v>431804.886</v>
+        <v>459847.52872514998</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="Q96" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>229</v>
+        <v>188</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>34</v>
+        <v>510</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.7620000000000001E-3</v>
+        <v>2.7239999999999999E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D97" s="4">
-        <v>120700</v>
+        <v>179258</v>
       </c>
       <c r="E97" s="5">
-        <v>2.3678309999999998</v>
+        <v>0.955681</v>
       </c>
       <c r="F97" s="4">
-        <v>285797.14771244</v>
+        <v>171313.49990880999</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>168</v>
+        <v>49</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>169</v>
+        <v>50</v>
       </c>
       <c r="J97" s="5">
-        <v>12.61</v>
+        <v>1.31</v>
       </c>
       <c r="K97" s="5">
-        <v>5.3255500773988818</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="M97" s="4">
-        <v>1522027.0221200001</v>
+        <v>234827.98027599999</v>
       </c>
       <c r="N97" s="4">
-        <v>285797.14771244</v>
+        <v>171313.49990880999</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>34</v>
+        <v>515</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.828E-3</v>
+        <v>1.0150000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D98" s="4">
-        <v>183329</v>
+        <v>69278</v>
       </c>
       <c r="E98" s="5">
-        <v>3.09056</v>
+        <v>0.24673500000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>566589.35582886997</v>
+        <v>17093.272690999998</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="J98" s="5">
-        <v>22</v>
+        <v>0.37</v>
       </c>
       <c r="K98" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="M98" s="4">
-        <v>4033238.0065779998</v>
+        <v>25632.86</v>
       </c>
       <c r="N98" s="4">
-        <v>566589.35582886997</v>
+        <v>17093.272690999998</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>525</v>
+        <v>307</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.6250000000000002E-3</v>
+        <v>1.01E-4</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D99" s="4">
-        <v>125907</v>
+        <v>549839</v>
       </c>
       <c r="E99" s="5">
-        <v>35.628506000000002</v>
+        <v>2.6443680000000001</v>
       </c>
       <c r="F99" s="4">
-        <v>4485878.3364187498</v>
+        <v>1453976.8217037001</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="J99" s="5">
-        <v>26.465</v>
+        <v>1.966</v>
       </c>
       <c r="K99" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="M99" s="4">
-        <v>3332128.7549999999</v>
+        <v>1080983.4739999999</v>
       </c>
       <c r="N99" s="4">
-        <v>4485878.3364187498</v>
+        <v>1453976.8217037001</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="Q99" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.8701000000000001E-2</v>
+        <v>8.6149999999999994E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D100" s="4">
-        <v>42599</v>
+        <v>43557</v>
       </c>
       <c r="E100" s="5">
-        <v>9.8368369999999992</v>
+        <v>19.390170000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>419039.45258474001</v>
+        <v>844577.61291150004</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>351</v>
+        <v>526</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>352</v>
+        <v>60</v>
       </c>
       <c r="J100" s="5">
-        <v>98.15</v>
+        <v>16.510000000000002</v>
       </c>
       <c r="K100" s="5">
-        <v>9.977800391908044</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>353</v>
+        <v>527</v>
       </c>
       <c r="M100" s="4">
-        <v>4181092.0142239998</v>
+        <v>719126.07</v>
       </c>
       <c r="N100" s="4">
-        <v>419039.45258474001</v>
+        <v>844577.61291150004</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="Q100" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>356</v>
+        <v>530</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.6809999999999998E-3</v>
+        <v>5.0039999999999998E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D101" s="4">
-        <v>85700</v>
+        <v>164455</v>
       </c>
       <c r="E101" s="5">
-        <v>2.069858</v>
+        <v>2.8480409999999998</v>
       </c>
       <c r="F101" s="4">
-        <v>177386.80465718001</v>
+        <v>468374.62376875</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>44</v>
+        <v>526</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J101" s="5">
-        <v>2.88</v>
+        <v>2.4249999999999998</v>
       </c>
       <c r="K101" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>46</v>
+        <v>527</v>
       </c>
       <c r="M101" s="4">
-        <v>246815.999771</v>
+        <v>398803.375</v>
       </c>
       <c r="N101" s="4">
-        <v>177386.80465718001</v>
+        <v>468374.62376875</v>
       </c>
       <c r="O101" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="P101" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="P101" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S101" s="3" t="s">
-        <v>183</v>
+        <v>530</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>538</v>
+        <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.134E-3</v>
+        <v>2.7750000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D102" s="4">
-        <v>77266</v>
+        <v>236400</v>
       </c>
       <c r="E102" s="5">
-        <v>37.493062999999999</v>
+        <v>10.052891000000001</v>
       </c>
       <c r="F102" s="4">
-        <v>2896938.967125</v>
+        <v>2376503.3740652902</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J102" s="5">
-        <v>27.85</v>
+        <v>13.78</v>
       </c>
       <c r="K102" s="5">
-        <v>0.74280408542246978</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="M102" s="4">
-        <v>2151858.1</v>
+        <v>3257592.0038350001</v>
       </c>
       <c r="N102" s="4">
-        <v>2896938.967125</v>
+        <v>2376503.3740652902</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="Q102" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>34</v>
+        <v>539</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.8533999999999998E-2</v>
+        <v>1.4082000000000001E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D103" s="4">
-        <v>97400</v>
+        <v>48867</v>
       </c>
       <c r="E103" s="5">
-        <v>7.1598240000000004</v>
+        <v>5.2614470000000004</v>
       </c>
       <c r="F103" s="4">
-        <v>697366.84473904001</v>
+        <v>257111.10611550001</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="J103" s="5">
-        <v>38.130000000000003</v>
+        <v>7.89</v>
       </c>
       <c r="K103" s="5">
-        <v>5.3255500773988818</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="M103" s="4">
-        <v>3713862.053975</v>
+        <v>385560.63</v>
       </c>
       <c r="N103" s="4">
-        <v>697366.84473904001</v>
+        <v>257111.10611550001</v>
       </c>
       <c r="O103" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="P103" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q103" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R103" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="P103" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S103" s="3" t="s">
-        <v>173</v>
+        <v>307</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>4.4609999999999997E-3</v>
+        <v>1.523E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D104" s="4">
-        <v>94200</v>
+        <v>100067</v>
       </c>
       <c r="E104" s="5">
-        <v>34.4</v>
+        <v>27.265865000000002</v>
       </c>
       <c r="F104" s="4">
-        <v>3240480</v>
+        <v>2728413.3907792899</v>
       </c>
       <c r="G104" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="J104" s="5">
+        <v>173.4</v>
+      </c>
+      <c r="K104" s="5">
+        <v>6.3596001566751097</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="M104" s="4">
+        <v>17351618.227474</v>
+      </c>
+      <c r="N104" s="4">
+        <v>2728413.3907792899</v>
+      </c>
+      <c r="O104" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="P104" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="H104" s="3" t="s">
+      <c r="Q104" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R104" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="I104" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L104" s="3" t="s">
+      <c r="S104" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="M104" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>547</v>
+        <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.0732E-2</v>
+        <v>1.6167000000000001E-2</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D105" s="4">
-        <v>131887</v>
+        <v>10507</v>
       </c>
       <c r="E105" s="5">
-        <v>24.29</v>
+        <v>38.146135999999998</v>
       </c>
       <c r="F105" s="4">
-        <v>3203535.23</v>
+        <v>400801.45095199998</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>549</v>
+        <v>97</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>550</v>
+        <v>229</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J105" s="5">
-        <v>24.29</v>
+        <v>32.479999999999997</v>
       </c>
       <c r="K105" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>551</v>
+        <v>230</v>
       </c>
       <c r="M105" s="4">
-        <v>3203535.23</v>
+        <v>341267.36</v>
       </c>
       <c r="N105" s="4">
-        <v>3203535.23</v>
+        <v>400801.45095199998</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="Q105" s="3" t="s">
         <v>107</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>102</v>
+        <v>234</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>555</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.0496E-2</v>
+        <v>2.3739999999999998E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C106" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D106" s="4">
-        <v>726</v>
+        <v>145800</v>
       </c>
       <c r="E106" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>2.065788</v>
       </c>
       <c r="F106" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>301191.84269354999</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>549</v>
+        <v>97</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J106" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>11.32</v>
       </c>
       <c r="K106" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="M106" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>1650455.97379</v>
       </c>
       <c r="N106" s="4">
-        <v>7.2599999999999997E-4</v>
+        <v>301191.84269354999</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>34</v>
+        <v>556</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>34</v>
+        <v>558</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>562</v>
+        <v>178</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>0</v>
+        <v>1.784E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D107" s="4">
-        <v>418019</v>
+        <v>225529</v>
       </c>
       <c r="E107" s="5">
-        <v>11.82</v>
+        <v>3.9552670000000001</v>
       </c>
       <c r="F107" s="4">
-        <v>4940984.58</v>
+        <v>892027.44073896995</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>549</v>
+        <v>97</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>168</v>
+        <v>54</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J107" s="5">
-        <v>11.82</v>
+        <v>27.64</v>
       </c>
       <c r="K107" s="5">
-        <v>1</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>170</v>
+        <v>56</v>
       </c>
       <c r="M107" s="4">
-        <v>4940984.58</v>
+        <v>6233621.546108</v>
       </c>
       <c r="N107" s="4">
-        <v>4940984.58</v>
+        <v>892027.44073896995</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>102</v>
+        <v>564</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>3.1612000000000001E-2</v>
+        <v>5.2849999999999998E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D108" s="4">
-        <v>83800</v>
+        <v>125363</v>
       </c>
       <c r="E108" s="5">
-        <v>42.98</v>
+        <v>36.854370000000003</v>
       </c>
       <c r="F108" s="4">
-        <v>3601724</v>
+        <v>4620174.38631</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>549</v>
+        <v>97</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>570</v>
+        <v>139</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="J108" s="5">
-        <v>42.98</v>
+        <v>27.4</v>
       </c>
       <c r="K108" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>571</v>
+        <v>141</v>
       </c>
       <c r="M108" s="4">
-        <v>3601724</v>
+        <v>3434946.2</v>
       </c>
       <c r="N108" s="4">
-        <v>3601724</v>
+        <v>4620174.38631</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>568</v>
+        <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.3043999999999999E-2</v>
+        <v>2.7376999999999999E-2</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D109" s="4">
-        <v>139900</v>
+        <v>98327</v>
       </c>
       <c r="E109" s="5">
-        <v>3.3874439999999999</v>
+        <v>3.2715860000000001</v>
       </c>
       <c r="F109" s="4">
-        <v>473903.35270534997</v>
+        <v>321685.26348661998</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>577</v>
+        <v>97</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>168</v>
+        <v>386</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>169</v>
+        <v>387</v>
       </c>
       <c r="J109" s="5">
-        <v>18.04</v>
+        <v>33</v>
       </c>
       <c r="K109" s="5">
-        <v>5.3255500773988818</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>170</v>
+        <v>388</v>
       </c>
       <c r="M109" s="4">
-        <v>2523796.0366790001</v>
+        <v>3244790.933764</v>
       </c>
       <c r="N109" s="4">
-        <v>473903.35270534997</v>
+        <v>321685.26348661998</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>173</v>
+        <v>391</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.032E-3</v>
+        <v>1.9059999999999999E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D110" s="4">
-        <v>1416753</v>
+        <v>47429</v>
       </c>
       <c r="E110" s="5">
-        <v>3.179014</v>
+        <v>9.4429879999999997</v>
       </c>
       <c r="F110" s="4">
-        <v>4503878.1515524201</v>
+        <v>447871.4613581</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>582</v>
+        <v>97</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>168</v>
+        <v>386</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>169</v>
+        <v>387</v>
       </c>
       <c r="J110" s="5">
-        <v>16.93</v>
+        <v>95.25</v>
       </c>
       <c r="K110" s="5">
-        <v>5.3255500773988818</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>170</v>
+        <v>388</v>
       </c>
       <c r="M110" s="4">
-        <v>23985628.638595</v>
+        <v>4517612.1577810002</v>
       </c>
       <c r="N110" s="4">
-        <v>4503878.1515524201</v>
+        <v>447871.4613581</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>173</v>
+        <v>391</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.8816000000000001E-2</v>
+        <v>2.653E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D111" s="4">
-        <v>6900</v>
+        <v>85700</v>
       </c>
       <c r="E111" s="5">
-        <v>40.75</v>
+        <v>1.6487320000000001</v>
       </c>
       <c r="F111" s="4">
-        <v>281175</v>
+        <v>141296.37060004001</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>587</v>
+        <v>97</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J111" s="5">
-        <v>40.75</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="K111" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M111" s="4">
-        <v>281175</v>
+        <v>193682.00022799999</v>
       </c>
       <c r="N111" s="4">
-        <v>281175</v>
+        <v>141296.37060004001</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>588</v>
+        <v>577</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>590</v>
+        <v>100</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.7979999999999999E-3</v>
+        <v>8.3699999999999996E-4</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D112" s="4">
-        <v>11600</v>
+        <v>107047</v>
       </c>
       <c r="E112" s="5">
-        <v>24.79</v>
+        <v>41.494793000000001</v>
       </c>
       <c r="F112" s="4">
-        <v>287564</v>
+        <v>4441893.0527475001</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>587</v>
+        <v>97</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>31</v>
+        <v>139</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="J112" s="5">
-        <v>24.79</v>
+        <v>30.85</v>
       </c>
       <c r="K112" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M112" s="4">
-        <v>287564</v>
+        <v>3302399.95</v>
       </c>
       <c r="N112" s="4">
-        <v>287564</v>
+        <v>4441893.0527475001</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>590</v>
+        <v>119</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>592</v>
+        <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.8389999999999999E-3</v>
+        <v>2.632E-2</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>599</v>
+        <v>96</v>
       </c>
       <c r="D113" s="4">
-        <v>800000</v>
+        <v>109200</v>
       </c>
       <c r="E113" s="5">
-        <v>99.944682999999998</v>
+        <v>7.5587390000000001</v>
       </c>
       <c r="F113" s="4">
-        <v>805417.19879937998</v>
+        <v>825414.29809754004</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>600</v>
+        <v>97</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J113" s="5">
-        <v>99.944682999999998</v>
+        <v>41.42</v>
       </c>
       <c r="K113" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M113" s="4">
-        <v>805417.19879900001</v>
+        <v>4523063.928173</v>
       </c>
       <c r="N113" s="4">
-        <v>805417.19879937998</v>
+        <v>825414.29809754004</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>601</v>
+        <v>586</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>602</v>
+        <v>588</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>603</v>
+        <v>178</v>
       </c>
       <c r="T113" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.0478362060000004</v>
+        <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>604</v>
+        <v>34</v>
       </c>
       <c r="X113" s="4">
-        <v>5859.7347993800004</v>
+        <v>0</v>
       </c>
       <c r="Y113" s="4">
-        <v>5859.7347989999998</v>
+        <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>5.1529999999999996E-3</v>
+        <v>4.8910000000000004E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>605</v>
+        <v>590</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>606</v>
+        <v>591</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>599</v>
+        <v>96</v>
       </c>
       <c r="D114" s="4">
-        <v>1800000</v>
+        <v>460619</v>
       </c>
       <c r="E114" s="5">
-        <v>99.920984000000004</v>
+        <v>11.27</v>
       </c>
       <c r="F114" s="4">
-        <v>1811759.0152986001</v>
+        <v>5191176.13</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>99.920984000000004</v>
+        <v>11.27</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M114" s="4">
-        <v>1811759.0152980001</v>
+        <v>5191176.13</v>
       </c>
       <c r="N114" s="4">
-        <v>1811759.0152986001</v>
+        <v>5191176.13</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>603</v>
+        <v>102</v>
       </c>
       <c r="T114" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.046836206</v>
+        <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
       <c r="X114" s="4">
-        <v>13181.3032986</v>
+        <v>0</v>
       </c>
       <c r="Y114" s="4">
-        <v>13181.303298000001</v>
+        <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.1591000000000001E-2</v>
+        <v>3.0759999999999999E-2</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>611</v>
+        <v>96</v>
       </c>
       <c r="D115" s="4">
-        <v>-299781.71000000002</v>
+        <v>75300</v>
       </c>
       <c r="E115" s="5">
-        <v>1</v>
+        <v>68.8</v>
       </c>
       <c r="F115" s="4">
-        <v>-299781.71000000002</v>
+        <v>5180640</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>31</v>
+        <v>598</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>1</v>
+        <v>68.8</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>33</v>
+        <v>599</v>
       </c>
       <c r="M115" s="4">
-        <v>-299781.71000000002</v>
+        <v>5180640</v>
       </c>
       <c r="N115" s="4">
-        <v>-299781.71000000002</v>
+        <v>5180640</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>34</v>
+        <v>600</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>34</v>
+        <v>119</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>34</v>
+        <v>602</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>34</v>
+        <v>596</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>-1.918E-3</v>
+        <v>3.0698E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>611</v>
+        <v>96</v>
       </c>
       <c r="D116" s="4">
-        <v>-224522.91</v>
+        <v>98600</v>
       </c>
       <c r="E116" s="5">
-        <v>1</v>
+        <v>48.66</v>
       </c>
       <c r="F116" s="4">
-        <v>-224522.91</v>
+        <v>4797876</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>31</v>
+        <v>605</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J116" s="5">
-        <v>1</v>
+        <v>48.66</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>33</v>
+        <v>606</v>
       </c>
       <c r="M116" s="4">
-        <v>-224522.91</v>
+        <v>4797876</v>
       </c>
       <c r="N116" s="4">
-        <v>-224522.91</v>
+        <v>4797876</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>34</v>
+        <v>607</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>34</v>
+        <v>608</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>34</v>
+        <v>609</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>34</v>
+        <v>603</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>-1.436E-3</v>
+        <v>2.843E-2</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>617</v>
+        <v>96</v>
       </c>
       <c r="D117" s="4">
-        <v>599980.15</v>
+        <v>129887</v>
       </c>
       <c r="E117" s="5">
-        <v>1</v>
+        <v>36.159999999999997</v>
       </c>
       <c r="F117" s="4">
-        <v>599980.15</v>
+        <v>4696713.92</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>618</v>
+        <v>592</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>31</v>
+        <v>605</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J117" s="5">
-        <v>1</v>
+        <v>36.159999999999997</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>33</v>
+        <v>606</v>
       </c>
       <c r="M117" s="4">
-        <v>599980.15</v>
+        <v>4696713.92</v>
       </c>
       <c r="N117" s="4">
-        <v>599980.15</v>
+        <v>4696713.92</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>34</v>
+        <v>612</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>34</v>
+        <v>613</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>619</v>
+        <v>107</v>
       </c>
       <c r="R117" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="6">
+        <v>2.7830000000000001E-2</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A118" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="S117" s="3" t="s">
-[...15 lines deleted...]
-        <v>3.8379999999999998E-3</v>
+      <c r="B118" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D118" s="4">
+        <v>726</v>
+      </c>
+      <c r="E118" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="F118" s="4">
+        <v>7.2599999999999997E-4</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J118" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="K118" s="5">
+        <v>1</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M118" s="4">
+        <v>7.2599999999999997E-4</v>
+      </c>
+      <c r="N118" s="4">
+        <v>7.2599999999999997E-4</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="T118" s="4">
+        <v>1</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D119" s="4">
+        <v>447632</v>
+      </c>
+      <c r="E119" s="5">
+        <v>3.4235139999999999</v>
+      </c>
+      <c r="F119" s="4">
+        <v>1532474.35010721</v>
+      </c>
+      <c r="G119" s="3" t="s">
         <v>620</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J119" s="5">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="K119" s="5">
+        <v>5.4797499129815712</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M119" s="4">
+        <v>8397576.1866459996</v>
+      </c>
+      <c r="N119" s="4">
+        <v>1532474.35010721</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>9.0799999999999995E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D120" s="4">
+        <v>1352853</v>
+      </c>
+      <c r="E120" s="5">
+        <v>3.6315529999999998</v>
+      </c>
+      <c r="F120" s="4">
+        <v>4912956.7407272197</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J120" s="5">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="K120" s="5">
+        <v>5.4797499129815712</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M120" s="4">
+        <v>26921774.272482</v>
+      </c>
+      <c r="N120" s="4">
+        <v>4912956.7407272197</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="T120" s="4">
+        <v>1</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>2.9111000000000001E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>622</v>
+        <v>628</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D121" s="4">
+        <v>8300</v>
+      </c>
+      <c r="E121" s="5">
+        <v>39.78</v>
+      </c>
+      <c r="F121" s="4">
+        <v>330174</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J121" s="5">
+        <v>39.78</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M121" s="4">
+        <v>330174</v>
+      </c>
+      <c r="N121" s="4">
+        <v>330174</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="X121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>1.9559999999999998E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>623</v>
+        <v>635</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D122" s="4">
+        <v>32200</v>
+      </c>
+      <c r="E122" s="5">
+        <v>23.69</v>
+      </c>
+      <c r="F122" s="4">
+        <v>762818</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J122" s="5">
+        <v>23.69</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M122" s="4">
+        <v>762818</v>
+      </c>
+      <c r="N122" s="4">
+        <v>762818</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="S122" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T122" s="4">
+        <v>1</v>
+      </c>
+      <c r="W122" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="X122" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y122" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z122" s="6">
+        <v>4.5199999999999997E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>624</v>
+        <v>640</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="D123" s="4">
+        <v>400000</v>
+      </c>
+      <c r="E123" s="5">
+        <v>100.057666</v>
+      </c>
+      <c r="F123" s="4">
+        <v>402913.89208780002</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J123" s="5">
+        <v>100.057666</v>
+      </c>
+      <c r="K123" s="5">
+        <v>1</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M123" s="4">
+        <v>402913.89208700001</v>
+      </c>
+      <c r="N123" s="4">
+        <v>402913.89208780002</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="T123" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U123" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V123" s="4">
+        <v>3.7309631169999999</v>
+      </c>
+      <c r="W123" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="X123" s="4">
+        <v>2683.2280878000001</v>
+      </c>
+      <c r="Y123" s="4">
+        <v>2683.228087</v>
+      </c>
+      <c r="Z123" s="6">
+        <v>2.3869999999999998E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>625</v>
+        <v>648</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="D124" s="4">
+        <v>2000000</v>
+      </c>
+      <c r="E124" s="5">
+        <v>100.06995999999999</v>
+      </c>
+      <c r="F124" s="4">
+        <v>2014933.61204478</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J124" s="5">
+        <v>100.06995999999999</v>
+      </c>
+      <c r="K124" s="5">
+        <v>1</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M124" s="4">
+        <v>2014933.6120440001</v>
+      </c>
+      <c r="N124" s="4">
+        <v>2014933.61204478</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R124" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="S124" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="T124" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U124" s="2">
+        <v>46691</v>
+      </c>
+      <c r="V124" s="4">
+        <v>3.7619631170000001</v>
+      </c>
+      <c r="W124" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="X124" s="4">
+        <v>13534.41204478</v>
+      </c>
+      <c r="Y124" s="4">
+        <v>13534.412044000001</v>
+      </c>
+      <c r="Z124" s="6">
+        <v>1.1939E-2</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="D125" s="4">
+        <v>-345996.69</v>
+      </c>
+      <c r="E125" s="5">
+        <v>1</v>
+      </c>
+      <c r="F125" s="4">
+        <v>-345996.69</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J125" s="5">
+        <v>1</v>
+      </c>
+      <c r="K125" s="5">
+        <v>1</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M125" s="4">
+        <v>-345996.69</v>
+      </c>
+      <c r="N125" s="4">
+        <v>-345996.69</v>
+      </c>
+      <c r="O125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P125" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S125" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T125" s="4">
+        <v>1</v>
+      </c>
+      <c r="W125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X125" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y125" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z125" s="6">
+        <v>-2.0500000000000002E-3</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="D126" s="4">
+        <v>-244183.53</v>
+      </c>
+      <c r="E126" s="5">
+        <v>1</v>
+      </c>
+      <c r="F126" s="4">
+        <v>-244183.53</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J126" s="5">
+        <v>1</v>
+      </c>
+      <c r="K126" s="5">
+        <v>1</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M126" s="4">
+        <v>-244183.53</v>
+      </c>
+      <c r="N126" s="4">
+        <v>-244183.53</v>
+      </c>
+      <c r="O126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S126" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T126" s="4">
+        <v>1</v>
+      </c>
+      <c r="W126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z126" s="6">
+        <v>-1.446E-3</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="D127" s="4">
+        <v>857854.65</v>
+      </c>
+      <c r="E127" s="5">
+        <v>1</v>
+      </c>
+      <c r="F127" s="4">
+        <v>857854.65</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J127" s="5">
+        <v>1</v>
+      </c>
+      <c r="K127" s="5">
+        <v>1</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M127" s="4">
+        <v>857854.65</v>
+      </c>
+      <c r="N127" s="4">
+        <v>857854.65</v>
+      </c>
+      <c r="O127" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P127" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="R127" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="S127" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="T127" s="4">
+        <v>1</v>
+      </c>
+      <c r="W127" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X127" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y127" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z127" s="6">
+        <v>5.0829999999999998E-3</v>
+      </c>
+    </row>
+    <row r="129" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A129" s="3" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="130" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A130" s="3" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="131" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A131" s="3" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="132" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A132" s="3" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="133" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="134" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A134" s="3" t="s">
+        <v>668</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>